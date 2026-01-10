--- v0 (2025-11-01)
+++ v1 (2026-01-10)
@@ -1,13010 +1,12352 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Default Extension="png" ContentType="image/png"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
+    <w:p w14:paraId="472D9284" w14:textId="5D08A824" w:rsidR="00A70CA6" w:rsidRDefault="00A70CA6" w:rsidP="00A70CA6">
+      <w:pPr>
+        <w:overflowPunct w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_Hlk212559846"/>
+      <w:r w:rsidRPr="00F803A7">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t>ОПИСАНИ</w:t>
+      </w:r>
+      <w:r w:rsidR="00C96A4E">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t>Е</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F803A7">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ОБЛАСТИ АККРЕДИТАЦИИ</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:p w14:paraId="0BFD2EDC" w14:textId="77777777" w:rsidR="007D0A5D" w:rsidRPr="00C35CF2" w:rsidRDefault="007D0A5D" w:rsidP="00C35CF2">
+      <w:pPr>
+        <w:overflowPunct w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="10137" w:type="dxa"/>
+        <w:tblW w:w="5000" w:type="pct"/>
         <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
+        <w:tblCellMar>
+          <w:top w:w="15" w:type="dxa"/>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:bottom w:w="15" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4786"/>
-        <w:gridCol w:w="5351"/>
+        <w:gridCol w:w="705"/>
+        <w:gridCol w:w="2268"/>
+        <w:gridCol w:w="1418"/>
+        <w:gridCol w:w="2694"/>
+        <w:gridCol w:w="2402"/>
+        <w:gridCol w:w="2641"/>
+        <w:gridCol w:w="2432"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00E949E2" w:rsidRPr="009D7E9B" w14:paraId="1C633916" w14:textId="77777777" w:rsidTr="009D7E9B">
+      <w:tr w:rsidR="00C96A4E" w:rsidRPr="00BC186A" w14:paraId="55FE04D0" w14:textId="77777777" w:rsidTr="00C96A4E">
         <w:trPr>
-          <w:trHeight w:val="2484"/>
+          <w:trHeight w:val="240"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4786" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="242" w:type="pct"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="6" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="6" w:type="dxa"/>
+            </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...209 lines deleted...]
-                <w:szCs w:val="28"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0AFB5B68" w14:textId="77777777" w:rsidR="00C35CF2" w:rsidRPr="00BC186A" w:rsidRDefault="00C35CF2" w:rsidP="00C35CF2">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BC186A">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
-            <w:r w:rsidR="00900FEC" w:rsidRPr="00900FEC">
-[...106 lines deleted...]
-              <w:t>1</w:t>
+            <w:r w:rsidRPr="00BC186A">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>п/п</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="779" w:type="pct"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="6" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="6" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="67EE6212" w14:textId="77777777" w:rsidR="00C35CF2" w:rsidRPr="00BC186A" w:rsidRDefault="00C35CF2" w:rsidP="00C35CF2">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BC186A">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Наименование объекта</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="487" w:type="pct"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="6" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="6" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3F353CB5" w14:textId="77777777" w:rsidR="00C35CF2" w:rsidRPr="00BC186A" w:rsidRDefault="00C35CF2" w:rsidP="00C35CF2">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BC186A">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Код </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="925" w:type="pct"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="6" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="6" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7866C25E" w14:textId="77777777" w:rsidR="00C35CF2" w:rsidRPr="00BC186A" w:rsidRDefault="00C35CF2" w:rsidP="00C35CF2">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BC186A">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Наименование характеристики (показатель, параметры)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="825" w:type="pct"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="6" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="6" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="193B8F74" w14:textId="77777777" w:rsidR="00C35CF2" w:rsidRPr="00BC186A" w:rsidRDefault="00C35CF2" w:rsidP="00C35CF2">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BC186A">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Обозначение документа, устанавливающего требования к объекту</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="907" w:type="pct"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="6" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="6" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1CFB1FFF" w14:textId="77777777" w:rsidR="00C35CF2" w:rsidRPr="00BC186A" w:rsidRDefault="00C35CF2" w:rsidP="00B67028">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BC186A">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Обозначение документа, устанавливающего метод исследований (испытаний) и измерений, в том числе правила отбора образцов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="835" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="69073EB8" w14:textId="77777777" w:rsidR="00C35CF2" w:rsidRPr="00BC186A" w:rsidRDefault="00C35CF2" w:rsidP="00C35CF2">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BC186A">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Место(а) осуществления деятельности</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="2591CA59" w14:textId="77777777" w:rsidR="0074317B" w:rsidRPr="009D7E9B" w:rsidRDefault="0074317B" w:rsidP="0074317B">
-[...561 lines deleted...]
-    <w:p w14:paraId="2735D213" w14:textId="77777777" w:rsidR="008B2B20" w:rsidRPr="001F27BE" w:rsidRDefault="008B2B20">
+    <w:p w14:paraId="0D0B95F4" w14:textId="77777777" w:rsidR="00B67028" w:rsidRPr="00B67028" w:rsidRDefault="00B67028" w:rsidP="00B67028">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="2"/>
           <w:szCs w:val="2"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="9780" w:type="dxa"/>
-        <w:tblInd w:w="534" w:type="dxa"/>
+        <w:tblW w:w="5000" w:type="pct"/>
         <w:tblBorders>
-          <w:top w:val="single" w:sz="12" w:space="0" w:color="008000"/>
-[...4 lines deleted...]
-          <w:insideV w:val="nil"/>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
-        <w:tblLook w:val="00AF" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="992"/>
-        <w:gridCol w:w="1559"/>
+        <w:gridCol w:w="705"/>
+        <w:gridCol w:w="2268"/>
         <w:gridCol w:w="1418"/>
-        <w:gridCol w:w="1559"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="1842"/>
+        <w:gridCol w:w="2694"/>
+        <w:gridCol w:w="2411"/>
+        <w:gridCol w:w="2630"/>
+        <w:gridCol w:w="2434"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0074317B" w:rsidRPr="001F27BE" w14:paraId="6FF5A4A9" w14:textId="77777777" w:rsidTr="001A6E33">
-[...5 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00C96A4E" w14:paraId="40C2072D" w14:textId="77777777" w:rsidTr="00C96A4E">
         <w:trPr>
+          <w:trHeight w:val="276"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcW w:w="242" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="108464D2" w14:textId="77777777" w:rsidR="00B67028" w:rsidRPr="00C96A4E" w:rsidRDefault="00F37F2B">
+            <w:pPr>
+              <w:ind w:left="-45" w:right="-45"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96A4E">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="779" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="421C8216" w14:textId="77777777" w:rsidR="00652C9F" w:rsidRPr="00C96A4E" w:rsidRDefault="00F37F2B">
+            <w:pPr>
+              <w:ind w:left="-45" w:right="-45"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96A4E">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="487" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5AB76FDD" w14:textId="77777777" w:rsidR="00652C9F" w:rsidRPr="00C96A4E" w:rsidRDefault="00F37F2B">
+            <w:pPr>
+              <w:ind w:left="-45" w:right="-45"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96A4E">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="925" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4A4B6460" w14:textId="77777777" w:rsidR="00652C9F" w:rsidRPr="00C96A4E" w:rsidRDefault="00F37F2B">
+            <w:pPr>
+              <w:ind w:left="-45" w:right="-45"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96A4E">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="828" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="495690B7" w14:textId="77777777" w:rsidR="00652C9F" w:rsidRPr="00C96A4E" w:rsidRDefault="00F37F2B">
+            <w:pPr>
+              <w:ind w:left="-45" w:right="-45"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96A4E">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="903" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="18FA8E28" w14:textId="77777777" w:rsidR="00652C9F" w:rsidRPr="00C96A4E" w:rsidRDefault="00F37F2B">
+            <w:pPr>
+              <w:ind w:left="-45" w:right="-45"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96A4E">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="836" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5F2C478E" w14:textId="77777777" w:rsidR="00652C9F" w:rsidRPr="00C96A4E" w:rsidRDefault="00F37F2B">
+            <w:pPr>
+              <w:ind w:left="-45" w:right="-45"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C96A4E">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C96A4E" w14:paraId="24C6B7F8" w14:textId="77777777" w:rsidTr="0013315B">
+        <w:trPr>
+          <w:trHeight w:val="230"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="242" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="3F384529" w14:textId="0C9C8648" w:rsidR="00C96A4E" w:rsidRPr="007B2A26" w:rsidRDefault="00C96A4E" w:rsidP="0092566B">
+            <w:pPr>
+              <w:ind w:left="-84" w:right="-84"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B2A26">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1.1</w:t>
+            </w:r>
+            <w:r w:rsidR="0092566B">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">             </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007B2A26">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>**</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="779" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6CC2034B" w14:textId="2705ED32" w:rsidR="00C96A4E" w:rsidRPr="0013315B" w:rsidRDefault="0013315B" w:rsidP="0013315B">
+            <w:pPr>
+              <w:pStyle w:val="af6"/>
+              <w:ind w:left="-34" w:right="-104"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0013315B">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Силовые кабельные линии до 10 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0013315B">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>кВ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0013315B">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> включительно</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="487" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="56C8DC85" w14:textId="77777777" w:rsidR="0074317B" w:rsidRPr="001F27BE" w:rsidRDefault="0074317B" w:rsidP="00F50311">
-[...1 lines deleted...]
-              <w:pStyle w:val="31"/>
+          <w:p w14:paraId="6A05466F" w14:textId="249D1104" w:rsidR="00C96A4E" w:rsidRPr="007B2A26" w:rsidRDefault="0013315B" w:rsidP="0013315B">
+            <w:pPr>
+              <w:pStyle w:val="af6"/>
+              <w:ind w:left="-83" w:right="-66"/>
               <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0013315B">
               <w:rPr>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-            </w:pPr>
-[...10 lines deleted...]
-            <w:tcW w:w="1559" w:type="dxa"/>
+              <w:t>27.32/22.000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="925" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="72C0CE4D" w14:textId="77777777" w:rsidR="0074317B" w:rsidRPr="001F27BE" w:rsidRDefault="0074317B" w:rsidP="005E0C8E">
-            <w:pPr>
+          <w:p w14:paraId="5DC8D7CB" w14:textId="77777777" w:rsidR="0013315B" w:rsidRPr="0013315B" w:rsidRDefault="0013315B" w:rsidP="0013315B">
+            <w:pPr>
+              <w:ind w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0013315B">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Сопротивление изоляции</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="676C09A2" w14:textId="7E7EDE2A" w:rsidR="00C96A4E" w:rsidRPr="007B2A26" w:rsidRDefault="00C96A4E" w:rsidP="0013315B">
+            <w:pPr>
+              <w:ind w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="828" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="4A65E955" w14:textId="77777777" w:rsidR="0013315B" w:rsidRPr="0013315B" w:rsidRDefault="0013315B" w:rsidP="0013315B">
+            <w:pPr>
+              <w:ind w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0013315B">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>ТКП 181-2023 п.Б.30.1</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="42B52E4E" w14:textId="77777777" w:rsidR="0013315B" w:rsidRPr="0013315B" w:rsidRDefault="0013315B" w:rsidP="0013315B">
+            <w:pPr>
+              <w:ind w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0013315B">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">СТП 33243.20.366-16 Нормы и объем испытаний электрооборудования Белорусской  энергосистемы </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="36BA689D" w14:textId="41250C39" w:rsidR="00C96A4E" w:rsidRPr="007B2A26" w:rsidRDefault="0013315B" w:rsidP="007B2A26">
+            <w:pPr>
+              <w:ind w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0013315B">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Утвержден и введен в действие приказом ГПО «Белэнерго» 12.10.2016 № 268 п.32.1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="903" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="52D7EF5F" w14:textId="77777777" w:rsidR="0013315B" w:rsidRPr="0013315B" w:rsidRDefault="0013315B" w:rsidP="0013315B">
+            <w:pPr>
+              <w:ind w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0013315B">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>МВИ.БР 02-2015</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1CD00761" w14:textId="32CDDB0D" w:rsidR="007B2A26" w:rsidRPr="007B2A26" w:rsidRDefault="007B2A26" w:rsidP="007B2A26">
+            <w:pPr>
+              <w:ind w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="284C23EE" w14:textId="6BE78C0F" w:rsidR="00C96A4E" w:rsidRPr="007B2A26" w:rsidRDefault="00C96A4E" w:rsidP="00C96A4E">
+            <w:pPr>
+              <w:ind w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="836" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="0C0B3396" w14:textId="70A78E5D" w:rsidR="00C96A4E" w:rsidRPr="0013315B" w:rsidRDefault="0013315B" w:rsidP="00C96A4E">
+            <w:pPr>
+              <w:ind w:right="-84"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0013315B">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>пр. Советский, 41, 225411, г. Барановичи, Брестская область</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007B2A26" w14:paraId="47339A10" w14:textId="77777777" w:rsidTr="0013315B">
+        <w:trPr>
+          <w:trHeight w:val="230"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="242" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="4091BF98" w14:textId="3D9EF9C4" w:rsidR="007B2A26" w:rsidRPr="007B2A26" w:rsidRDefault="007B2A26" w:rsidP="007B2A26">
+            <w:pPr>
+              <w:ind w:left="-84" w:right="-84"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="22"/>
-              </w:rPr>
-[...11 lines deleted...]
-            <w:tcW w:w="1418" w:type="dxa"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B2A26">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1.2</w:t>
+            </w:r>
+            <w:r w:rsidR="0092566B">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">           </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007B2A26">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>**</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="125ADD87" w14:textId="77777777" w:rsidR="007B2A26" w:rsidRPr="007B2A26" w:rsidRDefault="007B2A26" w:rsidP="00C96A4E">
+            <w:pPr>
+              <w:ind w:left="-84" w:right="-84"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="779" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="42F1423C" w14:textId="77777777" w:rsidR="007B2A26" w:rsidRPr="007B2A26" w:rsidRDefault="007B2A26" w:rsidP="007B2A26">
+            <w:pPr>
+              <w:pStyle w:val="af6"/>
+              <w:ind w:left="-34" w:right="-104"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="487" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="69B76711" w14:textId="77777777" w:rsidR="0074317B" w:rsidRPr="001F27BE" w:rsidRDefault="00960763" w:rsidP="005E0C8E">
-            <w:pPr>
+          <w:p w14:paraId="722A794B" w14:textId="6E8700C9" w:rsidR="007B2A26" w:rsidRPr="0013315B" w:rsidRDefault="0013315B" w:rsidP="007B2A26">
+            <w:pPr>
+              <w:pStyle w:val="af6"/>
+              <w:ind w:left="-83" w:right="-66"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:sz w:val="22"/>
-[...12 lines deleted...]
-            <w:tcW w:w="1559" w:type="dxa"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0013315B">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>27.32/29.113</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3C86C87F" w14:textId="77777777" w:rsidR="007B2A26" w:rsidRPr="007B2A26" w:rsidRDefault="007B2A26" w:rsidP="007B2A26">
+            <w:pPr>
+              <w:pStyle w:val="af6"/>
+              <w:ind w:left="-83" w:right="-66"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="925" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3BF9E432" w14:textId="77777777" w:rsidR="0074317B" w:rsidRPr="001F27BE" w:rsidRDefault="00960763" w:rsidP="005E0C8E">
-[...210 lines deleted...]
-              <w:t xml:space="preserve">нии до 10 </w:t>
+          <w:p w14:paraId="42EC0923" w14:textId="77777777" w:rsidR="0013315B" w:rsidRPr="0013315B" w:rsidRDefault="0013315B" w:rsidP="0013315B">
+            <w:pPr>
+              <w:ind w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0013315B">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Испытания изоляции кабелей повышенным выпрямленным напряжением </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="19C67BAB" w14:textId="13BCE082" w:rsidR="007B2A26" w:rsidRPr="007B2A26" w:rsidRDefault="0013315B" w:rsidP="007B2A26">
+            <w:pPr>
+              <w:ind w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0013315B">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">до 70 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="001F27BE">
+            <w:r w:rsidRPr="0013315B">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>кВ</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="001F27BE">
-[...457 lines deleted...]
-            <w:r w:rsidRPr="001F27BE">
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="828" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="181DF737" w14:textId="77777777" w:rsidR="0013315B" w:rsidRPr="0013315B" w:rsidRDefault="0013315B" w:rsidP="0013315B">
+            <w:pPr>
+              <w:ind w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0013315B">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>ТКП 181-2023</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="50A1B1C7" w14:textId="77777777" w:rsidR="0013315B" w:rsidRPr="0013315B" w:rsidRDefault="0013315B" w:rsidP="0013315B">
+            <w:pPr>
+              <w:ind w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0013315B">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>п.Б.30.2.1  табл.Б.30.1</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2956D538" w14:textId="77777777" w:rsidR="00EC3111" w:rsidRPr="001F27BE" w:rsidRDefault="00EC3111">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="001F27BE">
+          <w:p w14:paraId="662DECFE" w14:textId="77777777" w:rsidR="0013315B" w:rsidRPr="0013315B" w:rsidRDefault="0013315B" w:rsidP="0013315B">
+            <w:pPr>
+              <w:ind w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0013315B">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>п.Б.30.2.2  табл.Б.30.2</w:t>
             </w:r>
-            <w:r w:rsidRPr="001F27BE">
+            <w:r w:rsidRPr="0013315B">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t>СТП 33243.20.366-16</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="033E8676" w14:textId="77777777" w:rsidR="00EC3111" w:rsidRPr="001F27BE" w:rsidRDefault="00EC3111" w:rsidP="009C4630">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="001F27BE">
+          <w:p w14:paraId="6E830631" w14:textId="4552C784" w:rsidR="007B2A26" w:rsidRPr="007B2A26" w:rsidRDefault="0013315B" w:rsidP="0013315B">
+            <w:pPr>
+              <w:ind w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0013315B">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>п.32.2   табл.32.1</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="10B90A6D" w14:textId="77777777" w:rsidR="00EC3111" w:rsidRPr="001F27BE" w:rsidRDefault="00EC3111" w:rsidP="009C4630">
-[...10 lines deleted...]
-            <w:tcW w:w="1842" w:type="dxa"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="903" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="666677EE" w14:textId="77777777" w:rsidR="0013315B" w:rsidRPr="0013315B" w:rsidRDefault="0013315B" w:rsidP="0013315B">
+            <w:pPr>
+              <w:ind w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0013315B">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>МВИ.БР 10-2010</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="27D8522E" w14:textId="1093508A" w:rsidR="007B2A26" w:rsidRPr="007B2A26" w:rsidRDefault="007B2A26" w:rsidP="007B2A26">
+            <w:pPr>
+              <w:ind w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3391730C" w14:textId="77777777" w:rsidR="007B2A26" w:rsidRPr="007B2A26" w:rsidRDefault="007B2A26" w:rsidP="007B2A26">
+            <w:pPr>
+              <w:ind w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="836" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="6DF766E7" w14:textId="45572814" w:rsidR="007B2A26" w:rsidRPr="007B2A26" w:rsidRDefault="0013315B" w:rsidP="00C96A4E">
+            <w:pPr>
+              <w:ind w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0013315B">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>пр. Советский, 41, 225411, г. Барановичи, Брестская область</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00983E33" w14:paraId="2081B52D" w14:textId="77777777" w:rsidTr="00345965">
+        <w:trPr>
+          <w:trHeight w:val="230"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="242" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="0A7665A6" w14:textId="33E09698" w:rsidR="007B2A26" w:rsidRPr="007B2A26" w:rsidRDefault="0013315B" w:rsidP="007B2A26">
+            <w:pPr>
+              <w:ind w:left="-84" w:right="-84"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>2.1</w:t>
+            </w:r>
+            <w:r w:rsidR="0092566B">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">             </w:t>
+            </w:r>
+            <w:r w:rsidR="007B2A26" w:rsidRPr="007B2A26">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>**</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="768C5A97" w14:textId="60982648" w:rsidR="00983E33" w:rsidRPr="007B2A26" w:rsidRDefault="00983E33" w:rsidP="00983E33">
+            <w:pPr>
+              <w:ind w:left="-84" w:right="-84"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="779" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="017C4739" w14:textId="2EB8DA91" w:rsidR="00983E33" w:rsidRPr="007B2A26" w:rsidRDefault="0013315B" w:rsidP="007B2A26">
+            <w:pPr>
+              <w:ind w:left="-34" w:right="-56"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0013315B">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Сборные и соединительные шины</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="487" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-            </w:tcBorders>
-[...8 lines deleted...]
-            <w:r w:rsidRPr="001F27BE">
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="18BA84DC" w14:textId="75CF2080" w:rsidR="007B2A26" w:rsidRPr="007B2A26" w:rsidRDefault="007B2A26" w:rsidP="007B2A26">
+            <w:pPr>
+              <w:ind w:left="-34" w:right="-56"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B2A26">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>27.</w:t>
+            </w:r>
+            <w:r w:rsidR="0013315B">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007B2A26">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>/22</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007B2A26">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>.000</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="17C50CA2" w14:textId="6C60EF3B" w:rsidR="00983E33" w:rsidRPr="007B2A26" w:rsidRDefault="00983E33" w:rsidP="007B2A26">
+            <w:pPr>
+              <w:ind w:left="-34" w:right="-56"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="925" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0DA5BE5D" w14:textId="77777777" w:rsidR="0013315B" w:rsidRPr="0013315B" w:rsidRDefault="0013315B" w:rsidP="0013315B">
+            <w:pPr>
+              <w:ind w:left="-34" w:right="-56"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0013315B">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Сопротивление изоляции подвесных и опорных фарфоровых изоляторов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7D825BCB" w14:textId="261ED17A" w:rsidR="00983E33" w:rsidRPr="007B2A26" w:rsidRDefault="00983E33" w:rsidP="00983E33">
+            <w:pPr>
+              <w:ind w:left="-34" w:right="-56"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="828" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4FEBAEDB" w14:textId="77777777" w:rsidR="0013315B" w:rsidRPr="0013315B" w:rsidRDefault="0013315B" w:rsidP="0013315B">
+            <w:pPr>
+              <w:ind w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0013315B">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>ТКП 181-2023</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1F9FF10F" w14:textId="77777777" w:rsidR="0013315B" w:rsidRPr="0013315B" w:rsidRDefault="0013315B" w:rsidP="0013315B">
+            <w:pPr>
+              <w:ind w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0013315B">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>п.Б.18.1</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="55EF9CB2" w14:textId="77777777" w:rsidR="0013315B" w:rsidRPr="0013315B" w:rsidRDefault="0013315B" w:rsidP="0013315B">
+            <w:pPr>
+              <w:ind w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0013315B">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>СТП 33243.20.366-16</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0D088840" w14:textId="645B471B" w:rsidR="00983E33" w:rsidRPr="007B2A26" w:rsidRDefault="0013315B" w:rsidP="0013315B">
+            <w:pPr>
+              <w:ind w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0013315B">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>п.20.1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="903" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1B5FC71C" w14:textId="1BE18138" w:rsidR="00983E33" w:rsidRPr="007B2A26" w:rsidRDefault="0013315B" w:rsidP="00983E33">
+            <w:pPr>
+              <w:ind w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0013315B">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>МВИ.БР 02-2015</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="836" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="44663811" w14:textId="2E11D35A" w:rsidR="00983E33" w:rsidRPr="007B2A26" w:rsidRDefault="0013315B" w:rsidP="00983E33">
+            <w:pPr>
+              <w:ind w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0013315B">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>пр. Советский, 41, 225411, г. Барановичи, Брестская область</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007B2A26" w14:paraId="78FECBEC" w14:textId="77777777" w:rsidTr="00345965">
+        <w:trPr>
+          <w:trHeight w:val="230"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="242" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="22E1FD4A" w14:textId="272C04BB" w:rsidR="007B2A26" w:rsidRPr="007B2A26" w:rsidRDefault="007B2A26" w:rsidP="007B2A26">
+            <w:pPr>
+              <w:ind w:left="-84" w:right="-84"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B2A26">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>2.</w:t>
+            </w:r>
+            <w:r w:rsidR="00345965">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidR="0092566B">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">              </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007B2A26">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>**</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0689253C" w14:textId="77777777" w:rsidR="007B2A26" w:rsidRPr="007B2A26" w:rsidRDefault="007B2A26" w:rsidP="007B2A26">
+            <w:pPr>
+              <w:ind w:left="-84" w:right="-84"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="779" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="56661336" w14:textId="52C9947E" w:rsidR="007B2A26" w:rsidRPr="007B2A26" w:rsidRDefault="007B2A26" w:rsidP="007B2A26">
+            <w:pPr>
+              <w:ind w:left="-34" w:right="-56"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="487" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="55301033" w14:textId="41691798" w:rsidR="007B2A26" w:rsidRPr="0013315B" w:rsidRDefault="0013315B" w:rsidP="007B2A26">
+            <w:pPr>
+              <w:ind w:left="-34" w:right="-56"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0013315B">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>27.12/29.113</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="24FBE319" w14:textId="77777777" w:rsidR="007B2A26" w:rsidRPr="007B2A26" w:rsidRDefault="007B2A26" w:rsidP="007B2A26">
+            <w:pPr>
+              <w:ind w:left="-34" w:right="-56"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="925" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="031E6252" w14:textId="77777777" w:rsidR="0013315B" w:rsidRPr="0013315B" w:rsidRDefault="0013315B" w:rsidP="0013315B">
+            <w:pPr>
+              <w:ind w:left="-34" w:right="-56"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0013315B">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Испытание изоляции шин повышенным напряжением частотой </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3FAE96D1" w14:textId="77777777" w:rsidR="0013315B" w:rsidRPr="0013315B" w:rsidRDefault="0013315B" w:rsidP="0013315B">
+            <w:pPr>
+              <w:ind w:left="-34" w:right="-56"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0013315B">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">50 Гц до 50 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0013315B">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>кВ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="6E43FFCF" w14:textId="2E84620B" w:rsidR="007B2A26" w:rsidRPr="007B2A26" w:rsidRDefault="007B2A26" w:rsidP="00983E33">
+            <w:pPr>
+              <w:ind w:left="-34" w:right="-56"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="828" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7F619D33" w14:textId="77777777" w:rsidR="0013315B" w:rsidRPr="0013315B" w:rsidRDefault="0013315B" w:rsidP="0013315B">
+            <w:pPr>
+              <w:ind w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0013315B">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>ТКП 181-2023</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5ED8B838" w14:textId="77777777" w:rsidR="0013315B" w:rsidRPr="0013315B" w:rsidRDefault="0013315B" w:rsidP="0013315B">
+            <w:pPr>
+              <w:ind w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0013315B">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>п.Б.18.2</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3B201E93" w14:textId="77777777" w:rsidR="0013315B" w:rsidRPr="0013315B" w:rsidRDefault="0013315B" w:rsidP="0013315B">
+            <w:pPr>
+              <w:ind w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0013315B">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>табл.Б.8.1</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="41B99E36" w14:textId="4FFD8EA0" w:rsidR="007B2A26" w:rsidRPr="007B2A26" w:rsidRDefault="0013315B" w:rsidP="007B2A26">
+            <w:pPr>
+              <w:ind w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0013315B">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>СТП 33243.20.366-16 п.20.2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="903" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="08F75AC2" w14:textId="72D6E076" w:rsidR="007B2A26" w:rsidRPr="007B2A26" w:rsidRDefault="00345965" w:rsidP="00983E33">
+            <w:pPr>
+              <w:ind w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00345965">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>МВИ.БР 10-2010</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7A20C39B" w14:textId="77777777" w:rsidR="00EC3111" w:rsidRPr="001F27BE" w:rsidRDefault="00EC3111">
-[...5 lines deleted...]
-            </w:pPr>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="836" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="14616F7D" w14:textId="64692B12" w:rsidR="007B2A26" w:rsidRPr="007B2A26" w:rsidRDefault="00345965" w:rsidP="00983E33">
+            <w:pPr>
+              <w:ind w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00345965">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>пр. Советский, 41, 225411, г. Барановичи, Брестская область</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EC3111" w:rsidRPr="0070377E" w14:paraId="5A62DFBB" w14:textId="77777777" w:rsidTr="001A6E33">
-[...14 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="007B2A26" w14:paraId="083AF594" w14:textId="77777777" w:rsidTr="00345965">
         <w:trPr>
-          <w:cantSplit/>
+          <w:trHeight w:val="230"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcW w:w="242" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="5CAB3D2E" w14:textId="5E7EF545" w:rsidR="007B2A26" w:rsidRPr="007B2A26" w:rsidRDefault="00345965" w:rsidP="0092566B">
+            <w:pPr>
+              <w:ind w:left="-84" w:right="-84"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>3.1</w:t>
+            </w:r>
+            <w:r w:rsidR="0092566B">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">           </w:t>
+            </w:r>
+            <w:r w:rsidR="007B2A26" w:rsidRPr="007B2A26">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>**</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="132C1EAA" w14:textId="77777777" w:rsidR="007B2A26" w:rsidRPr="007B2A26" w:rsidRDefault="007B2A26" w:rsidP="0092566B">
+            <w:pPr>
+              <w:ind w:left="-84" w:right="-84"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="779" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1EA11DE0" w14:textId="0475B090" w:rsidR="007B2A26" w:rsidRPr="007B2A26" w:rsidRDefault="00345965" w:rsidP="007B2A26">
+            <w:pPr>
+              <w:ind w:left="-34" w:right="-56"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00345965">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Электродвигатели переменного тока</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="487" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-            </w:tcBorders>
-[...2 lines deleted...]
-            <w:pPr>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="26EEBC63" w14:textId="4F4279B6" w:rsidR="007B2A26" w:rsidRPr="007B2A26" w:rsidRDefault="00345965" w:rsidP="007B2A26">
+            <w:pPr>
+              <w:ind w:left="-34" w:right="-56"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0070377E">
-[...9 lines deleted...]
-            <w:pPr>
+            <w:r w:rsidRPr="00345965">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>27.11/22.000</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2603EF9C" w14:textId="77777777" w:rsidR="007B2A26" w:rsidRPr="007B2A26" w:rsidRDefault="007B2A26" w:rsidP="007B2A26">
+            <w:pPr>
+              <w:ind w:left="-34" w:right="-56"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="925" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4B7A3BC6" w14:textId="77777777" w:rsidR="00345965" w:rsidRPr="00345965" w:rsidRDefault="00345965" w:rsidP="00345965">
+            <w:pPr>
+              <w:ind w:left="-34" w:right="-56"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00345965">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Сопротивление изоляции</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="000BEB9C" w14:textId="3F76C482" w:rsidR="007B2A26" w:rsidRPr="007B2A26" w:rsidRDefault="007B2A26" w:rsidP="00983E33">
+            <w:pPr>
+              <w:ind w:left="-34" w:right="-56"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="828" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="10B51BA7" w14:textId="77777777" w:rsidR="00345965" w:rsidRPr="00345965" w:rsidRDefault="00345965" w:rsidP="00345965">
+            <w:pPr>
+              <w:ind w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00345965">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>ТКП 181-2023  п.Б.7.2</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0EF287B9" w14:textId="77777777" w:rsidR="00345965" w:rsidRPr="00345965" w:rsidRDefault="00345965" w:rsidP="00345965">
+            <w:pPr>
+              <w:ind w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00345965">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>табл. Б.7.1, Б.7.2 (п.5)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="06603432" w14:textId="77777777" w:rsidR="007B2A26" w:rsidRDefault="00345965" w:rsidP="00345965">
+            <w:pPr>
+              <w:ind w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00345965">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>СТП 33243.20.366-16 п.8.2  табл.8.1-8.3</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="645A76C8" w14:textId="33FA677A" w:rsidR="0092566B" w:rsidRPr="007B2A26" w:rsidRDefault="0092566B" w:rsidP="00345965">
+            <w:pPr>
+              <w:ind w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="903" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7D8BB434" w14:textId="16FF3B52" w:rsidR="007B2A26" w:rsidRPr="007B2A26" w:rsidRDefault="00345965" w:rsidP="00983E33">
+            <w:pPr>
+              <w:ind w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00345965">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>МВИ.БР 02-2015</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="836" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="4DC73010" w14:textId="77777777" w:rsidR="007B2A26" w:rsidRDefault="00345965" w:rsidP="00983E33">
+            <w:pPr>
+              <w:ind w:right="-84"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00345965">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>пр. Советский, 41, 225411, г. Барановичи, Брестская область</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="738D2114" w14:textId="199D272A" w:rsidR="00345965" w:rsidRPr="007B2A26" w:rsidRDefault="00345965" w:rsidP="00983E33">
+            <w:pPr>
+              <w:ind w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00345965" w14:paraId="40F6FA2E" w14:textId="77777777" w:rsidTr="00345965">
+        <w:trPr>
+          <w:trHeight w:val="230"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="242" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="799EFF27" w14:textId="3A93717A" w:rsidR="00345965" w:rsidRPr="00345965" w:rsidRDefault="00345965" w:rsidP="0092566B">
+            <w:pPr>
+              <w:ind w:left="-84" w:right="-84"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00345965">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>3.</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>*</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00F25614">
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidR="0092566B">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">           </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00345965">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>**</w:t>
             </w:r>
           </w:p>
-        </w:tc>
-[...3 lines deleted...]
-            <w:vMerge w:val="restart"/>
+          <w:p w14:paraId="1F668518" w14:textId="77777777" w:rsidR="00345965" w:rsidRDefault="00345965" w:rsidP="0092566B">
+            <w:pPr>
+              <w:ind w:left="-84" w:right="-84"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="779" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3B0CB087" w14:textId="77777777" w:rsidR="00345965" w:rsidRPr="00345965" w:rsidRDefault="00345965" w:rsidP="007B2A26">
+            <w:pPr>
+              <w:ind w:left="-34" w:right="-56"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="487" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-            </w:tcBorders>
-[...50 lines deleted...]
-            <w:tcW w:w="1418" w:type="dxa"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="70DCF778" w14:textId="498A7CC8" w:rsidR="00345965" w:rsidRPr="00345965" w:rsidRDefault="00345965" w:rsidP="007B2A26">
+            <w:pPr>
+              <w:ind w:left="-34" w:right="-56"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00345965">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>27.11/29.113</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="925" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-            </w:tcBorders>
-[...9 lines deleted...]
-            <w:r w:rsidRPr="0070377E">
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="30AE4E61" w14:textId="77777777" w:rsidR="00345965" w:rsidRPr="00345965" w:rsidRDefault="00345965" w:rsidP="00345965">
+            <w:pPr>
+              <w:ind w:left="-34" w:right="-56"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00345965">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Испытания повышенным напряжением промышленной частоты </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="680E9AEC" w14:textId="2860896A" w:rsidR="00345965" w:rsidRPr="00345965" w:rsidRDefault="00345965" w:rsidP="00E90111">
+            <w:pPr>
+              <w:ind w:left="-34" w:right="-56"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00345965">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">до 50 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00345965">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>кВ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="828" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7795B4BE" w14:textId="77777777" w:rsidR="00345965" w:rsidRPr="00345965" w:rsidRDefault="00345965" w:rsidP="00345965">
+            <w:pPr>
+              <w:ind w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00345965">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>ТКП 181-2023</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4543DD27" w14:textId="77777777" w:rsidR="00345965" w:rsidRPr="00345965" w:rsidRDefault="00345965" w:rsidP="00345965">
+            <w:pPr>
+              <w:ind w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00345965">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">п.Б.7.4  табл. Б.7.4  </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="43329752" w14:textId="77777777" w:rsidR="00345965" w:rsidRDefault="00345965" w:rsidP="00345965">
+            <w:pPr>
+              <w:ind w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00345965">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>СТП 33243.20.366-16 п.8.4  табл.8.4</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="135A31F8" w14:textId="5787EC05" w:rsidR="0092566B" w:rsidRPr="00345965" w:rsidRDefault="0092566B" w:rsidP="00345965">
+            <w:pPr>
+              <w:ind w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="903" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7C3F4CE9" w14:textId="77777777" w:rsidR="00345965" w:rsidRPr="00345965" w:rsidRDefault="00345965" w:rsidP="00345965">
+            <w:pPr>
+              <w:ind w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00345965">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>МВИ.БР 10-2010</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="063BAF98" w14:textId="77777777" w:rsidR="00345965" w:rsidRPr="00345965" w:rsidRDefault="00345965" w:rsidP="00983E33">
+            <w:pPr>
+              <w:ind w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="836" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="3ACC0C0C" w14:textId="044AE938" w:rsidR="00345965" w:rsidRPr="00345965" w:rsidRDefault="005273C2" w:rsidP="00983E33">
+            <w:pPr>
+              <w:ind w:right="-84"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005273C2">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>пр. Советский, 41, 225411, г. Барановичи, Брестская область</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00345965" w14:paraId="7BD8FE29" w14:textId="77777777" w:rsidTr="00E90111">
+        <w:trPr>
+          <w:trHeight w:val="1113"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="242" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="74716B17" w14:textId="35FDCDC8" w:rsidR="00345965" w:rsidRPr="007B2A26" w:rsidRDefault="00345965" w:rsidP="0092566B">
+            <w:pPr>
+              <w:ind w:left="-84" w:right="-84"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00345965">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>4.1</w:t>
+            </w:r>
+            <w:r w:rsidR="0092566B">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">           </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00345965">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>**</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="779" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3E265767" w14:textId="5497DBFD" w:rsidR="00345965" w:rsidRPr="007B2A26" w:rsidRDefault="00345965" w:rsidP="007B2A26">
+            <w:pPr>
+              <w:ind w:left="-34" w:right="-56"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00345965">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Вентильные разрядники и ограничители перенапряжений </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">            </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00345965">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>6-10 кВ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="487" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5FF3E29B" w14:textId="5CC299F2" w:rsidR="00345965" w:rsidRPr="007B2A26" w:rsidRDefault="00345965" w:rsidP="007B2A26">
+            <w:pPr>
+              <w:ind w:left="-34" w:right="-56"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00345965">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>27.12/22.000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcW w:w="925" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-            </w:tcBorders>
-[...69 lines deleted...]
-            <w:tcW w:w="2410" w:type="dxa"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2A494C7F" w14:textId="73FEEA15" w:rsidR="00345965" w:rsidRPr="007B2A26" w:rsidRDefault="00345965" w:rsidP="00983E33">
+            <w:pPr>
+              <w:ind w:left="-34" w:right="-56"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00345965">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Сопротивление разрядников и ограничителей перенапряжения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="828" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="041897C6" w14:textId="77777777" w:rsidR="00345965" w:rsidRPr="00345965" w:rsidRDefault="00345965" w:rsidP="00345965">
+            <w:pPr>
+              <w:ind w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00345965">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>ТКП 181-2023</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3E834605" w14:textId="77777777" w:rsidR="00345965" w:rsidRPr="00345965" w:rsidRDefault="00345965" w:rsidP="00345965">
+            <w:pPr>
+              <w:ind w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00345965">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>п.Б.22.1 табл. Б.22.1</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="59086519" w14:textId="66B0F888" w:rsidR="00345965" w:rsidRPr="007B2A26" w:rsidRDefault="00345965" w:rsidP="007B2A26">
+            <w:pPr>
+              <w:ind w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00345965">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>СТП 33243.20.366-16 п.24.1 табл.24.1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="903" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="28B6567B" w14:textId="77777777" w:rsidR="00345965" w:rsidRPr="00345965" w:rsidRDefault="00345965" w:rsidP="00345965">
+            <w:pPr>
+              <w:ind w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00345965">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>МВИ.БР 02-2015</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="321B5C6E" w14:textId="77777777" w:rsidR="00345965" w:rsidRPr="007B2A26" w:rsidRDefault="00345965" w:rsidP="00983E33">
+            <w:pPr>
+              <w:ind w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="836" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="5EB5B476" w14:textId="4E01A481" w:rsidR="00345965" w:rsidRPr="007B2A26" w:rsidRDefault="005273C2" w:rsidP="00983E33">
+            <w:pPr>
+              <w:ind w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005273C2">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>пр. Советский, 41, 225411, г. Барановичи, Брестская область</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00345965" w14:paraId="02512EE3" w14:textId="77777777" w:rsidTr="00345965">
+        <w:trPr>
+          <w:trHeight w:val="230"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="242" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="36BF414E" w14:textId="70ECD01B" w:rsidR="00345965" w:rsidRPr="007B2A26" w:rsidRDefault="00345965" w:rsidP="0092566B">
+            <w:pPr>
+              <w:ind w:left="-84" w:right="-84"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00345965">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>4.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidR="0092566B">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">         </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00345965">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>**</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="779" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="623928BF" w14:textId="77777777" w:rsidR="00345965" w:rsidRPr="007B2A26" w:rsidRDefault="00345965" w:rsidP="007B2A26">
+            <w:pPr>
+              <w:ind w:left="-34" w:right="-56"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="487" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-            </w:tcBorders>
-[...9 lines deleted...]
-            <w:r w:rsidRPr="0070377E">
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="45DD184E" w14:textId="5074FE24" w:rsidR="00345965" w:rsidRPr="007B2A26" w:rsidRDefault="00345965" w:rsidP="007B2A26">
+            <w:pPr>
+              <w:ind w:left="-34" w:right="-56"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00345965">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>27.12/29.113</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="925" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4DFA37E9" w14:textId="1D5A161C" w:rsidR="00345965" w:rsidRPr="007B2A26" w:rsidRDefault="00345965" w:rsidP="00983E33">
+            <w:pPr>
+              <w:ind w:left="-34" w:right="-56"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00345965">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Пробивное напряжение вентильных разрядников</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="828" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="22D28028" w14:textId="77777777" w:rsidR="00345965" w:rsidRPr="00345965" w:rsidRDefault="00345965" w:rsidP="00345965">
+            <w:pPr>
+              <w:ind w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00345965">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>ТКП 181-2023</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="008B4BDD" w14:textId="77777777" w:rsidR="00345965" w:rsidRPr="00345965" w:rsidRDefault="00345965" w:rsidP="00345965">
+            <w:pPr>
+              <w:ind w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00345965">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>п. Б.22.5 табл. Б.22.3</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="74A36D09" w14:textId="77777777" w:rsidR="00345965" w:rsidRDefault="00345965" w:rsidP="007B2A26">
+            <w:pPr>
+              <w:ind w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00345965">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>СТП 33243.20.366-16 п. 24.5 табл. 24.3</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="133FBBBD" w14:textId="32C03C99" w:rsidR="0092566B" w:rsidRPr="007B2A26" w:rsidRDefault="0092566B" w:rsidP="007B2A26">
+            <w:pPr>
+              <w:ind w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="903" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0F121030" w14:textId="6FEC311C" w:rsidR="00345965" w:rsidRPr="007B2A26" w:rsidRDefault="00345965" w:rsidP="00983E33">
+            <w:pPr>
+              <w:ind w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00345965">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>МВИ.БР 10-2010</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="836" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="4303C2B3" w14:textId="49D19B82" w:rsidR="00345965" w:rsidRPr="007B2A26" w:rsidRDefault="005273C2" w:rsidP="00983E33">
+            <w:pPr>
+              <w:ind w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005273C2">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>пр. Советский, 41, 225411, г. Барановичи, Брестская область</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00345965" w14:paraId="0F1C231E" w14:textId="77777777" w:rsidTr="00E90111">
+        <w:trPr>
+          <w:trHeight w:val="230"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="242" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="01B8A5E8" w14:textId="77777777" w:rsidR="00E90111" w:rsidRPr="00E90111" w:rsidRDefault="00E90111" w:rsidP="0092566B">
+            <w:pPr>
+              <w:ind w:right="-84"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E90111">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>5.1</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="118AE8F7" w14:textId="23C168C2" w:rsidR="00345965" w:rsidRPr="007B2A26" w:rsidRDefault="00E90111" w:rsidP="0092566B">
+            <w:pPr>
+              <w:ind w:left="-84" w:right="-84"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E90111">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>**</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="779" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="19180880" w14:textId="3C800A11" w:rsidR="00345965" w:rsidRPr="007B2A26" w:rsidRDefault="00E90111" w:rsidP="00E90111">
+            <w:pPr>
+              <w:ind w:left="-34" w:right="-56"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E90111">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Аппараты, силовые и осветительные сети, вторичные цепи переменного и постоянного тока напряжением до </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">           </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E90111">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1000 В</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="487" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7EF8C494" w14:textId="77777777" w:rsidR="00E90111" w:rsidRPr="00E90111" w:rsidRDefault="00E90111" w:rsidP="00E90111">
+            <w:pPr>
+              <w:ind w:left="-34" w:right="-56"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E90111">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>27.12/22.000</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="289A6963" w14:textId="77777777" w:rsidR="00E90111" w:rsidRPr="00E90111" w:rsidRDefault="00E90111" w:rsidP="00E90111">
+            <w:pPr>
+              <w:ind w:left="-34" w:right="-56"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E90111">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>27.32/22.000</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="46C9CC1D" w14:textId="77777777" w:rsidR="00E90111" w:rsidRPr="00E90111" w:rsidRDefault="00E90111" w:rsidP="00E90111">
+            <w:pPr>
+              <w:ind w:left="-34" w:right="-56"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E90111">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>27.90/22.000</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4A0AD5E4" w14:textId="77777777" w:rsidR="00345965" w:rsidRPr="007B2A26" w:rsidRDefault="00345965" w:rsidP="007B2A26">
+            <w:pPr>
+              <w:ind w:left="-34" w:right="-56"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="925" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="56B6A8DA" w14:textId="77777777" w:rsidR="00E90111" w:rsidRPr="00E90111" w:rsidRDefault="00E90111" w:rsidP="00E90111">
+            <w:pPr>
+              <w:ind w:left="-34" w:right="-56"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E90111">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Сопротивление изоляции</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1CBC58EF" w14:textId="77777777" w:rsidR="00345965" w:rsidRPr="007B2A26" w:rsidRDefault="00345965" w:rsidP="00983E33">
+            <w:pPr>
+              <w:ind w:left="-34" w:right="-56"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="828" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="58A8570C" w14:textId="77777777" w:rsidR="00E90111" w:rsidRPr="00E90111" w:rsidRDefault="00E90111" w:rsidP="00E90111">
+            <w:pPr>
+              <w:ind w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E90111">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>ТКП 181-2023 п.Б.27.1</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4D205055" w14:textId="77777777" w:rsidR="00E90111" w:rsidRPr="00E90111" w:rsidRDefault="00E90111" w:rsidP="00E90111">
+            <w:pPr>
+              <w:ind w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E90111">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>ТКП 339-2022</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6BB6B913" w14:textId="77777777" w:rsidR="00E90111" w:rsidRPr="00E90111" w:rsidRDefault="00E90111" w:rsidP="00E90111">
+            <w:pPr>
+              <w:ind w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E90111">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>п.4.4.26.1, табл. 4.4.46</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5BE6F2D4" w14:textId="77777777" w:rsidR="00E90111" w:rsidRPr="00E90111" w:rsidRDefault="00E90111" w:rsidP="00E90111">
+            <w:pPr>
+              <w:ind w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E90111">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>СТП 33243.20.366-16 п.29.1 табл. 29.1</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="00AC78C8" w14:textId="77777777" w:rsidR="00345965" w:rsidRPr="007B2A26" w:rsidRDefault="00345965" w:rsidP="007B2A26">
+            <w:pPr>
+              <w:ind w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="903" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7F83C00C" w14:textId="77777777" w:rsidR="00E90111" w:rsidRPr="00E90111" w:rsidRDefault="00E90111" w:rsidP="00E90111">
+            <w:pPr>
+              <w:ind w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E90111">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>МВИ.БР 02-2015</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="73A24DB8" w14:textId="77777777" w:rsidR="00345965" w:rsidRPr="007B2A26" w:rsidRDefault="00345965" w:rsidP="00983E33">
+            <w:pPr>
+              <w:ind w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="836" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="348C8D79" w14:textId="7F07EDC6" w:rsidR="00345965" w:rsidRPr="007B2A26" w:rsidRDefault="005273C2" w:rsidP="00983E33">
+            <w:pPr>
+              <w:ind w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005273C2">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>пр. Советский, 41, 225411, г. Барановичи, Брестская область</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00345965" w14:paraId="0EE426A4" w14:textId="77777777" w:rsidTr="00E90111">
+        <w:trPr>
+          <w:trHeight w:val="230"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="242" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="76DA64B4" w14:textId="77777777" w:rsidR="00E90111" w:rsidRPr="00E90111" w:rsidRDefault="00E90111" w:rsidP="00E90111">
+            <w:pPr>
+              <w:ind w:left="-84" w:right="-84"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E90111">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>5.2</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="549C4BEF" w14:textId="49F62541" w:rsidR="00345965" w:rsidRPr="007B2A26" w:rsidRDefault="00E90111" w:rsidP="00E90111">
+            <w:pPr>
+              <w:ind w:left="-84" w:right="-84"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E90111">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>**</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="779" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0B19F83E" w14:textId="77777777" w:rsidR="00345965" w:rsidRPr="007B2A26" w:rsidRDefault="00345965" w:rsidP="007B2A26">
+            <w:pPr>
+              <w:ind w:left="-34" w:right="-56"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="487" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7E55073C" w14:textId="00E5EB6D" w:rsidR="00345965" w:rsidRPr="007B2A26" w:rsidRDefault="00E90111" w:rsidP="007B2A26">
+            <w:pPr>
+              <w:ind w:left="-34" w:right="-56"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E90111">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>27.90/22.000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="925" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1F038927" w14:textId="622BC1A5" w:rsidR="00345965" w:rsidRPr="007B2A26" w:rsidRDefault="00E90111" w:rsidP="00983E33">
+            <w:pPr>
+              <w:ind w:left="-34" w:right="-56"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E90111">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Проверка  цепи «фаза-нуль» силовых и осветительных сетей</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="828" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2408B40B" w14:textId="729C3FA1" w:rsidR="00E90111" w:rsidRPr="00E90111" w:rsidRDefault="00E90111" w:rsidP="00E90111">
+            <w:pPr>
+              <w:ind w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E90111">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>ТКП 181-20</w:t>
             </w:r>
-            <w:r w:rsidR="008F72C8">
+            <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>23</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5AD195F4" w14:textId="77777777" w:rsidR="00EC3111" w:rsidRPr="0070377E" w:rsidRDefault="00EC3111">
-[...21 lines deleted...]
-            <w:r w:rsidRPr="0070377E">
+          <w:p w14:paraId="7CEFBCA5" w14:textId="77777777" w:rsidR="00E90111" w:rsidRPr="00E90111" w:rsidRDefault="00E90111" w:rsidP="00E90111">
+            <w:pPr>
+              <w:ind w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E90111">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>п.п</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E90111">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>. Б.27.3, Б.29.8</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1424FE0E" w14:textId="77777777" w:rsidR="00E90111" w:rsidRPr="00E90111" w:rsidRDefault="00E90111" w:rsidP="00E90111">
+            <w:pPr>
+              <w:ind w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E90111">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>ГОСТ 30331.3-95</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6A331927" w14:textId="77777777" w:rsidR="00E90111" w:rsidRPr="00E90111" w:rsidRDefault="00E90111" w:rsidP="00E90111">
+            <w:pPr>
+              <w:ind w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E90111">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>ТКП 339-2022</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4558E49B" w14:textId="77777777" w:rsidR="00E90111" w:rsidRPr="00E90111" w:rsidRDefault="00E90111" w:rsidP="00E90111">
+            <w:pPr>
+              <w:ind w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E90111">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>п.4.4.26.3, 4.4.28.5</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7E46D650" w14:textId="77777777" w:rsidR="00E90111" w:rsidRPr="00E90111" w:rsidRDefault="00E90111" w:rsidP="00E90111">
+            <w:pPr>
+              <w:ind w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E90111">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>СТП 33243.20.366-16</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0AF28A98" w14:textId="77777777" w:rsidR="00EC3111" w:rsidRPr="0070377E" w:rsidRDefault="00EC3111" w:rsidP="00EC3111">
-[...35 lines deleted...]
-              <w:t>МВИ.БР 02-2015</w:t>
+          <w:p w14:paraId="65B1567C" w14:textId="620445E6" w:rsidR="00345965" w:rsidRPr="007B2A26" w:rsidRDefault="00E90111" w:rsidP="007B2A26">
+            <w:pPr>
+              <w:ind w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E90111">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>п. 31.8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="903" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2FC56B36" w14:textId="77777777" w:rsidR="00E90111" w:rsidRPr="00E90111" w:rsidRDefault="00E90111" w:rsidP="00E90111">
+            <w:pPr>
+              <w:ind w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E90111">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>МВИ.БР 336-2018</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5F4FD186" w14:textId="77777777" w:rsidR="00345965" w:rsidRPr="007B2A26" w:rsidRDefault="00345965" w:rsidP="00983E33">
+            <w:pPr>
+              <w:ind w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="836" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="1425F2E6" w14:textId="573CFB1A" w:rsidR="00345965" w:rsidRPr="007B2A26" w:rsidRDefault="005273C2" w:rsidP="00983E33">
+            <w:pPr>
+              <w:ind w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005273C2">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>пр. Советский, 41, 225411, г. Барановичи, Брестская область</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EC3111" w:rsidRPr="0070377E" w14:paraId="10318F47" w14:textId="77777777" w:rsidTr="001A6E33">
-[...24 lines deleted...]
-            <w:pPr>
+      <w:tr w:rsidR="00E90111" w14:paraId="3E1FB8E0" w14:textId="77777777" w:rsidTr="00E90111">
+        <w:trPr>
+          <w:trHeight w:val="230"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="242" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="0AEEF091" w14:textId="77777777" w:rsidR="00E90111" w:rsidRPr="00E90111" w:rsidRDefault="00E90111" w:rsidP="00E90111">
+            <w:pPr>
+              <w:ind w:left="-84" w:right="-84"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0070377E">
-[...2112 lines deleted...]
-            <w:r w:rsidRPr="00CB5B58">
+            <w:r w:rsidRPr="00E90111">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>6.1</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0329036C" w14:textId="77777777" w:rsidR="001644E2" w:rsidRPr="00CE012B" w:rsidRDefault="001644E2" w:rsidP="00BD744F">
-            <w:pPr>
+          <w:p w14:paraId="1C61FDED" w14:textId="33D0A3B7" w:rsidR="00E90111" w:rsidRPr="00E90111" w:rsidRDefault="00E90111" w:rsidP="00E90111">
+            <w:pPr>
+              <w:ind w:left="-84" w:right="-84"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00E90111">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>**</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="779" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="76571E19" w14:textId="6DD64C1F" w:rsidR="00E90111" w:rsidRPr="007B2A26" w:rsidRDefault="00E90111" w:rsidP="007B2A26">
+            <w:pPr>
+              <w:ind w:left="-34" w:right="-56"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E90111">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Заземляющие устройства</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="487" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="072A9D59" w14:textId="3C39C965" w:rsidR="00E90111" w:rsidRPr="00E90111" w:rsidRDefault="00E90111" w:rsidP="007B2A26">
+            <w:pPr>
+              <w:ind w:left="-34" w:right="-56"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E90111">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>27.90/22.000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="925" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="76BAEAF4" w14:textId="77777777" w:rsidR="00E90111" w:rsidRPr="00E90111" w:rsidRDefault="00E90111" w:rsidP="00E90111">
+            <w:pPr>
+              <w:ind w:left="-34" w:right="-56"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E90111">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Сопротивление заземляющих устройств.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7BD49BFC" w14:textId="77777777" w:rsidR="00E90111" w:rsidRPr="00E90111" w:rsidRDefault="00E90111" w:rsidP="00E90111">
+            <w:pPr>
+              <w:ind w:left="-34" w:right="-56"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E90111">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Удельное сопротивление грунта </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="08E300FB" w14:textId="77777777" w:rsidR="00E90111" w:rsidRPr="00E90111" w:rsidRDefault="00E90111" w:rsidP="00983E33">
+            <w:pPr>
+              <w:ind w:left="-34" w:right="-56"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="828" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6FA2D7D2" w14:textId="77777777" w:rsidR="00E90111" w:rsidRPr="00E90111" w:rsidRDefault="00E90111" w:rsidP="00E90111">
+            <w:pPr>
+              <w:ind w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E90111">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>ТКП 181-2023 п.Б.29.4 ТКП 339-2022</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="553E7E70" w14:textId="77777777" w:rsidR="00E90111" w:rsidRPr="00E90111" w:rsidRDefault="00E90111" w:rsidP="00E90111">
+            <w:pPr>
+              <w:ind w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E90111">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">п.4.4.28.6, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="59855EEF" w14:textId="77777777" w:rsidR="00E90111" w:rsidRPr="00E90111" w:rsidRDefault="00E90111" w:rsidP="00E90111">
+            <w:pPr>
+              <w:ind w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E90111">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>п.4.3.8.1 - 4.3.8.4</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6C97E544" w14:textId="77777777" w:rsidR="00E90111" w:rsidRPr="00E90111" w:rsidRDefault="00E90111" w:rsidP="00E90111">
+            <w:pPr>
+              <w:ind w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E90111">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>СТП 33243.20.366-16</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="07A93FA8" w14:textId="4B6B1A55" w:rsidR="00E90111" w:rsidRPr="00E90111" w:rsidRDefault="00E90111" w:rsidP="00E90111">
+            <w:pPr>
+              <w:ind w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E90111">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>п.31.4 табл.31.1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="903" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="02FBB26D" w14:textId="04DDBB74" w:rsidR="00E90111" w:rsidRPr="00E90111" w:rsidRDefault="00E90111" w:rsidP="00E90111">
+            <w:pPr>
+              <w:ind w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E90111">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>МВИ.БР 03-2015</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="836" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="0CF8C163" w14:textId="53A19449" w:rsidR="00E90111" w:rsidRPr="007B2A26" w:rsidRDefault="005273C2" w:rsidP="00983E33">
+            <w:pPr>
+              <w:ind w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005273C2">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>пр. Советский, 41, 225411, г. Барановичи, Брестская область</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00345965" w14:paraId="6A6BE07B" w14:textId="77777777" w:rsidTr="00E90111">
+        <w:trPr>
+          <w:trHeight w:val="230"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="242" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="7120C34A" w14:textId="77777777" w:rsidR="00E90111" w:rsidRPr="00E90111" w:rsidRDefault="00E90111" w:rsidP="00E90111">
+            <w:pPr>
+              <w:ind w:left="-84" w:right="-84"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E90111">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>6.2</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="68ED682F" w14:textId="41753A24" w:rsidR="00345965" w:rsidRPr="007B2A26" w:rsidRDefault="00E90111" w:rsidP="00E90111">
+            <w:pPr>
+              <w:ind w:left="-84" w:right="-84"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E90111">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>**</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="779" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="76C2BA19" w14:textId="77777777" w:rsidR="00345965" w:rsidRPr="007B2A26" w:rsidRDefault="00345965" w:rsidP="007B2A26">
+            <w:pPr>
+              <w:ind w:left="-34" w:right="-56"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="487" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="276A47EC" w14:textId="0D969D16" w:rsidR="00345965" w:rsidRPr="007B2A26" w:rsidRDefault="00E90111" w:rsidP="007B2A26">
+            <w:pPr>
+              <w:ind w:left="-34" w:right="-56"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E90111">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>27.90/22.000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="925" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3355DF82" w14:textId="66DE0173" w:rsidR="00345965" w:rsidRPr="007B2A26" w:rsidRDefault="00E90111" w:rsidP="00E90111">
+            <w:pPr>
+              <w:ind w:left="-34" w:right="-56"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E90111">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Проверка соединений заземлителей с заземляемыми элементами с измерением переходного сопротивления контактного соединения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="828" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="22A91FD4" w14:textId="77777777" w:rsidR="00E90111" w:rsidRPr="00E90111" w:rsidRDefault="00E90111" w:rsidP="00E90111">
+            <w:pPr>
+              <w:ind w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E90111">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>ТКП 181-2023 п.Б.29.2</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4D36D03F" w14:textId="77777777" w:rsidR="00E90111" w:rsidRPr="00E90111" w:rsidRDefault="00E90111" w:rsidP="00E90111">
+            <w:pPr>
+              <w:ind w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E90111">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>ТКП 339-2022</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4ADFDE9F" w14:textId="77777777" w:rsidR="00E90111" w:rsidRPr="00E90111" w:rsidRDefault="00E90111" w:rsidP="00E90111">
+            <w:pPr>
+              <w:ind w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E90111">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>п. 4.4.28.2</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="096C5C85" w14:textId="77777777" w:rsidR="00E90111" w:rsidRPr="00E90111" w:rsidRDefault="00E90111" w:rsidP="00E90111">
+            <w:pPr>
+              <w:ind w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E90111">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>СТП 33243.20.366-16 п.31.2</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="006C4F9A" w14:textId="77777777" w:rsidR="00345965" w:rsidRPr="007B2A26" w:rsidRDefault="00345965" w:rsidP="007B2A26">
+            <w:pPr>
+              <w:ind w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="903" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="56368476" w14:textId="03F1DE4B" w:rsidR="00345965" w:rsidRPr="007B2A26" w:rsidRDefault="00E90111" w:rsidP="00983E33">
+            <w:pPr>
+              <w:ind w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E90111">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>МВИ.БР 03-2015</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="836" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="04848195" w14:textId="6BD0F274" w:rsidR="00345965" w:rsidRPr="007B2A26" w:rsidRDefault="005273C2" w:rsidP="00983E33">
+            <w:pPr>
+              <w:ind w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005273C2">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>пр. Советский, 41, 225411, г. Барановичи, Брестская область</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00345965" w14:paraId="0E43478B" w14:textId="77777777" w:rsidTr="00E90111">
+        <w:trPr>
+          <w:trHeight w:val="230"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="242" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A9E0C04" w14:textId="1A5927B9" w:rsidR="00E90111" w:rsidRPr="00E90111" w:rsidRDefault="00E90111" w:rsidP="00E90111">
+            <w:pPr>
+              <w:ind w:left="-84" w:right="-84"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E90111">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>6.</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6E56CA8A" w14:textId="5E145357" w:rsidR="00345965" w:rsidRPr="007B2A26" w:rsidRDefault="00E90111" w:rsidP="00E90111">
+            <w:pPr>
+              <w:ind w:left="-84" w:right="-84"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E90111">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>**</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="779" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="12A510DD" w14:textId="77777777" w:rsidR="00345965" w:rsidRPr="007B2A26" w:rsidRDefault="00345965" w:rsidP="007B2A26">
+            <w:pPr>
+              <w:ind w:left="-34" w:right="-56"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="487" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6184A428" w14:textId="02C5AC02" w:rsidR="00345965" w:rsidRPr="007B2A26" w:rsidRDefault="00E90111" w:rsidP="007B2A26">
+            <w:pPr>
+              <w:ind w:left="-34" w:right="-56"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E90111">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>27.90/22.000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="925" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="64A16DFB" w14:textId="77777777" w:rsidR="00E90111" w:rsidRPr="00E90111" w:rsidRDefault="00E90111" w:rsidP="00E90111">
+            <w:pPr>
+              <w:ind w:left="-34" w:right="-56"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E90111">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Проверка цепи «фаза-нуль» в электроустановках до 1000 В с глухим заземлением нейтрали</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="389A8360" w14:textId="77777777" w:rsidR="00345965" w:rsidRPr="007B2A26" w:rsidRDefault="00345965" w:rsidP="00983E33">
+            <w:pPr>
+              <w:ind w:left="-34" w:right="-56"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="828" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="236D90AB" w14:textId="77777777" w:rsidR="00E90111" w:rsidRPr="00E90111" w:rsidRDefault="00E90111" w:rsidP="00E90111">
+            <w:pPr>
+              <w:ind w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E90111">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>ТКП 181-2023</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3D53C28B" w14:textId="77777777" w:rsidR="00E90111" w:rsidRPr="00E90111" w:rsidRDefault="00E90111" w:rsidP="00E90111">
+            <w:pPr>
+              <w:ind w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E90111">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">п.6.4.13 п.Б.29.8 </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="515B20D7" w14:textId="77777777" w:rsidR="00E90111" w:rsidRPr="00E90111" w:rsidRDefault="00E90111" w:rsidP="00E90111">
+            <w:pPr>
+              <w:ind w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E90111">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>ГОСТ 30331.3-95</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3007C9D9" w14:textId="77777777" w:rsidR="00E90111" w:rsidRPr="00E90111" w:rsidRDefault="00E90111" w:rsidP="00E90111">
+            <w:pPr>
+              <w:ind w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E90111">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>ТКП 339-2022</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="35D75955" w14:textId="77777777" w:rsidR="00E90111" w:rsidRPr="00E90111" w:rsidRDefault="00E90111" w:rsidP="00E90111">
+            <w:pPr>
+              <w:ind w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E90111">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>п. 4.4.28.5, п.4.3.5.3-4.3.5.6</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="218AE101" w14:textId="77777777" w:rsidR="00E90111" w:rsidRPr="00E90111" w:rsidRDefault="00E90111" w:rsidP="00E90111">
+            <w:pPr>
+              <w:ind w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E90111">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>СТП 33243.20.366-16</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1AAEC27C" w14:textId="6DEA790F" w:rsidR="00345965" w:rsidRPr="007B2A26" w:rsidRDefault="00E90111" w:rsidP="007B2A26">
+            <w:pPr>
+              <w:ind w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E90111">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>п.31.8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="903" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5DF1674D" w14:textId="77777777" w:rsidR="00E90111" w:rsidRPr="00E90111" w:rsidRDefault="00E90111" w:rsidP="00E90111">
+            <w:pPr>
+              <w:ind w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E90111">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>МВИ.БР 336-2018</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3D67C2E6" w14:textId="77777777" w:rsidR="00345965" w:rsidRPr="007B2A26" w:rsidRDefault="00345965" w:rsidP="00983E33">
+            <w:pPr>
+              <w:ind w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="836" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="50ACBFB4" w14:textId="420484C1" w:rsidR="00345965" w:rsidRPr="007B2A26" w:rsidRDefault="005273C2" w:rsidP="00983E33">
+            <w:pPr>
+              <w:ind w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005273C2">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>пр. Советский, 41, 225411, г. Барановичи, Брестская область</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00345965" w14:paraId="51B9D38E" w14:textId="77777777" w:rsidTr="00345965">
+        <w:trPr>
+          <w:trHeight w:val="230"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="242" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="6032BBC2" w14:textId="77777777" w:rsidR="00E90111" w:rsidRPr="00E90111" w:rsidRDefault="00E90111" w:rsidP="00E90111">
+            <w:pPr>
+              <w:ind w:left="-84" w:right="-84"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E90111">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>7.1</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="176802E8" w14:textId="1559FA90" w:rsidR="00345965" w:rsidRPr="007B2A26" w:rsidRDefault="00E90111" w:rsidP="00E90111">
+            <w:pPr>
+              <w:ind w:left="-84" w:right="-84"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E90111">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
               <w:t>*</w:t>
             </w:r>
-            <w:r w:rsidR="00F25614">
-[...11 lines deleted...]
-            <w:vMerge w:val="restart"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="779" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-            </w:tcBorders>
-[...48 lines deleted...]
-            <w:tcW w:w="1418" w:type="dxa"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0C44392E" w14:textId="3608DD1D" w:rsidR="00345965" w:rsidRPr="007B2A26" w:rsidRDefault="00E90111" w:rsidP="007B2A26">
+            <w:pPr>
+              <w:ind w:left="-34" w:right="-56"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E90111">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Трансформаторное масло</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="487" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-            </w:tcBorders>
-[...3 lines deleted...]
-              <w:ind w:right="-108"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="30524459" w14:textId="5736EC55" w:rsidR="00345965" w:rsidRPr="007B2A26" w:rsidRDefault="00E90111" w:rsidP="007B2A26">
+            <w:pPr>
+              <w:ind w:left="-34" w:right="-56"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CE012B">
-[...10 lines deleted...]
-            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:r w:rsidRPr="00E90111">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>19.20/29.113</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="925" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-            </w:tcBorders>
-[...42 lines deleted...]
-            <w:tcW w:w="2410" w:type="dxa"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="245D9ED1" w14:textId="77777777" w:rsidR="00E90111" w:rsidRPr="00E90111" w:rsidRDefault="00E90111" w:rsidP="00E90111">
+            <w:pPr>
+              <w:ind w:left="-34" w:right="-56"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E90111">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Испытание масла на электрическую прочность (пробивное напряжение)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5F14CB5E" w14:textId="77777777" w:rsidR="00345965" w:rsidRPr="007B2A26" w:rsidRDefault="00345965" w:rsidP="00983E33">
+            <w:pPr>
+              <w:ind w:left="-34" w:right="-56"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="828" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3B13F7F4" w14:textId="77777777" w:rsidR="00E90111" w:rsidRPr="00E90111" w:rsidRDefault="00E90111" w:rsidP="00E90111">
+            <w:pPr>
+              <w:ind w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E90111">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>ТКП 181-2023</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="081C2D80" w14:textId="77777777" w:rsidR="00E90111" w:rsidRPr="00E90111" w:rsidRDefault="00E90111" w:rsidP="00E90111">
+            <w:pPr>
+              <w:ind w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E90111">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>п.Б.26.2.1    табл.Б.26.2(1);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3C0A4385" w14:textId="77777777" w:rsidR="00E90111" w:rsidRPr="00E90111" w:rsidRDefault="00E90111" w:rsidP="00E90111">
+            <w:pPr>
+              <w:ind w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E90111">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">п.Б.26.2.2 </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="70CD0BBF" w14:textId="77777777" w:rsidR="00E90111" w:rsidRPr="00E90111" w:rsidRDefault="00E90111" w:rsidP="00E90111">
+            <w:pPr>
+              <w:ind w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E90111">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">табл. Б.26.3(1); </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="054894B4" w14:textId="77777777" w:rsidR="00E90111" w:rsidRPr="00E90111" w:rsidRDefault="00E90111" w:rsidP="00E90111">
+            <w:pPr>
+              <w:ind w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E90111">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">п.Б.26.3.1  табл.Б.26.4(1); </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4C7D69AC" w14:textId="77777777" w:rsidR="00E90111" w:rsidRPr="00E90111" w:rsidRDefault="00E90111" w:rsidP="00E90111">
+            <w:pPr>
+              <w:ind w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E90111">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>п.Б.26.3.2  табл.Б.26.2(1), Б.26.3(1), Б.26.4(1)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="024BD2BD" w14:textId="77777777" w:rsidR="00E90111" w:rsidRPr="00E90111" w:rsidRDefault="00E90111" w:rsidP="00E90111">
+            <w:pPr>
+              <w:ind w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E90111">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ГОСТ 6581-75 </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="31E05BAD" w14:textId="77777777" w:rsidR="00E90111" w:rsidRPr="00E90111" w:rsidRDefault="00E90111" w:rsidP="00E90111">
+            <w:pPr>
+              <w:ind w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E90111">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>СТП 33243.20.366-16</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0729CC7A" w14:textId="77777777" w:rsidR="00E90111" w:rsidRPr="00E90111" w:rsidRDefault="00E90111" w:rsidP="00E90111">
+            <w:pPr>
+              <w:ind w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E90111">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>п.28.2.1  табл.28.2(1)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="69961984" w14:textId="77777777" w:rsidR="00E90111" w:rsidRPr="00E90111" w:rsidRDefault="00E90111" w:rsidP="00E90111">
+            <w:pPr>
+              <w:ind w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E90111">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>п.28.2.2  табл.28.3(1)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3E5DDBCF" w14:textId="77777777" w:rsidR="00E90111" w:rsidRPr="00E90111" w:rsidRDefault="00E90111" w:rsidP="00E90111">
+            <w:pPr>
+              <w:ind w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E90111">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>п.28.3.1  табл.28.4(1)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3BCAC877" w14:textId="77777777" w:rsidR="00345965" w:rsidRPr="007B2A26" w:rsidRDefault="00345965" w:rsidP="007B2A26">
+            <w:pPr>
+              <w:ind w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="903" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6D79459C" w14:textId="4B23B62E" w:rsidR="00345965" w:rsidRPr="007B2A26" w:rsidRDefault="00E90111" w:rsidP="00983E33">
+            <w:pPr>
+              <w:ind w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E90111">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>ГОСТ 6581-75  п.4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="836" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="60705D58" w14:textId="6462449C" w:rsidR="00345965" w:rsidRPr="007B2A26" w:rsidRDefault="005273C2" w:rsidP="00983E33">
+            <w:pPr>
+              <w:ind w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005273C2">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>пр. Советский, 41, 225411, г. Барановичи, Брестская область</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E90111" w14:paraId="4FFB87D3" w14:textId="77777777" w:rsidTr="00345965">
+        <w:trPr>
+          <w:trHeight w:val="230"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="242" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="42519B81" w14:textId="77777777" w:rsidR="00E90111" w:rsidRPr="00E90111" w:rsidRDefault="00E90111" w:rsidP="00E90111">
+            <w:pPr>
+              <w:ind w:left="-84" w:right="-84"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E90111">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>8.1</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="71DC686E" w14:textId="4FC76B0B" w:rsidR="00E90111" w:rsidRPr="007B2A26" w:rsidRDefault="00E90111" w:rsidP="00E90111">
+            <w:pPr>
+              <w:ind w:left="-84" w:right="-84"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E90111">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>*</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="779" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-            </w:tcBorders>
-[...108 lines deleted...]
-            <w:tcW w:w="1842" w:type="dxa"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2F9F3E9F" w14:textId="21511320" w:rsidR="00E90111" w:rsidRPr="007B2A26" w:rsidRDefault="00E90111" w:rsidP="007B2A26">
+            <w:pPr>
+              <w:ind w:left="-34" w:right="-56"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E90111">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Перчатки       диэлектрические</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="487" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-            </w:tcBorders>
-[...13 lines deleted...]
-              <w:t>МВИ.БР 03-2015</w:t>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0B321A94" w14:textId="39D19857" w:rsidR="00E90111" w:rsidRPr="007B2A26" w:rsidRDefault="00E90111" w:rsidP="007B2A26">
+            <w:pPr>
+              <w:ind w:left="-34" w:right="-56"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E90111">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>22.19/29.113</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="925" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4C6A5CA1" w14:textId="77777777" w:rsidR="00E90111" w:rsidRPr="00E90111" w:rsidRDefault="00E90111" w:rsidP="00E90111">
+            <w:pPr>
+              <w:ind w:left="-34" w:right="-56"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E90111">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Испытание повышенным напряжением </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="27706C8C" w14:textId="77777777" w:rsidR="00E90111" w:rsidRPr="00E90111" w:rsidRDefault="00E90111" w:rsidP="00E90111">
+            <w:pPr>
+              <w:ind w:left="-34" w:right="-56"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E90111">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Ток, протекающий через изделие</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1C3257D1" w14:textId="77777777" w:rsidR="00E90111" w:rsidRPr="007B2A26" w:rsidRDefault="00E90111" w:rsidP="00983E33">
+            <w:pPr>
+              <w:ind w:left="-34" w:right="-56"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="828" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="525F9B4E" w14:textId="7096E6E0" w:rsidR="00E90111" w:rsidRPr="007B2A26" w:rsidRDefault="00E90111" w:rsidP="007B2A26">
+            <w:pPr>
+              <w:ind w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E90111">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Эксплуатационная  документация</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="903" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="641BC0A0" w14:textId="77777777" w:rsidR="00E90111" w:rsidRPr="00E90111" w:rsidRDefault="00E90111" w:rsidP="00E90111">
+            <w:pPr>
+              <w:ind w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E90111">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>МВИ.БР 337-2018</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="38D5E9E2" w14:textId="77777777" w:rsidR="00E90111" w:rsidRPr="007B2A26" w:rsidRDefault="00E90111" w:rsidP="00983E33">
+            <w:pPr>
+              <w:ind w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="836" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="017A682F" w14:textId="7CDBFFC1" w:rsidR="00E90111" w:rsidRPr="007B2A26" w:rsidRDefault="005273C2" w:rsidP="00983E33">
+            <w:pPr>
+              <w:ind w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005273C2">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>пр. Советский, 41, 225411, г. Барановичи, Брестская область</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001644E2" w:rsidRPr="00CE012B" w14:paraId="57C646A9" w14:textId="77777777" w:rsidTr="001A6E33">
-[...17 lines deleted...]
-            <w:tcW w:w="992" w:type="dxa"/>
+      <w:tr w:rsidR="00E90111" w14:paraId="13CA59DB" w14:textId="77777777" w:rsidTr="00345965">
+        <w:trPr>
+          <w:trHeight w:val="230"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="242" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="51198F6A" w14:textId="77777777" w:rsidR="00E90111" w:rsidRPr="00E90111" w:rsidRDefault="00E90111" w:rsidP="00E90111">
+            <w:pPr>
+              <w:ind w:left="-84" w:right="-84"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E90111">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>8.2</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="44BEB834" w14:textId="5C9FC3BA" w:rsidR="00E90111" w:rsidRPr="007B2A26" w:rsidRDefault="00E90111" w:rsidP="00E90111">
+            <w:pPr>
+              <w:ind w:left="-84" w:right="-84"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E90111">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>*</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="779" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-            </w:tcBorders>
-[...2 lines deleted...]
-            <w:pPr>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="62E46049" w14:textId="77777777" w:rsidR="00E90111" w:rsidRPr="00E90111" w:rsidRDefault="00E90111" w:rsidP="00E90111">
+            <w:pPr>
+              <w:ind w:left="-34" w:right="-56"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E90111">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Обувь             специальная диэлектрическая</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="63AD6CFE" w14:textId="77777777" w:rsidR="00E90111" w:rsidRPr="007B2A26" w:rsidRDefault="00E90111" w:rsidP="007B2A26">
+            <w:pPr>
+              <w:ind w:left="-34" w:right="-56"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="487" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0F3B3EC4" w14:textId="5DEFE3EE" w:rsidR="00E90111" w:rsidRPr="007B2A26" w:rsidRDefault="00E90111" w:rsidP="007B2A26">
+            <w:pPr>
+              <w:ind w:left="-34" w:right="-56"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CE012B">
-[...8 lines deleted...]
-            <w:pPr>
+            <w:r w:rsidRPr="00E90111">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>22.19/29.113</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="925" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4FA4B849" w14:textId="77777777" w:rsidR="00E90111" w:rsidRPr="00E90111" w:rsidRDefault="00E90111" w:rsidP="00E90111">
+            <w:pPr>
+              <w:ind w:left="-34" w:right="-56"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E90111">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Испытание повышенным напряжением </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7D3EA610" w14:textId="77777777" w:rsidR="00E90111" w:rsidRPr="00E90111" w:rsidRDefault="00E90111" w:rsidP="00E90111">
+            <w:pPr>
+              <w:ind w:left="-34" w:right="-56"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E90111">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Ток, протекающий через изделие</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6EE3ADA8" w14:textId="77777777" w:rsidR="00E90111" w:rsidRPr="007B2A26" w:rsidRDefault="00E90111" w:rsidP="00983E33">
+            <w:pPr>
+              <w:ind w:left="-34" w:right="-56"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="828" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="73FCEF27" w14:textId="77777777" w:rsidR="00E90111" w:rsidRPr="00E90111" w:rsidRDefault="00E90111" w:rsidP="00E90111">
+            <w:pPr>
+              <w:ind w:right="-84"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E90111">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Эксплуатационная</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="496FA394" w14:textId="77777777" w:rsidR="00E90111" w:rsidRPr="00E90111" w:rsidRDefault="00E90111" w:rsidP="00E90111">
+            <w:pPr>
+              <w:ind w:right="-84"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E90111">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>документация</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2F89F8AC" w14:textId="77777777" w:rsidR="00E90111" w:rsidRPr="007B2A26" w:rsidRDefault="00E90111" w:rsidP="007B2A26">
+            <w:pPr>
+              <w:ind w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="903" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="40AF70D1" w14:textId="77777777" w:rsidR="00E90111" w:rsidRPr="00E90111" w:rsidRDefault="00E90111" w:rsidP="00E90111">
+            <w:pPr>
+              <w:ind w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E90111">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>МВИ. БР 337-2018</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5B15B506" w14:textId="77777777" w:rsidR="00E90111" w:rsidRPr="007B2A26" w:rsidRDefault="00E90111" w:rsidP="00983E33">
+            <w:pPr>
+              <w:ind w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="836" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="6ACE9F83" w14:textId="18388DE3" w:rsidR="00E90111" w:rsidRPr="007B2A26" w:rsidRDefault="005273C2" w:rsidP="00983E33">
+            <w:pPr>
+              <w:ind w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005273C2">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>пр. Советский, 41, 225411, г. Барановичи, Брестская область</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E90111" w14:paraId="2D86DCD8" w14:textId="77777777" w:rsidTr="00345965">
+        <w:trPr>
+          <w:trHeight w:val="230"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="242" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="3B4F9C21" w14:textId="77777777" w:rsidR="00D63C95" w:rsidRPr="00D63C95" w:rsidRDefault="00D63C95" w:rsidP="00D63C95">
+            <w:pPr>
+              <w:ind w:left="-84" w:right="-84"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00D63C95">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>9.1</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1FE618D5" w14:textId="7825811E" w:rsidR="00E90111" w:rsidRPr="007B2A26" w:rsidRDefault="00D63C95" w:rsidP="00D63C95">
+            <w:pPr>
+              <w:ind w:left="-84" w:right="-84"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D63C95">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>*</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="779" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="59535B20" w14:textId="3AEC3EC0" w:rsidR="00E90111" w:rsidRPr="007B2A26" w:rsidRDefault="00D63C95" w:rsidP="007B2A26">
+            <w:pPr>
+              <w:ind w:left="-34" w:right="-56"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D63C95">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Ручной инструмент для работ под напряжением</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="487" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6DDBB9DB" w14:textId="597443FF" w:rsidR="00E90111" w:rsidRPr="007B2A26" w:rsidRDefault="00D63C95" w:rsidP="007B2A26">
+            <w:pPr>
+              <w:ind w:left="-34" w:right="-56"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D63C95">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>25.73/29.113</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="925" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="410FBA15" w14:textId="77777777" w:rsidR="00D63C95" w:rsidRPr="00D63C95" w:rsidRDefault="00D63C95" w:rsidP="00D63C95">
+            <w:pPr>
+              <w:ind w:left="-34" w:right="-56"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D63C95">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Испытание повышенным напряжением изолирующей части</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="21760198" w14:textId="77777777" w:rsidR="00E90111" w:rsidRPr="007B2A26" w:rsidRDefault="00E90111" w:rsidP="00983E33">
+            <w:pPr>
+              <w:ind w:left="-34" w:right="-56"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="828" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="26BC52C3" w14:textId="77777777" w:rsidR="00D63C95" w:rsidRPr="00D63C95" w:rsidRDefault="00D63C95" w:rsidP="00D63C95">
+            <w:pPr>
+              <w:ind w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D63C95">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ТКП 290-2023 </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="21BFD364" w14:textId="77777777" w:rsidR="00D63C95" w:rsidRPr="00D63C95" w:rsidRDefault="00D63C95" w:rsidP="00D63C95">
+            <w:pPr>
+              <w:ind w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D63C95">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>п.10.12.2</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="571D60EB" w14:textId="77777777" w:rsidR="00D63C95" w:rsidRPr="00D63C95" w:rsidRDefault="00D63C95" w:rsidP="00D63C95">
+            <w:pPr>
+              <w:ind w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D63C95">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Приложение Ж</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1D1BFD0D" w14:textId="77777777" w:rsidR="00D63C95" w:rsidRPr="00D63C95" w:rsidRDefault="00D63C95" w:rsidP="00D63C95">
+            <w:pPr>
+              <w:ind w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D63C95">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>табл. Ж.1</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4727E196" w14:textId="77777777" w:rsidR="00E90111" w:rsidRPr="007B2A26" w:rsidRDefault="00E90111" w:rsidP="007B2A26">
+            <w:pPr>
+              <w:ind w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="903" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="45D84DE2" w14:textId="77777777" w:rsidR="00D63C95" w:rsidRPr="00D63C95" w:rsidRDefault="00D63C95" w:rsidP="00D63C95">
+            <w:pPr>
+              <w:ind w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D63C95">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>МВИ.БР 337-2018</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="60060843" w14:textId="77777777" w:rsidR="00E90111" w:rsidRPr="007B2A26" w:rsidRDefault="00E90111" w:rsidP="00983E33">
+            <w:pPr>
+              <w:ind w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="836" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="6277EB33" w14:textId="3E5EF018" w:rsidR="00E90111" w:rsidRPr="007B2A26" w:rsidRDefault="005273C2" w:rsidP="00983E33">
+            <w:pPr>
+              <w:ind w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005273C2">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>пр. Советский, 41, 225411, г. Барановичи, Брестская область</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00345965" w14:paraId="3DD73B82" w14:textId="77777777" w:rsidTr="00D63C95">
+        <w:trPr>
+          <w:trHeight w:val="230"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="242" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="33F05C2C" w14:textId="77777777" w:rsidR="00D63C95" w:rsidRPr="00D63C95" w:rsidRDefault="00D63C95" w:rsidP="00D63C95">
+            <w:pPr>
+              <w:ind w:left="-84" w:right="-84"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D63C95">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>10.1</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6C5EFA95" w14:textId="270CDA3B" w:rsidR="00345965" w:rsidRPr="007B2A26" w:rsidRDefault="00D63C95" w:rsidP="00D63C95">
+            <w:pPr>
+              <w:ind w:left="-84" w:right="-84"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D63C95">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>*</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="779" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="12C02882" w14:textId="5AA4B670" w:rsidR="00345965" w:rsidRPr="007B2A26" w:rsidRDefault="00D63C95" w:rsidP="007B2A26">
+            <w:pPr>
+              <w:ind w:left="-34" w:right="-56"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D63C95">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Указатели напряжения до 1000 В</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="487" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="70DEB8CC" w14:textId="6D838C3B" w:rsidR="00345965" w:rsidRPr="007B2A26" w:rsidRDefault="00D63C95" w:rsidP="007B2A26">
+            <w:pPr>
+              <w:ind w:left="-34" w:right="-56"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D63C95">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>26.51/29.113</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="925" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2B646571" w14:textId="74BC02DF" w:rsidR="00345965" w:rsidRPr="007B2A26" w:rsidRDefault="00D63C95" w:rsidP="00983E33">
+            <w:pPr>
+              <w:ind w:left="-34" w:right="-56"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D63C95">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Напряжение индикации</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="828" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6F195174" w14:textId="77777777" w:rsidR="00D63C95" w:rsidRPr="00D63C95" w:rsidRDefault="00D63C95" w:rsidP="00D63C95">
+            <w:pPr>
+              <w:ind w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D63C95">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Эксплуатационная</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3956B68B" w14:textId="77777777" w:rsidR="00D63C95" w:rsidRPr="00D63C95" w:rsidRDefault="00D63C95" w:rsidP="00D63C95">
+            <w:pPr>
+              <w:ind w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D63C95">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>документация</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4594794A" w14:textId="77777777" w:rsidR="00345965" w:rsidRPr="007B2A26" w:rsidRDefault="00345965" w:rsidP="007B2A26">
+            <w:pPr>
+              <w:ind w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="903" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7DB809D3" w14:textId="77777777" w:rsidR="00D63C95" w:rsidRPr="00D63C95" w:rsidRDefault="00D63C95" w:rsidP="00D63C95">
+            <w:pPr>
+              <w:ind w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D63C95">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>МВИ.БР 337-2018</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6BFDF288" w14:textId="77777777" w:rsidR="00345965" w:rsidRPr="007B2A26" w:rsidRDefault="00345965" w:rsidP="00983E33">
+            <w:pPr>
+              <w:ind w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="836" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="084E45C5" w14:textId="1FF83B9C" w:rsidR="00345965" w:rsidRPr="007B2A26" w:rsidRDefault="005273C2" w:rsidP="00983E33">
+            <w:pPr>
+              <w:ind w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005273C2">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>пр. Советский, 41, 225411, г. Барановичи, Брестская область</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E90111" w14:paraId="5CBC6771" w14:textId="77777777" w:rsidTr="00D63C95">
+        <w:trPr>
+          <w:trHeight w:val="230"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="242" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="7308C4A2" w14:textId="2C6D64C7" w:rsidR="00D63C95" w:rsidRPr="00D63C95" w:rsidRDefault="00D63C95" w:rsidP="00D63C95">
+            <w:pPr>
+              <w:ind w:left="-84" w:right="-84"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D63C95">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>10.</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="07C703F6" w14:textId="326C6D91" w:rsidR="00E90111" w:rsidRPr="007B2A26" w:rsidRDefault="00D63C95" w:rsidP="00D63C95">
+            <w:pPr>
+              <w:ind w:left="-84" w:right="-84"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D63C95">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
               <w:t>*</w:t>
             </w:r>
-            <w:r w:rsidR="00F25614">
-[...25 lines deleted...]
-            <w:tcW w:w="1418" w:type="dxa"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="779" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="78EFA43E" w14:textId="77777777" w:rsidR="00E90111" w:rsidRPr="007B2A26" w:rsidRDefault="00E90111" w:rsidP="007B2A26">
+            <w:pPr>
+              <w:ind w:left="-34" w:right="-56"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="487" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-            </w:tcBorders>
-[...3 lines deleted...]
-              <w:ind w:right="-108"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1C7CE15A" w14:textId="70D52636" w:rsidR="00E90111" w:rsidRPr="007B2A26" w:rsidRDefault="00D63C95" w:rsidP="007B2A26">
+            <w:pPr>
+              <w:ind w:left="-34" w:right="-56"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CE012B">
-[...10 lines deleted...]
-            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:r w:rsidRPr="00D63C95">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>26.51/29.113</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="925" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-            </w:tcBorders>
-[...119 lines deleted...]
-            <w:tcW w:w="2410" w:type="dxa"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="14B3AF6E" w14:textId="77777777" w:rsidR="00D63C95" w:rsidRPr="00D63C95" w:rsidRDefault="00D63C95" w:rsidP="00D63C95">
+            <w:pPr>
+              <w:ind w:left="-34" w:right="-56"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D63C95">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Проверка схемы повышенным испытательным напряжением переменного тока частотой 50 Гц</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7DDDF2DD" w14:textId="77777777" w:rsidR="00E90111" w:rsidRPr="007B2A26" w:rsidRDefault="00E90111" w:rsidP="00983E33">
+            <w:pPr>
+              <w:ind w:left="-34" w:right="-56"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="828" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="20AB4CDD" w14:textId="77777777" w:rsidR="00D63C95" w:rsidRPr="00D63C95" w:rsidRDefault="00D63C95" w:rsidP="00D63C95">
+            <w:pPr>
+              <w:ind w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D63C95">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Эксплуатационная</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="66B08B6E" w14:textId="77777777" w:rsidR="00D63C95" w:rsidRPr="00D63C95" w:rsidRDefault="00D63C95" w:rsidP="00D63C95">
+            <w:pPr>
+              <w:ind w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D63C95">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>документация или</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1DE1F04D" w14:textId="77777777" w:rsidR="00D63C95" w:rsidRPr="00D63C95" w:rsidRDefault="00D63C95" w:rsidP="00D63C95">
+            <w:pPr>
+              <w:ind w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D63C95">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>ТКП 290-2023</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7FCC7EAE" w14:textId="77777777" w:rsidR="00D63C95" w:rsidRPr="00D63C95" w:rsidRDefault="00D63C95" w:rsidP="00D63C95">
+            <w:pPr>
+              <w:ind w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D63C95">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">п.10.5.9.4, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6324C8B4" w14:textId="77777777" w:rsidR="00D63C95" w:rsidRPr="00D63C95" w:rsidRDefault="00D63C95" w:rsidP="00D63C95">
+            <w:pPr>
+              <w:ind w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D63C95">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>таблица Ж.1</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="46BAF8D4" w14:textId="77777777" w:rsidR="00E90111" w:rsidRPr="007B2A26" w:rsidRDefault="00E90111" w:rsidP="007B2A26">
+            <w:pPr>
+              <w:ind w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="903" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7F8ABCA6" w14:textId="77777777" w:rsidR="00D63C95" w:rsidRPr="00D63C95" w:rsidRDefault="00D63C95" w:rsidP="00D63C95">
+            <w:pPr>
+              <w:ind w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D63C95">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>МВИ.БР 337-2018</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0DE8B044" w14:textId="77777777" w:rsidR="00E90111" w:rsidRPr="007B2A26" w:rsidRDefault="00E90111" w:rsidP="00983E33">
+            <w:pPr>
+              <w:ind w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="836" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="32BECC9D" w14:textId="311BCA1C" w:rsidR="00E90111" w:rsidRPr="007B2A26" w:rsidRDefault="005273C2" w:rsidP="00983E33">
+            <w:pPr>
+              <w:ind w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005273C2">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>пр. Советский, 41, 225411, г. Барановичи, Брестская область</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E90111" w14:paraId="7427A97D" w14:textId="77777777" w:rsidTr="00D63C95">
+        <w:trPr>
+          <w:trHeight w:val="230"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="242" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="0289455C" w14:textId="0FD4E0E6" w:rsidR="00D63C95" w:rsidRPr="00D63C95" w:rsidRDefault="00D63C95" w:rsidP="00D63C95">
+            <w:pPr>
+              <w:ind w:left="-84" w:right="-84"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D63C95">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>10.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1C099E96" w14:textId="67368DAC" w:rsidR="00E90111" w:rsidRPr="007B2A26" w:rsidRDefault="00D63C95" w:rsidP="00D63C95">
+            <w:pPr>
+              <w:ind w:left="-84" w:right="-84"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D63C95">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>*</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="779" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3815AA4C" w14:textId="77777777" w:rsidR="00E90111" w:rsidRPr="007B2A26" w:rsidRDefault="00E90111" w:rsidP="007B2A26">
+            <w:pPr>
+              <w:ind w:left="-34" w:right="-56"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="487" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-            </w:tcBorders>
-[...110 lines deleted...]
-            <w:tcW w:w="1842" w:type="dxa"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3232FC3A" w14:textId="2ED7FC5E" w:rsidR="00E90111" w:rsidRPr="007B2A26" w:rsidRDefault="00D63C95" w:rsidP="007B2A26">
+            <w:pPr>
+              <w:ind w:left="-34" w:right="-56"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D63C95">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>26.51/29.113</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="925" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-            </w:tcBorders>
-[...13 lines deleted...]
-              <w:t>МВИ.БР 03-2015</w:t>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="69031602" w14:textId="1B65BDE1" w:rsidR="00E90111" w:rsidRPr="007B2A26" w:rsidRDefault="00D63C95" w:rsidP="00983E33">
+            <w:pPr>
+              <w:ind w:left="-34" w:right="-56"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D63C95">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Ток, протекающий через указатель при наибольшем рабочем напряжении</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="828" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="36C8BEB7" w14:textId="77777777" w:rsidR="00D63C95" w:rsidRPr="00D63C95" w:rsidRDefault="00D63C95" w:rsidP="00D63C95">
+            <w:pPr>
+              <w:ind w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D63C95">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Эксплуатационная</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4E4946B1" w14:textId="77777777" w:rsidR="00D63C95" w:rsidRPr="00D63C95" w:rsidRDefault="00D63C95" w:rsidP="00D63C95">
+            <w:pPr>
+              <w:ind w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D63C95">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>документация или</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6C29C525" w14:textId="77777777" w:rsidR="00D63C95" w:rsidRPr="00D63C95" w:rsidRDefault="00D63C95" w:rsidP="00D63C95">
+            <w:pPr>
+              <w:ind w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D63C95">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>ТКП 290-2023</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="197D1C46" w14:textId="77777777" w:rsidR="00D63C95" w:rsidRPr="00D63C95" w:rsidRDefault="00D63C95" w:rsidP="00D63C95">
+            <w:pPr>
+              <w:ind w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D63C95">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">п.10.5.9.4, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6FB25868" w14:textId="77777777" w:rsidR="00D63C95" w:rsidRPr="00D63C95" w:rsidRDefault="00D63C95" w:rsidP="00D63C95">
+            <w:pPr>
+              <w:ind w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D63C95">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>таблица Ж.1</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="36703BDF" w14:textId="77777777" w:rsidR="00E90111" w:rsidRPr="007B2A26" w:rsidRDefault="00E90111" w:rsidP="007B2A26">
+            <w:pPr>
+              <w:ind w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="903" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2A880A0A" w14:textId="77777777" w:rsidR="00D63C95" w:rsidRPr="00D63C95" w:rsidRDefault="00D63C95" w:rsidP="00D63C95">
+            <w:pPr>
+              <w:ind w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D63C95">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>МВИ.БР 337-2018</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0AB59821" w14:textId="77777777" w:rsidR="00E90111" w:rsidRPr="007B2A26" w:rsidRDefault="00E90111" w:rsidP="00983E33">
+            <w:pPr>
+              <w:ind w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="836" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="7399F3B7" w14:textId="3C5CE32E" w:rsidR="00E90111" w:rsidRPr="007B2A26" w:rsidRDefault="005273C2" w:rsidP="00983E33">
+            <w:pPr>
+              <w:ind w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005273C2">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>пр. Советский, 41, 225411, г. Барановичи, Брестская область</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001644E2" w:rsidRPr="00CE012B" w14:paraId="7D83BF5F" w14:textId="77777777" w:rsidTr="001A6E33">
-[...17 lines deleted...]
-            <w:tcW w:w="992" w:type="dxa"/>
+      <w:tr w:rsidR="00D63C95" w14:paraId="6C61E104" w14:textId="77777777" w:rsidTr="00D63C95">
+        <w:trPr>
+          <w:trHeight w:val="230"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="242" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="0965550A" w14:textId="36D0D8A5" w:rsidR="00D63C95" w:rsidRPr="00D63C95" w:rsidRDefault="00D63C95" w:rsidP="00D63C95">
+            <w:pPr>
+              <w:ind w:left="-84" w:right="-84"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D63C95">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>10.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2F1BA481" w14:textId="0F7C1A2E" w:rsidR="00D63C95" w:rsidRPr="007B2A26" w:rsidRDefault="00D63C95" w:rsidP="00D63C95">
+            <w:pPr>
+              <w:ind w:left="-84" w:right="-84"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D63C95">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>*</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="779" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5282C540" w14:textId="77777777" w:rsidR="00D63C95" w:rsidRPr="007B2A26" w:rsidRDefault="00D63C95" w:rsidP="007B2A26">
+            <w:pPr>
+              <w:ind w:left="-34" w:right="-56"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="487" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-            </w:tcBorders>
-[...2 lines deleted...]
-            <w:pPr>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7DD600A9" w14:textId="0C668101" w:rsidR="00D63C95" w:rsidRPr="007B2A26" w:rsidRDefault="00D63C95" w:rsidP="007B2A26">
+            <w:pPr>
+              <w:ind w:left="-34" w:right="-56"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CB5B58">
-[...8 lines deleted...]
-            <w:pPr>
+            <w:r w:rsidRPr="00D63C95">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>26.51/29.113</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="925" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7D5EA376" w14:textId="77777777" w:rsidR="00D63C95" w:rsidRPr="00D63C95" w:rsidRDefault="00D63C95" w:rsidP="00D63C95">
+            <w:pPr>
+              <w:ind w:left="-34" w:right="-56"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D63C95">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Испытание изоляции корпусов повышенным напряжением переменного тока частотой 50 Гц</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="15E4607D" w14:textId="77777777" w:rsidR="00D63C95" w:rsidRPr="007B2A26" w:rsidRDefault="00D63C95" w:rsidP="00983E33">
+            <w:pPr>
+              <w:ind w:left="-34" w:right="-56"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="828" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2AD4E6C0" w14:textId="77777777" w:rsidR="00D63C95" w:rsidRPr="00D63C95" w:rsidRDefault="00D63C95" w:rsidP="00D63C95">
+            <w:pPr>
+              <w:ind w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D63C95">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Эксплуатационная</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="44A52D5D" w14:textId="77777777" w:rsidR="00D63C95" w:rsidRPr="00D63C95" w:rsidRDefault="00D63C95" w:rsidP="00D63C95">
+            <w:pPr>
+              <w:ind w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D63C95">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>документация или</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0FCA2BEB" w14:textId="77777777" w:rsidR="00D63C95" w:rsidRPr="00D63C95" w:rsidRDefault="00D63C95" w:rsidP="00D63C95">
+            <w:pPr>
+              <w:ind w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D63C95">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>ТКП 290-2023</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5A0395C2" w14:textId="77777777" w:rsidR="00D63C95" w:rsidRPr="00D63C95" w:rsidRDefault="00D63C95" w:rsidP="00D63C95">
+            <w:pPr>
+              <w:ind w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D63C95">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">п.10.5.9.4, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="569526F1" w14:textId="77777777" w:rsidR="00D63C95" w:rsidRPr="00D63C95" w:rsidRDefault="00D63C95" w:rsidP="00D63C95">
+            <w:pPr>
+              <w:ind w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D63C95">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>таблица Ж.1</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="75565015" w14:textId="77777777" w:rsidR="00D63C95" w:rsidRPr="007B2A26" w:rsidRDefault="00D63C95" w:rsidP="007B2A26">
+            <w:pPr>
+              <w:ind w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="903" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2AEBF983" w14:textId="77777777" w:rsidR="00D63C95" w:rsidRPr="00D63C95" w:rsidRDefault="00D63C95" w:rsidP="00D63C95">
+            <w:pPr>
+              <w:ind w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D63C95">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>МВИ.БР 337-2018</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0B4B2A12" w14:textId="77777777" w:rsidR="00D63C95" w:rsidRPr="007B2A26" w:rsidRDefault="00D63C95" w:rsidP="00983E33">
+            <w:pPr>
+              <w:ind w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="836" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="5D99B281" w14:textId="4E48F5CD" w:rsidR="00D63C95" w:rsidRPr="007B2A26" w:rsidRDefault="005273C2" w:rsidP="00983E33">
+            <w:pPr>
+              <w:ind w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005273C2">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>пр. Советский, 41, 225411, г. Барановичи, Брестская область</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D63C95" w14:paraId="1E48FBE3" w14:textId="77777777" w:rsidTr="00D63C95">
+        <w:trPr>
+          <w:trHeight w:val="230"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="242" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="521D611E" w14:textId="77777777" w:rsidR="00D63C95" w:rsidRPr="00D63C95" w:rsidRDefault="00D63C95" w:rsidP="00D63C95">
+            <w:pPr>
+              <w:ind w:left="-84" w:right="-84"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00D63C95">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>11.1</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="473E979F" w14:textId="4C239536" w:rsidR="00D63C95" w:rsidRPr="007B2A26" w:rsidRDefault="00D63C95" w:rsidP="00D63C95">
+            <w:pPr>
+              <w:ind w:left="-84" w:right="-84"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D63C95">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>*</w:t>
             </w:r>
-            <w:r w:rsidR="00F25614">
-[...25 lines deleted...]
-            <w:tcW w:w="1418" w:type="dxa"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="779" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="10EE77C4" w14:textId="77777777" w:rsidR="00D63C95" w:rsidRPr="00D63C95" w:rsidRDefault="00D63C95" w:rsidP="00D63C95">
+            <w:pPr>
+              <w:ind w:left="-34" w:right="-56"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D63C95">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Указатели напряжения </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="474B968A" w14:textId="277549DC" w:rsidR="00D63C95" w:rsidRPr="007B2A26" w:rsidRDefault="00D63C95" w:rsidP="00D63C95">
+            <w:pPr>
+              <w:ind w:left="-34" w:right="-56"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D63C95">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>выше 1000 В</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="487" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-            </w:tcBorders>
-[...20 lines deleted...]
-            <w:tcW w:w="1559" w:type="dxa"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="39DAF590" w14:textId="731BF29E" w:rsidR="00D63C95" w:rsidRPr="007B2A26" w:rsidRDefault="00D63C95" w:rsidP="007B2A26">
+            <w:pPr>
+              <w:ind w:left="-34" w:right="-56"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D63C95">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>26.51/29.113</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="925" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-            </w:tcBorders>
-[...69 lines deleted...]
-            <w:tcW w:w="2410" w:type="dxa"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="08B00A79" w14:textId="77777777" w:rsidR="00D63C95" w:rsidRPr="00D63C95" w:rsidRDefault="00D63C95" w:rsidP="00D63C95">
+            <w:pPr>
+              <w:ind w:left="-34" w:right="-56"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D63C95">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Испытание повышенным напряжением электроизолирующей части, рабочей части.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="200B6F74" w14:textId="77777777" w:rsidR="00D63C95" w:rsidRPr="007B2A26" w:rsidRDefault="00D63C95" w:rsidP="00983E33">
+            <w:pPr>
+              <w:ind w:left="-34" w:right="-56"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="828" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1DA1EAD6" w14:textId="77777777" w:rsidR="00D63C95" w:rsidRPr="00D63C95" w:rsidRDefault="00D63C95" w:rsidP="00D63C95">
+            <w:pPr>
+              <w:ind w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D63C95">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ТКП 290-2023 </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="67BAC75E" w14:textId="77777777" w:rsidR="00D63C95" w:rsidRPr="00D63C95" w:rsidRDefault="00D63C95" w:rsidP="00D63C95">
+            <w:pPr>
+              <w:ind w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D63C95">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>п.10.5.3, п.10.5.6</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="037F40C3" w14:textId="77777777" w:rsidR="00D63C95" w:rsidRPr="00D63C95" w:rsidRDefault="00D63C95" w:rsidP="00D63C95">
+            <w:pPr>
+              <w:ind w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D63C95">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Приложение Ж</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="43E423A0" w14:textId="77777777" w:rsidR="00D63C95" w:rsidRPr="00D63C95" w:rsidRDefault="00D63C95" w:rsidP="00D63C95">
+            <w:pPr>
+              <w:ind w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D63C95">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>табл. Ж.1</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="71BF7C52" w14:textId="77777777" w:rsidR="00D63C95" w:rsidRPr="007B2A26" w:rsidRDefault="00D63C95" w:rsidP="007B2A26">
+            <w:pPr>
+              <w:ind w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="903" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="28D8D891" w14:textId="77777777" w:rsidR="00D63C95" w:rsidRPr="00D63C95" w:rsidRDefault="00D63C95" w:rsidP="00D63C95">
+            <w:pPr>
+              <w:ind w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D63C95">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>МВИ.БР 337-2018</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5A11450E" w14:textId="77777777" w:rsidR="00D63C95" w:rsidRPr="007B2A26" w:rsidRDefault="00D63C95" w:rsidP="00983E33">
+            <w:pPr>
+              <w:ind w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="836" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="6393203F" w14:textId="1885D102" w:rsidR="00D63C95" w:rsidRPr="007B2A26" w:rsidRDefault="005273C2" w:rsidP="00983E33">
+            <w:pPr>
+              <w:ind w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005273C2">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>пр. Советский, 41, 225411, г. Барановичи, Брестская область</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D63C95" w14:paraId="0FF56403" w14:textId="77777777" w:rsidTr="00D63C95">
+        <w:trPr>
+          <w:trHeight w:val="230"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="242" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="46CEA783" w14:textId="77777777" w:rsidR="00D63C95" w:rsidRPr="00D63C95" w:rsidRDefault="00D63C95" w:rsidP="00D63C95">
+            <w:pPr>
+              <w:ind w:left="-84" w:right="-84"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D63C95">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>11.2</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="72A1819B" w14:textId="00FD2FCD" w:rsidR="00D63C95" w:rsidRPr="007B2A26" w:rsidRDefault="00D63C95" w:rsidP="00D63C95">
+            <w:pPr>
+              <w:ind w:left="-84" w:right="-84"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D63C95">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>*</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="779" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="38F60527" w14:textId="77777777" w:rsidR="00D63C95" w:rsidRPr="007B2A26" w:rsidRDefault="00D63C95" w:rsidP="007B2A26">
+            <w:pPr>
+              <w:ind w:left="-34" w:right="-56"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="487" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-            </w:tcBorders>
-[...138 lines deleted...]
-            <w:tcW w:w="1842" w:type="dxa"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="51308E18" w14:textId="5365EFE6" w:rsidR="00D63C95" w:rsidRPr="007B2A26" w:rsidRDefault="00D63C95" w:rsidP="007B2A26">
+            <w:pPr>
+              <w:ind w:left="-34" w:right="-56"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D63C95">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>26.51/29.113</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="925" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-            </w:tcBorders>
-[...22 lines deleted...]
-            </w:pPr>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4EC82242" w14:textId="4E3156D3" w:rsidR="00D63C95" w:rsidRPr="007B2A26" w:rsidRDefault="00D63C95" w:rsidP="00983E33">
+            <w:pPr>
+              <w:ind w:left="-34" w:right="-56"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D63C95">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Напряжение индикации</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="828" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="025E17E6" w14:textId="77777777" w:rsidR="00D63C95" w:rsidRPr="00D63C95" w:rsidRDefault="00D63C95" w:rsidP="00D63C95">
+            <w:pPr>
+              <w:ind w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D63C95">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ТКП 290-2023 </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6EC7867A" w14:textId="77777777" w:rsidR="00D63C95" w:rsidRPr="00D63C95" w:rsidRDefault="00D63C95" w:rsidP="00D63C95">
+            <w:pPr>
+              <w:ind w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D63C95">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">п.10.5.3 </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="777EF1CD" w14:textId="77777777" w:rsidR="00D63C95" w:rsidRPr="00D63C95" w:rsidRDefault="00D63C95" w:rsidP="00D63C95">
+            <w:pPr>
+              <w:ind w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D63C95">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Приложение Ж</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5C0F4393" w14:textId="77777777" w:rsidR="00D63C95" w:rsidRPr="00D63C95" w:rsidRDefault="00D63C95" w:rsidP="00D63C95">
+            <w:pPr>
+              <w:ind w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D63C95">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>табл. Ж.1</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6ED71B42" w14:textId="77777777" w:rsidR="00D63C95" w:rsidRPr="007B2A26" w:rsidRDefault="00D63C95" w:rsidP="007B2A26">
+            <w:pPr>
+              <w:ind w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="903" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4D3DB8A6" w14:textId="6B7E9BCE" w:rsidR="00D63C95" w:rsidRPr="007B2A26" w:rsidRDefault="00D63C95" w:rsidP="00983E33">
+            <w:pPr>
+              <w:ind w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D63C95">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>МВИ. БР 337-2018</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="836" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="53E193F1" w14:textId="3CF4DE34" w:rsidR="00D63C95" w:rsidRPr="007B2A26" w:rsidRDefault="005273C2" w:rsidP="00983E33">
+            <w:pPr>
+              <w:ind w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005273C2">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>пр. Советский, 41, 225411, г. Барановичи, Брестская область</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00483A85" w:rsidRPr="00CE012B" w14:paraId="284BFF29" w14:textId="77777777" w:rsidTr="001A6E33">
-[...14 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00D63C95" w14:paraId="7F02EA80" w14:textId="77777777" w:rsidTr="00E90111">
         <w:trPr>
-          <w:cantSplit/>
+          <w:trHeight w:val="230"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcW w:w="242" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="6DF24660" w14:textId="77777777" w:rsidR="005273C2" w:rsidRPr="005273C2" w:rsidRDefault="005273C2" w:rsidP="005273C2">
+            <w:pPr>
+              <w:ind w:left="-84" w:right="-84"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005273C2">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>12.1</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4D76D706" w14:textId="0282D055" w:rsidR="00D63C95" w:rsidRPr="007B2A26" w:rsidRDefault="005273C2" w:rsidP="005273C2">
+            <w:pPr>
+              <w:ind w:left="-84" w:right="-84"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005273C2">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>*</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="779" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-            </w:tcBorders>
-[...441 lines deleted...]
-          <w:p w14:paraId="5BB5DEE0" w14:textId="77777777" w:rsidR="00A769F9" w:rsidRPr="00CE012B" w:rsidRDefault="00CB5B58" w:rsidP="003E579C">
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="143A8EF3" w14:textId="77777777" w:rsidR="005273C2" w:rsidRDefault="005273C2" w:rsidP="005273C2">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="7938"/>
               </w:tabs>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Перчатки       диэлектрические</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1418" w:type="dxa"/>
+              <w:t>Штанги электроизолирующие</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6323E1FC" w14:textId="77777777" w:rsidR="00D63C95" w:rsidRPr="007B2A26" w:rsidRDefault="00D63C95" w:rsidP="007B2A26">
+            <w:pPr>
+              <w:ind w:left="-34" w:right="-56"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="487" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-            </w:tcBorders>
-[...13 lines deleted...]
-            <w:tcW w:w="1559" w:type="dxa"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="72A17475" w14:textId="140E09B5" w:rsidR="00D63C95" w:rsidRPr="007B2A26" w:rsidRDefault="005273C2" w:rsidP="007B2A26">
+            <w:pPr>
+              <w:ind w:left="-34" w:right="-56"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005273C2">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>26.51/29.113</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="925" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-            </w:tcBorders>
-[...98 lines deleted...]
-            <w:tcW w:w="2410" w:type="dxa"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="57934E02" w14:textId="77777777" w:rsidR="005273C2" w:rsidRPr="005273C2" w:rsidRDefault="005273C2" w:rsidP="005273C2">
+            <w:pPr>
+              <w:ind w:left="-34" w:right="-56"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005273C2">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Испытание повышенным напряжением электроизолирующей части</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="36FDACA2" w14:textId="77777777" w:rsidR="00D63C95" w:rsidRPr="007B2A26" w:rsidRDefault="00D63C95" w:rsidP="00983E33">
+            <w:pPr>
+              <w:ind w:left="-34" w:right="-56"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="828" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="524714CB" w14:textId="77777777" w:rsidR="005273C2" w:rsidRPr="005273C2" w:rsidRDefault="005273C2" w:rsidP="005273C2">
+            <w:pPr>
+              <w:ind w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005273C2">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ТКП 290-2023 </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0BF599D9" w14:textId="77777777" w:rsidR="005273C2" w:rsidRPr="005273C2" w:rsidRDefault="005273C2" w:rsidP="005273C2">
+            <w:pPr>
+              <w:ind w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005273C2">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>п.10.2.2</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="681BD519" w14:textId="77777777" w:rsidR="005273C2" w:rsidRPr="005273C2" w:rsidRDefault="005273C2" w:rsidP="005273C2">
+            <w:pPr>
+              <w:ind w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005273C2">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Приложение Ж</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0ECB13ED" w14:textId="77777777" w:rsidR="005273C2" w:rsidRPr="005273C2" w:rsidRDefault="005273C2" w:rsidP="005273C2">
+            <w:pPr>
+              <w:ind w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005273C2">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>табл. Ж.1</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3CD48DB5" w14:textId="77777777" w:rsidR="00D63C95" w:rsidRPr="007B2A26" w:rsidRDefault="00D63C95" w:rsidP="007B2A26">
+            <w:pPr>
+              <w:ind w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="903" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4025AAC0" w14:textId="77777777" w:rsidR="005273C2" w:rsidRPr="005273C2" w:rsidRDefault="005273C2" w:rsidP="005273C2">
+            <w:pPr>
+              <w:ind w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005273C2">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>МВИ.БР 337-2018</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="414D1DD7" w14:textId="77777777" w:rsidR="00D63C95" w:rsidRPr="007B2A26" w:rsidRDefault="00D63C95" w:rsidP="00983E33">
+            <w:pPr>
+              <w:ind w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="836" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="467E86B7" w14:textId="71872250" w:rsidR="00D63C95" w:rsidRPr="007B2A26" w:rsidRDefault="005273C2" w:rsidP="00983E33">
+            <w:pPr>
+              <w:ind w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005273C2">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>пр. Советский, 41, 225411, г. Барановичи, Брестская область</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D63C95" w14:paraId="713FC871" w14:textId="77777777" w:rsidTr="00E90111">
+        <w:trPr>
+          <w:trHeight w:val="230"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="242" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="39094F63" w14:textId="0EC2DCC5" w:rsidR="005273C2" w:rsidRPr="005273C2" w:rsidRDefault="005273C2" w:rsidP="005273C2">
+            <w:pPr>
+              <w:ind w:left="-84" w:right="-84"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005273C2">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005273C2">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>.1</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0EFAD428" w14:textId="35375265" w:rsidR="00D63C95" w:rsidRPr="007B2A26" w:rsidRDefault="005273C2" w:rsidP="005273C2">
+            <w:pPr>
+              <w:ind w:left="-84" w:right="-84"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005273C2">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>*</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="779" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-            </w:tcBorders>
-[...7 lines deleted...]
-            </w:pPr>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="47A9B329" w14:textId="664893A6" w:rsidR="00D63C95" w:rsidRPr="007B2A26" w:rsidRDefault="005273C2" w:rsidP="007B2A26">
+            <w:pPr>
+              <w:ind w:left="-34" w:right="-56"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005273C2">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Клещи электроизолирующие</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="487" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="544B0150" w14:textId="42FFD739" w:rsidR="00D63C95" w:rsidRPr="007B2A26" w:rsidRDefault="005273C2" w:rsidP="007B2A26">
+            <w:pPr>
+              <w:ind w:left="-34" w:right="-56"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005273C2">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>26.51/29.113</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="925" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2D49BF66" w14:textId="77777777" w:rsidR="005273C2" w:rsidRPr="005273C2" w:rsidRDefault="005273C2" w:rsidP="005273C2">
+            <w:pPr>
+              <w:ind w:left="-34" w:right="-56"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005273C2">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Испытание повышенным напряжением электроизолирующей части </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5C7E3699" w14:textId="77777777" w:rsidR="00D63C95" w:rsidRPr="007B2A26" w:rsidRDefault="00D63C95" w:rsidP="00983E33">
+            <w:pPr>
+              <w:ind w:left="-34" w:right="-56"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="828" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0934C14C" w14:textId="77777777" w:rsidR="005273C2" w:rsidRPr="005273C2" w:rsidRDefault="005273C2" w:rsidP="005273C2">
+            <w:pPr>
+              <w:ind w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005273C2">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ТКП 290-2023 </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="47E838E1" w14:textId="77777777" w:rsidR="005273C2" w:rsidRPr="005273C2" w:rsidRDefault="005273C2" w:rsidP="005273C2">
+            <w:pPr>
+              <w:ind w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005273C2">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>п.10.3.2</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="32DAF963" w14:textId="77777777" w:rsidR="005273C2" w:rsidRPr="005273C2" w:rsidRDefault="005273C2" w:rsidP="005273C2">
+            <w:pPr>
+              <w:ind w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005273C2">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Приложение Ж</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="159E2927" w14:textId="77777777" w:rsidR="005273C2" w:rsidRPr="005273C2" w:rsidRDefault="005273C2" w:rsidP="005273C2">
+            <w:pPr>
+              <w:ind w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005273C2">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>табл. Ж.1</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="710171EE" w14:textId="77777777" w:rsidR="00D63C95" w:rsidRPr="007B2A26" w:rsidRDefault="00D63C95" w:rsidP="007B2A26">
+            <w:pPr>
+              <w:ind w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="903" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1F3F0B3D" w14:textId="77777777" w:rsidR="005273C2" w:rsidRPr="005273C2" w:rsidRDefault="005273C2" w:rsidP="005273C2">
+            <w:pPr>
+              <w:ind w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005273C2">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>МВИ.БР 337-2018</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5F7CBC4F" w14:textId="77777777" w:rsidR="00D63C95" w:rsidRPr="007B2A26" w:rsidRDefault="00D63C95" w:rsidP="00983E33">
+            <w:pPr>
+              <w:ind w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="836" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="4F50FE7C" w14:textId="54FAEBDB" w:rsidR="00D63C95" w:rsidRPr="007B2A26" w:rsidRDefault="005273C2" w:rsidP="00983E33">
+            <w:pPr>
+              <w:ind w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005273C2">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>пр. Советский, 41, 225411, г. Барановичи, Брестская область</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E90111" w14:paraId="17264436" w14:textId="77777777" w:rsidTr="00D63C95">
+        <w:trPr>
+          <w:trHeight w:val="230"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="242" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="0D96F9E1" w14:textId="69B10F62" w:rsidR="005273C2" w:rsidRPr="005273C2" w:rsidRDefault="005273C2" w:rsidP="005273C2">
+            <w:pPr>
+              <w:ind w:left="-84" w:right="-84"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005273C2">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Эксплуатационная  документация</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1842" w:type="dxa"/>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005273C2">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>.1</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="783FC634" w14:textId="73FCD499" w:rsidR="00E90111" w:rsidRPr="007B2A26" w:rsidRDefault="005273C2" w:rsidP="005273C2">
+            <w:pPr>
+              <w:ind w:left="-84" w:right="-84"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005273C2">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>*</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="779" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-            </w:tcBorders>
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00CE012B">
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="41A3AAEF" w14:textId="55899A15" w:rsidR="00E90111" w:rsidRPr="007B2A26" w:rsidRDefault="005273C2" w:rsidP="007B2A26">
+            <w:pPr>
+              <w:ind w:left="-34" w:right="-56"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005273C2">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Клещи </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005273C2">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>электроизмеритель</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005273C2">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>ные</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="487" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3EE157FC" w14:textId="50762A01" w:rsidR="00E90111" w:rsidRPr="007B2A26" w:rsidRDefault="005273C2" w:rsidP="007B2A26">
+            <w:pPr>
+              <w:ind w:left="-34" w:right="-56"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005273C2">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>26.51/29.113</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="925" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7960AEBC" w14:textId="77777777" w:rsidR="005273C2" w:rsidRPr="005273C2" w:rsidRDefault="005273C2" w:rsidP="005273C2">
+            <w:pPr>
+              <w:ind w:left="-34" w:right="-56"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005273C2">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Испытание повышенным напряжением электроизолирующей части </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="65F92B1F" w14:textId="77777777" w:rsidR="00E90111" w:rsidRPr="007B2A26" w:rsidRDefault="00E90111" w:rsidP="00983E33">
+            <w:pPr>
+              <w:ind w:left="-34" w:right="-56"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="828" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3A9DE4C4" w14:textId="77777777" w:rsidR="005273C2" w:rsidRPr="005273C2" w:rsidRDefault="005273C2" w:rsidP="005273C2">
+            <w:pPr>
+              <w:ind w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005273C2">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ТКП 290-2023 </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="565E0746" w14:textId="77777777" w:rsidR="005273C2" w:rsidRPr="005273C2" w:rsidRDefault="005273C2" w:rsidP="005273C2">
+            <w:pPr>
+              <w:ind w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005273C2">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>п.10.4.2</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7049DAA0" w14:textId="77777777" w:rsidR="005273C2" w:rsidRPr="005273C2" w:rsidRDefault="005273C2" w:rsidP="005273C2">
+            <w:pPr>
+              <w:ind w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005273C2">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Приложение Ж</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5C550FEE" w14:textId="77777777" w:rsidR="005273C2" w:rsidRPr="005273C2" w:rsidRDefault="005273C2" w:rsidP="005273C2">
+            <w:pPr>
+              <w:ind w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005273C2">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>табл. Ж.1</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4650F534" w14:textId="77777777" w:rsidR="005273C2" w:rsidRPr="005273C2" w:rsidRDefault="005273C2" w:rsidP="005273C2">
+            <w:pPr>
+              <w:ind w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="22F83688" w14:textId="77777777" w:rsidR="00E90111" w:rsidRPr="007B2A26" w:rsidRDefault="00E90111" w:rsidP="007B2A26">
+            <w:pPr>
+              <w:ind w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="903" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="13B2C594" w14:textId="77777777" w:rsidR="005273C2" w:rsidRPr="005273C2" w:rsidRDefault="005273C2" w:rsidP="005273C2">
+            <w:pPr>
+              <w:ind w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005273C2">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>МВИ.БР 337-2018</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="39EE9A41" w14:textId="77777777" w:rsidR="00A769F9" w:rsidRPr="00CE012B" w:rsidRDefault="00A769F9" w:rsidP="00B11890">
-[...5 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="2750B2F5" w14:textId="77777777" w:rsidR="00E90111" w:rsidRPr="007B2A26" w:rsidRDefault="00E90111" w:rsidP="00983E33">
+            <w:pPr>
+              <w:ind w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="836" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="5DEE39A4" w14:textId="36B7CDBF" w:rsidR="00E90111" w:rsidRPr="007B2A26" w:rsidRDefault="005273C2" w:rsidP="00983E33">
+            <w:pPr>
+              <w:ind w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005273C2">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>пр. Советский, 41, 225411, г. Барановичи, Брестская область</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CB5B58" w:rsidRPr="00CE012B" w14:paraId="39766C4F" w14:textId="77777777" w:rsidTr="001A6E33">
-[...14 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00D63C95" w14:paraId="06D6A549" w14:textId="77777777" w:rsidTr="00D63C95">
         <w:trPr>
-          <w:cantSplit/>
+          <w:trHeight w:val="230"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcW w:w="242" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="07E75050" w14:textId="61487530" w:rsidR="005273C2" w:rsidRPr="005273C2" w:rsidRDefault="005273C2" w:rsidP="005273C2">
+            <w:pPr>
+              <w:ind w:left="-84" w:right="-84"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005273C2">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005273C2">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>.1</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="439E7727" w14:textId="5000CE53" w:rsidR="00D63C95" w:rsidRPr="007B2A26" w:rsidRDefault="005273C2" w:rsidP="005273C2">
+            <w:pPr>
+              <w:ind w:left="-84" w:right="-84"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005273C2">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>*</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="779" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-            </w:tcBorders>
-[...2 lines deleted...]
-            <w:pPr>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="314DE91D" w14:textId="190047B8" w:rsidR="00D63C95" w:rsidRPr="007B2A26" w:rsidRDefault="005273C2" w:rsidP="007B2A26">
+            <w:pPr>
+              <w:ind w:left="-34" w:right="-56"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005273C2">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Указатели напряжения для проверки совпадения фаз</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="487" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="14F4BE20" w14:textId="30C85DB3" w:rsidR="00D63C95" w:rsidRPr="007B2A26" w:rsidRDefault="005273C2" w:rsidP="007B2A26">
+            <w:pPr>
+              <w:ind w:left="-34" w:right="-56"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...8 lines deleted...]
-            <w:pPr>
+            <w:r w:rsidRPr="005273C2">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>26.51/29.113</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="925" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="41B3C700" w14:textId="77777777" w:rsidR="005273C2" w:rsidRPr="005273C2" w:rsidRDefault="005273C2" w:rsidP="005273C2">
+            <w:pPr>
+              <w:ind w:left="-34" w:right="-56"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005273C2">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Испытание повышенным напряжением переменного тока частотой 50 Гц изолирующих частей и соединительного провода</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4760B8F7" w14:textId="77777777" w:rsidR="00D63C95" w:rsidRDefault="00D63C95" w:rsidP="00983E33">
+            <w:pPr>
+              <w:ind w:left="-34" w:right="-56"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1B55708E" w14:textId="77777777" w:rsidR="005273C2" w:rsidRDefault="005273C2" w:rsidP="00983E33">
+            <w:pPr>
+              <w:ind w:left="-34" w:right="-56"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1B1AFA3D" w14:textId="77777777" w:rsidR="005273C2" w:rsidRDefault="005273C2" w:rsidP="00983E33">
+            <w:pPr>
+              <w:ind w:left="-34" w:right="-56"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0C2E9B22" w14:textId="77777777" w:rsidR="005273C2" w:rsidRPr="007B2A26" w:rsidRDefault="005273C2" w:rsidP="00983E33">
+            <w:pPr>
+              <w:ind w:left="-34" w:right="-56"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="828" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6BA0087D" w14:textId="77777777" w:rsidR="005273C2" w:rsidRPr="005273C2" w:rsidRDefault="005273C2" w:rsidP="005273C2">
+            <w:pPr>
+              <w:ind w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005273C2">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>ТКП 290-2023</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7572A63B" w14:textId="77777777" w:rsidR="005273C2" w:rsidRPr="005273C2" w:rsidRDefault="005273C2" w:rsidP="005273C2">
+            <w:pPr>
+              <w:ind w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005273C2">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>п.10.6.2</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4A602B55" w14:textId="77777777" w:rsidR="005273C2" w:rsidRPr="005273C2" w:rsidRDefault="005273C2" w:rsidP="005273C2">
+            <w:pPr>
+              <w:ind w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005273C2">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Приложение Ж</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="666B2621" w14:textId="77777777" w:rsidR="005273C2" w:rsidRPr="005273C2" w:rsidRDefault="005273C2" w:rsidP="005273C2">
+            <w:pPr>
+              <w:ind w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005273C2">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>табл. Ж.1</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="73022218" w14:textId="77777777" w:rsidR="00D63C95" w:rsidRPr="007B2A26" w:rsidRDefault="00D63C95" w:rsidP="007B2A26">
+            <w:pPr>
+              <w:ind w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="903" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0FCEB25A" w14:textId="77777777" w:rsidR="005273C2" w:rsidRPr="005273C2" w:rsidRDefault="005273C2" w:rsidP="005273C2">
+            <w:pPr>
+              <w:ind w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005273C2">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>МВИ.БР 337-2018</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="33E2DC25" w14:textId="77777777" w:rsidR="00D63C95" w:rsidRPr="007B2A26" w:rsidRDefault="00D63C95" w:rsidP="00983E33">
+            <w:pPr>
+              <w:ind w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="836" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="212440CC" w14:textId="1C177429" w:rsidR="00D63C95" w:rsidRPr="007B2A26" w:rsidRDefault="005273C2" w:rsidP="00983E33">
+            <w:pPr>
+              <w:ind w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005273C2">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>пр. Советский, 41, 225411, г. Барановичи, Брестская область</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D63C95" w14:paraId="40E5B42F" w14:textId="77777777" w:rsidTr="005273C2">
+        <w:trPr>
+          <w:trHeight w:val="230"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="242" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="62CCB0B8" w14:textId="77777777" w:rsidR="005273C2" w:rsidRPr="005273C2" w:rsidRDefault="005273C2" w:rsidP="005273C2">
+            <w:pPr>
+              <w:ind w:left="-84" w:right="-84"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...3464 lines deleted...]
-            <w:r w:rsidRPr="00D86620">
+            <w:r w:rsidRPr="005273C2">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>16.1</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3B6C8F20" w14:textId="77777777" w:rsidR="0020715A" w:rsidRPr="00D86620" w:rsidRDefault="0020715A" w:rsidP="008608EC">
-            <w:pPr>
+          <w:p w14:paraId="18510C52" w14:textId="61A47508" w:rsidR="00D63C95" w:rsidRPr="007B2A26" w:rsidRDefault="005273C2" w:rsidP="005273C2">
+            <w:pPr>
+              <w:ind w:left="-84" w:right="-84"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="005273C2">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>**</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1559" w:type="dxa"/>
-            <w:vMerge w:val="restart"/>
+            <w:tcW w:w="779" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-            </w:tcBorders>
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00D86620">
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="43DF92E4" w14:textId="77777777" w:rsidR="005273C2" w:rsidRPr="005273C2" w:rsidRDefault="005273C2" w:rsidP="005273C2">
+            <w:pPr>
+              <w:ind w:left="-34" w:right="-56"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005273C2">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Устройства защитного </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0B429C85" w14:textId="77777777" w:rsidR="00D44B4F" w:rsidRPr="00D86620" w:rsidRDefault="00D44B4F" w:rsidP="00D44B4F">
-[...20 lines deleted...]
-            <w:tcW w:w="1418" w:type="dxa"/>
+          <w:p w14:paraId="78525BF6" w14:textId="73131329" w:rsidR="00D63C95" w:rsidRPr="007B2A26" w:rsidRDefault="005273C2" w:rsidP="005273C2">
+            <w:pPr>
+              <w:ind w:left="-34" w:right="-56"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="005273C2">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>отключения (УЗО-Д)</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="005273C2">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> управляемые дифференциальным током типа АС</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="487" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-            </w:tcBorders>
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00D86620">
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0A9ED2B9" w14:textId="4D6E4FB6" w:rsidR="00D63C95" w:rsidRPr="007B2A26" w:rsidRDefault="005273C2" w:rsidP="007B2A26">
+            <w:pPr>
+              <w:ind w:left="-34" w:right="-56"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005273C2">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>27.90/22.000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcW w:w="925" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-            </w:tcBorders>
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00D86620">
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="79F2F6D6" w14:textId="77777777" w:rsidR="005273C2" w:rsidRPr="005273C2" w:rsidRDefault="005273C2" w:rsidP="005273C2">
+            <w:pPr>
+              <w:ind w:left="-34" w:right="-56"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005273C2">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Отключающий дифференциальный ток </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="66530159" w14:textId="77777777" w:rsidR="00D44B4F" w:rsidRPr="00D86620" w:rsidRDefault="00D44B4F">
-[...10 lines deleted...]
-            <w:tcW w:w="2410" w:type="dxa"/>
+          <w:p w14:paraId="0A06BB7B" w14:textId="77777777" w:rsidR="00D63C95" w:rsidRPr="007B2A26" w:rsidRDefault="00D63C95" w:rsidP="00983E33">
+            <w:pPr>
+              <w:ind w:left="-34" w:right="-56"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="828" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0DF5FC59" w14:textId="77777777" w:rsidR="005273C2" w:rsidRPr="005273C2" w:rsidRDefault="005273C2" w:rsidP="005273C2">
+            <w:pPr>
+              <w:ind w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005273C2">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ТКП 181-2023 </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="30DE8C85" w14:textId="77777777" w:rsidR="005273C2" w:rsidRPr="005273C2" w:rsidRDefault="005273C2" w:rsidP="005273C2">
+            <w:pPr>
+              <w:ind w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005273C2">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>п.Б.27.7</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="64C187E8" w14:textId="77777777" w:rsidR="005273C2" w:rsidRPr="005273C2" w:rsidRDefault="005273C2" w:rsidP="005273C2">
+            <w:pPr>
+              <w:ind w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005273C2">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ТКП 339-2022 </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6F87B4F5" w14:textId="77777777" w:rsidR="005273C2" w:rsidRPr="005273C2" w:rsidRDefault="005273C2" w:rsidP="005273C2">
+            <w:pPr>
+              <w:ind w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005273C2">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>п.4.4.26.7 (г)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="44360780" w14:textId="77777777" w:rsidR="005273C2" w:rsidRPr="005273C2" w:rsidRDefault="005273C2" w:rsidP="005273C2">
+            <w:pPr>
+              <w:ind w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005273C2">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>СН 4.04.01-2019</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="67CA93F0" w14:textId="77777777" w:rsidR="005273C2" w:rsidRPr="005273C2" w:rsidRDefault="005273C2" w:rsidP="005273C2">
+            <w:pPr>
+              <w:ind w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005273C2">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>п.16.3.8</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3F5320F8" w14:textId="77777777" w:rsidR="00D63C95" w:rsidRPr="007B2A26" w:rsidRDefault="00D63C95" w:rsidP="007B2A26">
+            <w:pPr>
+              <w:ind w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="903" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7324A847" w14:textId="2800F037" w:rsidR="00D63C95" w:rsidRPr="007B2A26" w:rsidRDefault="005273C2" w:rsidP="00983E33">
+            <w:pPr>
+              <w:ind w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005273C2">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>АМИ.БР 0006-2021</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="836" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="605891FE" w14:textId="7A51C9DD" w:rsidR="00D63C95" w:rsidRPr="007B2A26" w:rsidRDefault="005273C2" w:rsidP="00983E33">
+            <w:pPr>
+              <w:ind w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005273C2">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>пр. Советский, 41, 225411, г. Барановичи, Брестская область</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D63C95" w14:paraId="49071592" w14:textId="77777777" w:rsidTr="005273C2">
+        <w:trPr>
+          <w:trHeight w:val="230"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="242" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="2275B81C" w14:textId="77777777" w:rsidR="005273C2" w:rsidRPr="005273C2" w:rsidRDefault="005273C2" w:rsidP="005273C2">
+            <w:pPr>
+              <w:ind w:left="-84" w:right="-84"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005273C2">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>16.2</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="19711894" w14:textId="1924E06B" w:rsidR="00D63C95" w:rsidRPr="007B2A26" w:rsidRDefault="005273C2" w:rsidP="005273C2">
+            <w:pPr>
+              <w:ind w:left="-84" w:right="-84"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005273C2">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>**</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="779" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="22C89486" w14:textId="77777777" w:rsidR="00D63C95" w:rsidRPr="007B2A26" w:rsidRDefault="00D63C95" w:rsidP="007B2A26">
+            <w:pPr>
+              <w:ind w:left="-34" w:right="-56"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="487" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-            </w:tcBorders>
-[...103 lines deleted...]
-            <w:r>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="03F69959" w14:textId="39D3D8EA" w:rsidR="00D63C95" w:rsidRPr="007B2A26" w:rsidRDefault="005273C2" w:rsidP="007B2A26">
+            <w:pPr>
+              <w:ind w:left="-34" w:right="-56"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005273C2">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>27.90/22.000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="925" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2DA8B17C" w14:textId="77777777" w:rsidR="005273C2" w:rsidRPr="005273C2" w:rsidRDefault="005273C2" w:rsidP="005273C2">
+            <w:pPr>
+              <w:ind w:left="-34" w:right="-56"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005273C2">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Время отключения при номинальном напряжении</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="26659572" w14:textId="77777777" w:rsidR="00D63C95" w:rsidRPr="007B2A26" w:rsidRDefault="00D63C95" w:rsidP="00983E33">
+            <w:pPr>
+              <w:ind w:left="-34" w:right="-56"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="828" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="41489015" w14:textId="77777777" w:rsidR="005273C2" w:rsidRPr="005273C2" w:rsidRDefault="005273C2" w:rsidP="005273C2">
+            <w:pPr>
+              <w:ind w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005273C2">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ТКП 181-2023 </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="17CC3ED6" w14:textId="77777777" w:rsidR="005273C2" w:rsidRPr="005273C2" w:rsidRDefault="005273C2" w:rsidP="005273C2">
+            <w:pPr>
+              <w:ind w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005273C2">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>п.Б.27.7</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="11935CFB" w14:textId="77777777" w:rsidR="005273C2" w:rsidRPr="005273C2" w:rsidRDefault="005273C2" w:rsidP="005273C2">
+            <w:pPr>
+              <w:ind w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005273C2">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ТКП 339-2022 </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2222ED0A" w14:textId="5D62B65D" w:rsidR="00D63C95" w:rsidRPr="007B2A26" w:rsidRDefault="005273C2" w:rsidP="005273C2">
+            <w:pPr>
+              <w:ind w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005273C2">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>п.4.4.26.7 (д)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="903" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="30EC5C12" w14:textId="24DD9B58" w:rsidR="00D63C95" w:rsidRPr="007B2A26" w:rsidRDefault="005273C2" w:rsidP="00983E33">
+            <w:pPr>
+              <w:ind w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005273C2">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>АМИ.БР 0006-2021</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="836" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="7694E44B" w14:textId="68F5CA24" w:rsidR="00D63C95" w:rsidRPr="007B2A26" w:rsidRDefault="005273C2" w:rsidP="00983E33">
+            <w:pPr>
+              <w:ind w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005273C2">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>пр. Советский, 41, 225411, г. Барановичи, Брестская область</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005273C2" w14:paraId="55F7DEAA" w14:textId="77777777" w:rsidTr="005273C2">
+        <w:trPr>
+          <w:trHeight w:val="230"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="242" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="4E3D1B00" w14:textId="77777777" w:rsidR="005273C2" w:rsidRPr="005273C2" w:rsidRDefault="005273C2" w:rsidP="005273C2">
+            <w:pPr>
+              <w:ind w:left="-84" w:right="-84"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005273C2">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>16.3</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="210EB662" w14:textId="3C9AE8E2" w:rsidR="005273C2" w:rsidRPr="007B2A26" w:rsidRDefault="005273C2" w:rsidP="005273C2">
+            <w:pPr>
+              <w:ind w:left="-84" w:right="-84"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005273C2">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>**</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="779" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4C779DED" w14:textId="77777777" w:rsidR="005273C2" w:rsidRPr="007B2A26" w:rsidRDefault="005273C2" w:rsidP="007B2A26">
+            <w:pPr>
+              <w:ind w:left="-34" w:right="-56"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="487" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="23F25C26" w14:textId="1126A43E" w:rsidR="005273C2" w:rsidRPr="007B2A26" w:rsidRDefault="005273C2" w:rsidP="007B2A26">
+            <w:pPr>
+              <w:ind w:left="-34" w:right="-56"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005273C2">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>27.90/22.000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="925" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2653762E" w14:textId="77777777" w:rsidR="005273C2" w:rsidRPr="005273C2" w:rsidRDefault="005273C2" w:rsidP="005273C2">
+            <w:pPr>
+              <w:ind w:left="-34" w:right="-56"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005273C2">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ток утечки защищаемой электроустановки </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="23C5E97C" w14:textId="77777777" w:rsidR="005273C2" w:rsidRPr="007B2A26" w:rsidRDefault="005273C2" w:rsidP="00983E33">
+            <w:pPr>
+              <w:ind w:left="-34" w:right="-56"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="828" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="66F849D1" w14:textId="77777777" w:rsidR="005273C2" w:rsidRPr="005273C2" w:rsidRDefault="005273C2" w:rsidP="005273C2">
+            <w:pPr>
+              <w:ind w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005273C2">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>ТКП 181-2023</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5E34B7BB" w14:textId="77777777" w:rsidR="005273C2" w:rsidRPr="005273C2" w:rsidRDefault="005273C2" w:rsidP="005273C2">
+            <w:pPr>
+              <w:ind w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005273C2">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>п.Б.27.7</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="277974D9" w14:textId="77777777" w:rsidR="005273C2" w:rsidRPr="005273C2" w:rsidRDefault="005273C2" w:rsidP="005273C2">
+            <w:pPr>
+              <w:ind w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005273C2">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>СН 4.04.01-2019</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="40072A3D" w14:textId="77777777" w:rsidR="00D44B4F" w:rsidRPr="00D86620" w:rsidRDefault="00D44B4F">
-[...606 lines deleted...]
-            <w:r w:rsidRPr="00D86620">
+          <w:p w14:paraId="79848298" w14:textId="77777777" w:rsidR="005273C2" w:rsidRPr="005273C2" w:rsidRDefault="005273C2" w:rsidP="005273C2">
+            <w:pPr>
+              <w:ind w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005273C2">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>п.16.3.7</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="69918E4C" w14:textId="77777777" w:rsidR="0020715A" w:rsidRPr="00D86620" w:rsidRDefault="0020715A" w:rsidP="001B277E">
-[...56 lines deleted...]
-              <w:t>21</w:t>
+          <w:p w14:paraId="7A9AFF0D" w14:textId="77777777" w:rsidR="005273C2" w:rsidRPr="007B2A26" w:rsidRDefault="005273C2" w:rsidP="007B2A26">
+            <w:pPr>
+              <w:ind w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="903" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2737A117" w14:textId="6CEF9E5F" w:rsidR="005273C2" w:rsidRPr="007B2A26" w:rsidRDefault="005273C2" w:rsidP="00983E33">
+            <w:pPr>
+              <w:ind w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005273C2">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>АМИ.БР 0006-2021</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="836" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="1C2BC381" w14:textId="33AFD334" w:rsidR="005273C2" w:rsidRPr="007B2A26" w:rsidRDefault="005273C2" w:rsidP="00983E33">
+            <w:pPr>
+              <w:ind w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005273C2">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>пр. Советский, 41, 225411, г. Барановичи, Брестская область</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="5409E0B7" w14:textId="77777777" w:rsidR="008D1857" w:rsidRDefault="008D1857" w:rsidP="008D1857">
+    <w:p w14:paraId="2B104063" w14:textId="77777777" w:rsidR="00B67028" w:rsidRDefault="00B67028"/>
+    <w:p w14:paraId="600465CA" w14:textId="77777777" w:rsidR="00C96A4E" w:rsidRDefault="00C96A4E" w:rsidP="00C96A4E">
       <w:pPr>
-        <w:ind w:left="426"/>
-        <w:jc w:val="both"/>
+        <w:ind w:left="142" w:hanging="142"/>
         <w:rPr>
           <w:b/>
-          <w:bCs/>
-[...1 lines deleted...]
-          <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_Hlk110951113"/>
-[...4 lines deleted...]
-        <w:jc w:val="both"/>
+      <w:r w:rsidRPr="00E53332">
         <w:rPr>
           <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">Примечание: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="21B44596" w14:textId="2B7E2725" w:rsidR="00D63C95" w:rsidRPr="00D63C95" w:rsidRDefault="00D63C95" w:rsidP="00D63C95">
+      <w:pPr>
+        <w:ind w:left="142" w:hanging="142"/>
+        <w:rPr>
           <w:bCs/>
-          <w:i/>
-[...2 lines deleted...]
-          <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00351863">
+      <w:r w:rsidRPr="00D63C95">
         <w:rPr>
-          <w:b/>
           <w:bCs/>
-          <w:i/>
-[...21 lines deleted...]
-          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">* – </w:t>
       </w:r>
       <w:bookmarkStart w:id="1" w:name="_Hlk78531010"/>
+      <w:r w:rsidRPr="00D63C95">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>осуществление деятельности непосредственно в органе по оценке соответствия (далее – ООС);</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="1"/>
+    </w:p>
+    <w:p w14:paraId="2101E03E" w14:textId="23C1EA39" w:rsidR="00C96A4E" w:rsidRPr="00F37F2B" w:rsidRDefault="00C96A4E" w:rsidP="00D63C95">
+      <w:r w:rsidRPr="00E53332">
+        <w:t>** – осуществлени</w:t>
+      </w:r>
       <w:r>
-        <w:rPr>
-[...4 lines deleted...]
-        <w:t>деятельность осуществляется непосредственно в органе по оценке соответствия (далее – ООС);</w:t>
+        <w:t>е</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E53332">
+        <w:t xml:space="preserve"> деятельности непосредственно в месте(ах) осуществления деятельности заявителя на аккредитацию (аккредитованного субъекта) и за его пределами</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
-[...167 lines deleted...]
-      <w:cols w:space="720"/>
+    <w:sectPr w:rsidR="00C96A4E" w:rsidRPr="00F37F2B" w:rsidSect="00306EC9">
+      <w:headerReference w:type="default" r:id="rId8"/>
+      <w:footerReference w:type="default" r:id="rId9"/>
+      <w:headerReference w:type="first" r:id="rId10"/>
+      <w:footerReference w:type="first" r:id="rId11"/>
+      <w:pgSz w:w="16838" w:h="11906" w:orient="landscape"/>
+      <w:pgMar w:top="1134" w:right="567" w:bottom="1134" w:left="1701" w:header="567" w:footer="335" w:gutter="0"/>
+      <w:cols w:space="708"/>
       <w:titlePg/>
-      <w:docGrid w:linePitch="272"/>
+      <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="553A186F" w14:textId="77777777" w:rsidR="006F686E" w:rsidRDefault="006F686E" w:rsidP="00A4073C">
-[...2 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="4CC3ED49" w14:textId="77777777" w:rsidR="00786D15" w:rsidRDefault="00786D15" w:rsidP="0011070C">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0ACB2957" w14:textId="77777777" w:rsidR="006F686E" w:rsidRDefault="006F686E" w:rsidP="00A4073C">
-[...2 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="3C912F2D" w14:textId="77777777" w:rsidR="00786D15" w:rsidRDefault="00786D15" w:rsidP="0011070C">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri">
-    <w:panose1 w:val="020F0502020204030204"/>
+  <w:font w:name="Cambria">
+    <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
-    <w:family w:val="swiss"/>
+    <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="ArialMT">
-    <w:altName w:val="MS Mincho"/>
+    <w:altName w:val="Times New Roman"/>
     <w:panose1 w:val="00000000000000000000"/>
-    <w:charset w:val="CC"/>
+    <w:charset w:val="80"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
-    <w:sig w:usb0="00000203" w:usb1="08070000" w:usb2="00000010" w:usb3="00000000" w:csb0="00020005" w:csb1="00000000"/>
-[...7 lines deleted...]
-    <w:sig w:usb0="B00002AF" w:usb1="69D77CFB" w:usb2="00000030" w:usb3="00000000" w:csb0="0008009F" w:csb1="00000000"/>
+    <w:sig w:usb0="00000001" w:usb1="08070000" w:usb2="00000010" w:usb3="00000000" w:csb0="00020000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="55454613" w14:textId="77777777" w:rsidR="00A22539" w:rsidRDefault="00A22539"/>
+  <w:p>
+    <w:pPr>
+      <w:rPr>
+        <w:sz w:val="2"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r xmlns:v="urn:schemas-microsoft-com:vml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
+      <w:pict xmlns:v="urn:schemas-microsoft-com:vml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
+        <v:shape xmlns:v="urn:schemas-microsoft-com:vml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" id="WatermarkShape" type="#_x0000_t75" style="position:absolute; left:-330pt; top:225pt; width:700pt; height:40pt; rotation:270; fill-opacity:0.3; mso-wrap-style:behind; z-index:-1; mso-position-horizontal:absolute; mso-position-vertical:absolute; mso-position-horizontal-relative:page; mso-position-vertical-relative:page;" stroked="f" filled="t">
+          <v:imagedata xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rIdWmImg2" o:title=""/>
+        </v:shape>
+      </w:pict>
+    </w:r>
+  </w:p>
   <w:tbl>
     <w:tblPr>
-      <w:tblW w:w="10524" w:type="dxa"/>
-[...7 lines deleted...]
-      <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      <w:tblW w:w="5000" w:type="pct"/>
+      <w:tblLook w:val="00A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
     </w:tblPr>
     <w:tblGrid>
-      <w:gridCol w:w="3652"/>
-[...1 lines deleted...]
-      <w:gridCol w:w="3436"/>
+      <w:gridCol w:w="12873"/>
+      <w:gridCol w:w="1697"/>
     </w:tblGrid>
-    <w:tr w:rsidR="00A22539" w:rsidRPr="007772A3" w14:paraId="14C688C7" w14:textId="77777777" w:rsidTr="00570FBD">
+    <w:tr w:rsidR="00222A33" w:rsidRPr="007624CE" w14:paraId="7F34FDD8" w14:textId="77777777" w:rsidTr="001F0D52">
+      <w:trPr>
+        <w:trHeight w:val="66"/>
+      </w:trPr>
       <w:tc>
         <w:tcPr>
-          <w:tcW w:w="3652" w:type="dxa"/>
+          <w:tcW w:w="12900" w:type="dxa"/>
           <w:tcBorders>
-            <w:top w:val="nil"/>
-[...2 lines deleted...]
-            <w:right w:val="nil"/>
+            <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           </w:tcBorders>
+          <w:vAlign w:val="center"/>
+          <w:hideMark/>
         </w:tcPr>
-        <w:p w14:paraId="5D9E3499" w14:textId="77777777" w:rsidR="001732D3" w:rsidRDefault="001732D3" w:rsidP="002347B0">
+        <w:p w14:paraId="063D6947" w14:textId="41F69FD5" w:rsidR="00222A33" w:rsidRPr="00BF5CCF" w:rsidRDefault="00E0149E" w:rsidP="00C96A4E">
           <w:pPr>
-            <w:pStyle w:val="a8"/>
-[...7 lines deleted...]
-          <w:pPr>
+            <w:tabs>
+              <w:tab w:val="left" w:pos="5093"/>
+              <w:tab w:val="left" w:pos="11639"/>
+            </w:tabs>
             <w:overflowPunct w:val="0"/>
             <w:autoSpaceDE w:val="0"/>
             <w:autoSpaceDN w:val="0"/>
             <w:adjustRightInd w:val="0"/>
-            <w:spacing w:line="276" w:lineRule="auto"/>
-            <w:jc w:val="center"/>
+            <w:ind w:left="108" w:right="-314"/>
             <w:rPr>
               <w:rFonts w:eastAsia="ArialMT"/>
-              <w:sz w:val="24"/>
-[...1 lines deleted...]
-              <w:lang w:eastAsia="ru-RU"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
-          <w:r>
+          <w:r w:rsidRPr="00E0149E">
             <w:rPr>
               <w:rFonts w:eastAsia="ArialMT"/>
-              <w:sz w:val="24"/>
-[...1 lines deleted...]
-              <w:lang w:eastAsia="ru-RU"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
             </w:rPr>
-            <w:t xml:space="preserve">    </w:t>
+            <w:t xml:space="preserve">Часть № 1.  Дата принятия решения по аккредитации: </w:t>
           </w:r>
-          <w:r w:rsidR="001732D3">
+          <w:r w:rsidR="005273C2">
             <w:rPr>
               <w:rFonts w:eastAsia="ArialMT"/>
-              <w:sz w:val="24"/>
-[...1 lines deleted...]
-              <w:lang w:eastAsia="ru-RU"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
             </w:rPr>
-            <w:t>_______________________</w:t>
+            <w:t>24</w:t>
           </w:r>
-          <w:r w:rsidR="00351863">
+          <w:r w:rsidRPr="00E0149E">
             <w:rPr>
               <w:rFonts w:eastAsia="ArialMT"/>
-              <w:sz w:val="24"/>
-[...1 lines deleted...]
-              <w:lang w:eastAsia="ru-RU"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
             </w:rPr>
-            <w:t>__</w:t>
+            <w:t>.1</w:t>
           </w:r>
-        </w:p>
-[...4 lines deleted...]
-          <w:r>
+          <w:r w:rsidR="005273C2">
             <w:rPr>
-              <w:sz w:val="16"/>
-              <w:szCs w:val="16"/>
+              <w:rFonts w:eastAsia="ArialMT"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
             </w:rPr>
-            <w:t xml:space="preserve"> </w:t>
+            <w:t>0</w:t>
           </w:r>
-          <w:r w:rsidR="00570FBD">
+          <w:r w:rsidRPr="00E0149E">
             <w:rPr>
-              <w:sz w:val="16"/>
-              <w:szCs w:val="16"/>
+              <w:rFonts w:eastAsia="ArialMT"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
             </w:rPr>
-            <w:t xml:space="preserve">      </w:t>
+            <w:t>.2025</w:t>
           </w:r>
-          <w:r>
+          <w:r w:rsidRPr="00E0149E">
             <w:rPr>
-              <w:sz w:val="16"/>
-              <w:szCs w:val="16"/>
+              <w:rFonts w:eastAsia="ArialMT"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
             </w:rPr>
-            <w:t xml:space="preserve"> </w:t>
-[...6 lines deleted...]
-            <w:t>подпись ведущего эксперта по аккредитации</w:t>
+            <w:tab/>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
-          <w:tcW w:w="3436" w:type="dxa"/>
+          <w:tcW w:w="1701" w:type="dxa"/>
           <w:tcBorders>
-            <w:top w:val="nil"/>
-[...2 lines deleted...]
-            <w:right w:val="nil"/>
+            <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           </w:tcBorders>
         </w:tcPr>
-        <w:p w14:paraId="0271550C" w14:textId="77777777" w:rsidR="00A22539" w:rsidRPr="007772A3" w:rsidRDefault="00A22539" w:rsidP="007772A3">
-[...3 lines deleted...]
-            <w:jc w:val="center"/>
+        <w:sdt>
+          <w:sdtPr>
             <w:rPr>
-              <w:rFonts w:eastAsia="ArialMT"/>
-              <w:lang w:val="ru-RU"/>
+              <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              <w:szCs w:val="18"/>
             </w:rPr>
-          </w:pPr>
-[...243 lines deleted...]
-        </w:p>
+            <w:id w:val="465553495"/>
+            <w:docPartObj>
+              <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
+              <w:docPartUnique/>
+            </w:docPartObj>
+          </w:sdtPr>
+          <w:sdtEndPr/>
+          <w:sdtContent>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:id w:val="496157032"/>
+                <w:docPartObj>
+                  <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
+                  <w:docPartUnique/>
+                </w:docPartObj>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:p w14:paraId="7CFC8987" w14:textId="77777777" w:rsidR="00222A33" w:rsidRPr="00C52F3D" w:rsidRDefault="00222A33" w:rsidP="00222A33">
+                  <w:pPr>
+                    <w:pStyle w:val="a9"/>
+                    <w:ind w:right="159"/>
+                    <w:jc w:val="right"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                      <w:snapToGrid/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="18"/>
+                      <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00AF0BF3">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                      <w:szCs w:val="18"/>
+                      <w:lang w:val="ru-RU"/>
+                    </w:rPr>
+                    <w:t>Стр</w:t>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                      <w:szCs w:val="18"/>
+                      <w:lang w:val="ru-RU"/>
+                    </w:rPr>
+                    <w:t>.</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00AF0BF3">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                      <w:szCs w:val="18"/>
+                      <w:lang w:val="ru-RU"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00AF0BF3">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:szCs w:val="18"/>
+                    </w:rPr>
+                    <w:fldChar w:fldCharType="begin"/>
+                  </w:r>
+                  <w:r w:rsidRPr="00AF0BF3">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:szCs w:val="18"/>
+                    </w:rPr>
+                    <w:instrText>PAGE</w:instrText>
+                  </w:r>
+                  <w:r w:rsidRPr="00AF0BF3">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:szCs w:val="18"/>
+                    </w:rPr>
+                    <w:fldChar w:fldCharType="separate"/>
+                  </w:r>
+                  <w:r w:rsidR="00047CA7">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:noProof/>
+                      <w:szCs w:val="18"/>
+                    </w:rPr>
+                    <w:t>2</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00AF0BF3">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:szCs w:val="18"/>
+                    </w:rPr>
+                    <w:fldChar w:fldCharType="end"/>
+                  </w:r>
+                  <w:r w:rsidRPr="00AF0BF3">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                      <w:szCs w:val="18"/>
+                      <w:lang w:val="ru-RU"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> из </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00AF0BF3">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:szCs w:val="18"/>
+                    </w:rPr>
+                    <w:fldChar w:fldCharType="begin"/>
+                  </w:r>
+                  <w:r w:rsidRPr="00AF0BF3">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:szCs w:val="18"/>
+                    </w:rPr>
+                    <w:instrText>NUMPAGES</w:instrText>
+                  </w:r>
+                  <w:r w:rsidRPr="00AF0BF3">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:szCs w:val="18"/>
+                    </w:rPr>
+                    <w:fldChar w:fldCharType="separate"/>
+                  </w:r>
+                  <w:r w:rsidR="00047CA7">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:noProof/>
+                      <w:szCs w:val="18"/>
+                    </w:rPr>
+                    <w:t>2</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00AF0BF3">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:szCs w:val="18"/>
+                    </w:rPr>
+                    <w:fldChar w:fldCharType="end"/>
+                  </w:r>
+                </w:p>
+              </w:sdtContent>
+            </w:sdt>
+          </w:sdtContent>
+        </w:sdt>
       </w:tc>
     </w:tr>
   </w:tbl>
-  <w:p w14:paraId="1F79F9AF" w14:textId="77777777" w:rsidR="00A22539" w:rsidRPr="00622C1C" w:rsidRDefault="00A22539" w:rsidP="00933868">
+  <w:p w14:paraId="2EFB46C6" w14:textId="77777777" w:rsidR="00222A33" w:rsidRPr="00222A33" w:rsidRDefault="00222A33" w:rsidP="00222A33">
     <w:pPr>
-      <w:pStyle w:val="a8"/>
-      <w:jc w:val="right"/>
+      <w:pStyle w:val="a9"/>
       <w:rPr>
-        <w:i/>
+        <w:sz w:val="2"/>
+        <w:szCs w:val="2"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="00622C1C">
-[...10 lines deleted...]
-    </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p>
+    <w:pPr>
+      <w:rPr>
+        <w:sz w:val="2"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r xmlns:v="urn:schemas-microsoft-com:vml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
+      <w:pict xmlns:v="urn:schemas-microsoft-com:vml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
+        <v:shape xmlns:v="urn:schemas-microsoft-com:vml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" id="WatermarkShape" type="#_x0000_t75" style="position:absolute; left:-330pt; top:225pt; width:700pt; height:40pt; rotation:270; fill-opacity:0.3; mso-wrap-style:behind; z-index:-1; mso-position-horizontal:absolute; mso-position-vertical:absolute; mso-position-horizontal-relative:page; mso-position-vertical-relative:page;" stroked="f" filled="t">
+          <v:imagedata xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rIdWmImg1" o:title=""/>
+        </v:shape>
+      </w:pict>
+    </w:r>
+  </w:p>
   <w:tbl>
     <w:tblPr>
-      <w:tblW w:w="10504" w:type="dxa"/>
-[...7 lines deleted...]
-      <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      <w:tblW w:w="9417" w:type="pct"/>
+      <w:tblLook w:val="00A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
     </w:tblPr>
     <w:tblGrid>
-      <w:gridCol w:w="3652"/>
-[...1 lines deleted...]
-      <w:gridCol w:w="3425"/>
+      <w:gridCol w:w="12871"/>
+      <w:gridCol w:w="12871"/>
+      <w:gridCol w:w="1699"/>
     </w:tblGrid>
-    <w:tr w:rsidR="00A22539" w:rsidRPr="00E949E2" w14:paraId="70D2384D" w14:textId="77777777" w:rsidTr="00570FBD">
+    <w:tr w:rsidR="00E0149E" w:rsidRPr="007624CE" w14:paraId="4300693E" w14:textId="77777777" w:rsidTr="00B6124B">
+      <w:trPr>
+        <w:trHeight w:val="66"/>
+      </w:trPr>
       <w:tc>
         <w:tcPr>
-          <w:tcW w:w="3652" w:type="dxa"/>
+          <w:tcW w:w="12871" w:type="dxa"/>
           <w:tcBorders>
-            <w:top w:val="nil"/>
-[...2 lines deleted...]
-            <w:right w:val="nil"/>
+            <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           </w:tcBorders>
+          <w:vAlign w:val="center"/>
         </w:tcPr>
-        <w:p w14:paraId="2CD11432" w14:textId="77777777" w:rsidR="002B201A" w:rsidRPr="00E949E2" w:rsidRDefault="002B201A" w:rsidP="002B201A">
+        <w:p w14:paraId="723E2D69" w14:textId="52405263" w:rsidR="00E0149E" w:rsidRPr="00BF5CCF" w:rsidRDefault="00E0149E" w:rsidP="00E0149E">
           <w:pPr>
-            <w:pStyle w:val="ab"/>
-[...4 lines deleted...]
-          <w:pPr>
+            <w:tabs>
+              <w:tab w:val="left" w:pos="5093"/>
+              <w:tab w:val="left" w:pos="11639"/>
+            </w:tabs>
             <w:overflowPunct w:val="0"/>
             <w:autoSpaceDE w:val="0"/>
             <w:autoSpaceDN w:val="0"/>
             <w:adjustRightInd w:val="0"/>
-            <w:spacing w:line="276" w:lineRule="auto"/>
-            <w:jc w:val="center"/>
+            <w:ind w:right="-314"/>
             <w:rPr>
-              <w:rFonts w:eastAsia="ArialMT"/>
-[...2 lines deleted...]
-              <w:lang w:eastAsia="ru-RU"/>
+              <w:rFonts w:eastAsia="Calibri"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rFonts w:eastAsia="ArialMT"/>
-              <w:sz w:val="24"/>
-[...1 lines deleted...]
-              <w:lang w:eastAsia="ru-RU"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
             </w:rPr>
-            <w:t xml:space="preserve">   </w:t>
+            <w:t xml:space="preserve">Часть № 1.  Дата принятия решения по аккредитации: </w:t>
           </w:r>
-          <w:r w:rsidR="001732D3">
+          <w:r w:rsidR="005273C2">
             <w:rPr>
               <w:rFonts w:eastAsia="ArialMT"/>
-              <w:sz w:val="24"/>
-[...1 lines deleted...]
-              <w:lang w:eastAsia="ru-RU"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
             </w:rPr>
-            <w:t>_______________________</w:t>
+            <w:t>24</w:t>
           </w:r>
-          <w:r w:rsidR="00351863">
+          <w:r>
             <w:rPr>
               <w:rFonts w:eastAsia="ArialMT"/>
-              <w:sz w:val="24"/>
-[...1 lines deleted...]
-              <w:lang w:eastAsia="ru-RU"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
             </w:rPr>
-            <w:t>____</w:t>
+            <w:t>.1</w:t>
+          </w:r>
+          <w:r w:rsidR="005273C2">
+            <w:rPr>
+              <w:rFonts w:eastAsia="ArialMT"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+            <w:t>0</w:t>
+          </w:r>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:eastAsia="ArialMT"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+            <w:t>.2025</w:t>
+          </w:r>
+          <w:r w:rsidRPr="00BF5CCF">
+            <w:rPr>
+              <w:rFonts w:eastAsia="ArialMT"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+            <w:tab/>
+            <w:t xml:space="preserve">                                                                                                                                                                                           </w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="6EA44193" w14:textId="77777777" w:rsidR="00A22539" w:rsidRPr="001732D3" w:rsidRDefault="00570FBD" w:rsidP="00351863">
-          <w:r>
+        <w:p w14:paraId="09E2EE10" w14:textId="77777777" w:rsidR="00E0149E" w:rsidRPr="00BF5CCF" w:rsidRDefault="00E0149E" w:rsidP="00E0149E">
+          <w:pPr>
+            <w:tabs>
+              <w:tab w:val="left" w:pos="5093"/>
+              <w:tab w:val="left" w:pos="11639"/>
+            </w:tabs>
+            <w:overflowPunct w:val="0"/>
+            <w:autoSpaceDE w:val="0"/>
+            <w:autoSpaceDN w:val="0"/>
+            <w:adjustRightInd w:val="0"/>
+            <w:ind w:left="108" w:right="-314"/>
             <w:rPr>
-              <w:sz w:val="16"/>
-              <w:szCs w:val="16"/>
+              <w:rFonts w:eastAsia="ArialMT"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
             </w:rPr>
-            <w:t xml:space="preserve">    </w:t>
-[...7 lines deleted...]
-          </w:r>
+          </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
-          <w:tcW w:w="3427" w:type="dxa"/>
+          <w:tcW w:w="12871" w:type="dxa"/>
           <w:tcBorders>
-            <w:top w:val="nil"/>
-[...2 lines deleted...]
-            <w:right w:val="nil"/>
+            <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           </w:tcBorders>
+          <w:vAlign w:val="center"/>
+          <w:hideMark/>
         </w:tcPr>
-        <w:p w14:paraId="2E74A2A8" w14:textId="77777777" w:rsidR="00A22539" w:rsidRPr="00E949E2" w:rsidRDefault="00A22539" w:rsidP="00E949E2">
+        <w:p w14:paraId="3497FDA3" w14:textId="1FD357FB" w:rsidR="00E0149E" w:rsidRPr="00BF5CCF" w:rsidRDefault="00E0149E" w:rsidP="00E0149E">
           <w:pPr>
+            <w:tabs>
+              <w:tab w:val="left" w:pos="5093"/>
+              <w:tab w:val="left" w:pos="11639"/>
+            </w:tabs>
             <w:overflowPunct w:val="0"/>
             <w:autoSpaceDE w:val="0"/>
             <w:autoSpaceDN w:val="0"/>
             <w:adjustRightInd w:val="0"/>
-            <w:spacing w:line="276" w:lineRule="auto"/>
-            <w:jc w:val="center"/>
+            <w:ind w:left="108" w:right="-314"/>
             <w:rPr>
               <w:rFonts w:eastAsia="ArialMT"/>
-              <w:lang w:eastAsia="ru-RU"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
-        </w:p>
-[...102 lines deleted...]
-          </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
-          <w:tcW w:w="3425" w:type="dxa"/>
+          <w:tcW w:w="1699" w:type="dxa"/>
           <w:tcBorders>
-            <w:top w:val="nil"/>
-[...2 lines deleted...]
-            <w:right w:val="nil"/>
+            <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           </w:tcBorders>
         </w:tcPr>
-        <w:p w14:paraId="6754CF3F" w14:textId="77777777" w:rsidR="00A22539" w:rsidRPr="00E949E2" w:rsidRDefault="00A22539" w:rsidP="00E949E2">
-[...14 lines deleted...]
-            <w:jc w:val="center"/>
+        <w:sdt>
+          <w:sdtPr>
             <w:rPr>
-              <w:b/>
-[...2 lines deleted...]
-              <w:szCs w:val="22"/>
+              <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              <w:szCs w:val="18"/>
             </w:rPr>
-          </w:pPr>
-[...105 lines deleted...]
-        </w:p>
+            <w:id w:val="-1803228776"/>
+            <w:docPartObj>
+              <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
+              <w:docPartUnique/>
+            </w:docPartObj>
+          </w:sdtPr>
+          <w:sdtEndPr/>
+          <w:sdtContent>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:id w:val="-1769616900"/>
+                <w:docPartObj>
+                  <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
+                  <w:docPartUnique/>
+                </w:docPartObj>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:p w14:paraId="45EA27A9" w14:textId="77777777" w:rsidR="00E0149E" w:rsidRPr="00C52F3D" w:rsidRDefault="00E0149E" w:rsidP="00E0149E">
+                  <w:pPr>
+                    <w:pStyle w:val="a9"/>
+                    <w:ind w:right="159"/>
+                    <w:jc w:val="right"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                      <w:snapToGrid/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="18"/>
+                      <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00AF0BF3">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                      <w:szCs w:val="18"/>
+                      <w:lang w:val="ru-RU"/>
+                    </w:rPr>
+                    <w:t>Стр</w:t>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                      <w:szCs w:val="18"/>
+                      <w:lang w:val="ru-RU"/>
+                    </w:rPr>
+                    <w:t>.</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00AF0BF3">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                      <w:szCs w:val="18"/>
+                      <w:lang w:val="ru-RU"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00AF0BF3">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:szCs w:val="18"/>
+                    </w:rPr>
+                    <w:fldChar w:fldCharType="begin"/>
+                  </w:r>
+                  <w:r w:rsidRPr="00AF0BF3">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:szCs w:val="18"/>
+                    </w:rPr>
+                    <w:instrText>PAGE</w:instrText>
+                  </w:r>
+                  <w:r w:rsidRPr="00AF0BF3">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:szCs w:val="18"/>
+                    </w:rPr>
+                    <w:fldChar w:fldCharType="separate"/>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:noProof/>
+                      <w:szCs w:val="18"/>
+                    </w:rPr>
+                    <w:t>1</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00AF0BF3">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:szCs w:val="18"/>
+                    </w:rPr>
+                    <w:fldChar w:fldCharType="end"/>
+                  </w:r>
+                  <w:r w:rsidRPr="00AF0BF3">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                      <w:szCs w:val="18"/>
+                      <w:lang w:val="ru-RU"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> из </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00AF0BF3">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:szCs w:val="18"/>
+                    </w:rPr>
+                    <w:fldChar w:fldCharType="begin"/>
+                  </w:r>
+                  <w:r w:rsidRPr="00AF0BF3">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:szCs w:val="18"/>
+                    </w:rPr>
+                    <w:instrText>NUMPAGES</w:instrText>
+                  </w:r>
+                  <w:r w:rsidRPr="00AF0BF3">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:szCs w:val="18"/>
+                    </w:rPr>
+                    <w:fldChar w:fldCharType="separate"/>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:noProof/>
+                      <w:szCs w:val="18"/>
+                    </w:rPr>
+                    <w:t>2</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00AF0BF3">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:szCs w:val="18"/>
+                    </w:rPr>
+                    <w:fldChar w:fldCharType="end"/>
+                  </w:r>
+                </w:p>
+              </w:sdtContent>
+            </w:sdt>
+          </w:sdtContent>
+        </w:sdt>
       </w:tc>
     </w:tr>
   </w:tbl>
-  <w:p w14:paraId="4BC6CA46" w14:textId="77777777" w:rsidR="00A22539" w:rsidRPr="001732D3" w:rsidRDefault="00A22539" w:rsidP="001732D3">
+  <w:p w14:paraId="01D24A1E" w14:textId="77777777" w:rsidR="00CC094B" w:rsidRPr="00306EC9" w:rsidRDefault="00CC094B" w:rsidP="00306EC9">
     <w:pPr>
-      <w:pStyle w:val="a8"/>
+      <w:pStyle w:val="a9"/>
+      <w:ind w:firstLine="0"/>
       <w:rPr>
         <w:lang w:val="ru-RU"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4A40E003" w14:textId="77777777" w:rsidR="006F686E" w:rsidRDefault="006F686E" w:rsidP="00A4073C">
-[...2 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="0B8AE9FF" w14:textId="77777777" w:rsidR="00786D15" w:rsidRDefault="00786D15" w:rsidP="0011070C">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3C2C8628" w14:textId="77777777" w:rsidR="006F686E" w:rsidRDefault="006F686E" w:rsidP="00A4073C">
-[...2 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="004B1E3F" w14:textId="77777777" w:rsidR="00786D15" w:rsidRDefault="00786D15" w:rsidP="0011070C">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p>
-[...8 lines deleted...]
-  <w:p w14:paraId="5314B33D" w14:textId="77777777" w:rsidR="00A22539" w:rsidRDefault="00A22539">
+  <w:tbl>
+    <w:tblPr>
+      <w:tblW w:w="14596" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+      <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+    </w:tblPr>
+    <w:tblGrid>
+      <w:gridCol w:w="12328"/>
+      <w:gridCol w:w="2268"/>
+    </w:tblGrid>
+    <w:tr w:rsidR="00C96A4E" w14:paraId="1376F18B" w14:textId="77777777" w:rsidTr="00983E33">
+      <w:trPr>
+        <w:trHeight w:val="221"/>
+      </w:trPr>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="12328" w:type="dxa"/>
+          <w:vAlign w:val="center"/>
+        </w:tcPr>
+        <w:p w14:paraId="080A1204" w14:textId="1AFB4A28" w:rsidR="00C96A4E" w:rsidRPr="00E0149E" w:rsidRDefault="00C96A4E" w:rsidP="00C96A4E">
+          <w:pPr>
+            <w:pStyle w:val="a7"/>
+            <w:ind w:right="-292"/>
+            <w:rPr>
+              <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              <w:b/>
+              <w:bCs/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+          </w:pPr>
+          <w:r w:rsidRPr="00E0149E">
+            <w:rPr>
+              <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              <w:b/>
+              <w:bCs/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+              <w:lang w:val="ru-RU"/>
+            </w:rPr>
+            <w:t xml:space="preserve">Описание области аккредитации </w:t>
+          </w:r>
+        </w:p>
+      </w:tc>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="2268" w:type="dxa"/>
+          <w:vAlign w:val="center"/>
+        </w:tcPr>
+        <w:p w14:paraId="0561C95F" w14:textId="6D411234" w:rsidR="00C96A4E" w:rsidRPr="005B3925" w:rsidRDefault="00C96A4E" w:rsidP="008C6194">
+          <w:pPr>
+            <w:pStyle w:val="a7"/>
+            <w:ind w:right="0"/>
+            <w:rPr>
+              <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              <w:b/>
+              <w:bCs/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+              <w:lang w:val="ru-RU"/>
+            </w:rPr>
+          </w:pPr>
+          <w:r w:rsidRPr="00E0149E">
+            <w:rPr>
+              <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              <w:b/>
+              <w:bCs/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+              <w:lang w:val="en-US"/>
+            </w:rPr>
+            <w:t xml:space="preserve">BY/112 </w:t>
+          </w:r>
+          <w:r w:rsidR="005B3925">
+            <w:rPr>
+              <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              <w:b/>
+              <w:bCs/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+              <w:lang w:val="ru-RU"/>
+            </w:rPr>
+            <w:t>2.</w:t>
+          </w:r>
+          <w:r w:rsidR="0013315B">
+            <w:rPr>
+              <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              <w:b/>
+              <w:bCs/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+              <w:lang w:val="ru-RU"/>
+            </w:rPr>
+            <w:t>2376</w:t>
+          </w:r>
+        </w:p>
+      </w:tc>
+    </w:tr>
+  </w:tbl>
+  <w:p w14:paraId="551D2588" w14:textId="77777777" w:rsidR="00B53AEA" w:rsidRPr="008C6194" w:rsidRDefault="00B53AEA" w:rsidP="008C6194">
     <w:pPr>
-      <w:pStyle w:val="a5"/>
-[...27 lines deleted...]
-      <w:ind w:right="360"/>
+      <w:pStyle w:val="a7"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p>
-[...7 lines deleted...]
-  </w:p>
   <w:tbl>
     <w:tblPr>
-      <w:tblW w:w="10064" w:type="dxa"/>
-      <w:tblInd w:w="250" w:type="dxa"/>
+      <w:tblW w:w="14879" w:type="dxa"/>
       <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
-      <w:gridCol w:w="851"/>
-      <w:gridCol w:w="9213"/>
+      <w:gridCol w:w="12328"/>
+      <w:gridCol w:w="2551"/>
     </w:tblGrid>
-    <w:tr w:rsidR="00A22539" w:rsidRPr="007757EC" w14:paraId="10FAAA0F" w14:textId="77777777" w:rsidTr="003726ED">
+    <w:tr w:rsidR="00E0149E" w14:paraId="6A7DCB77" w14:textId="77777777" w:rsidTr="00B517EA">
       <w:trPr>
-        <w:trHeight w:val="277"/>
+        <w:trHeight w:val="221"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
-          <w:tcW w:w="851" w:type="dxa"/>
-[...2 lines deleted...]
-          </w:tcBorders>
+          <w:tcW w:w="12328" w:type="dxa"/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
-        <w:p w14:paraId="6B4F764E" w14:textId="77777777" w:rsidR="00A22539" w:rsidRPr="007757EC" w:rsidRDefault="00A22539" w:rsidP="007757EC">
+        <w:p w14:paraId="6D044B90" w14:textId="370BB71B" w:rsidR="0013315B" w:rsidRPr="0013315B" w:rsidRDefault="0013315B" w:rsidP="0013315B">
           <w:pPr>
-            <w:overflowPunct w:val="0"/>
-[...3 lines deleted...]
-            <w:textAlignment w:val="baseline"/>
+            <w:pStyle w:val="a7"/>
+            <w:ind w:right="-292"/>
             <w:rPr>
+              <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               <w:b/>
               <w:bCs/>
-              <w:sz w:val="24"/>
-              <w:szCs w:val="24"/>
+              <w:sz w:val="28"/>
+              <w:szCs w:val="28"/>
             </w:rPr>
           </w:pPr>
-          <w:r w:rsidRPr="00AE573F">
+          <w:r w:rsidRPr="0013315B">
             <w:rPr>
+              <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               <w:b/>
-              <w:noProof/>
-[...2 lines deleted...]
-              <w:lang w:eastAsia="ru-RU"/>
+              <w:bCs/>
+              <w:sz w:val="28"/>
+              <w:szCs w:val="28"/>
             </w:rPr>
-            <w:pict w14:anchorId="28893D5F">
-[...22 lines deleted...]
-            </w:pict>
+            <w:t>Брестско</w:t>
+          </w:r>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              <w:b/>
+              <w:bCs/>
+              <w:sz w:val="28"/>
+              <w:szCs w:val="28"/>
+              <w:lang w:val="ru-RU"/>
+            </w:rPr>
+            <w:t>е</w:t>
+          </w:r>
+          <w:r w:rsidRPr="0013315B">
+            <w:rPr>
+              <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              <w:b/>
+              <w:bCs/>
+              <w:sz w:val="28"/>
+              <w:szCs w:val="28"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> республиканско</w:t>
+          </w:r>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              <w:b/>
+              <w:bCs/>
+              <w:sz w:val="28"/>
+              <w:szCs w:val="28"/>
+              <w:lang w:val="ru-RU"/>
+            </w:rPr>
+            <w:t>е</w:t>
+          </w:r>
+          <w:r w:rsidRPr="0013315B">
+            <w:rPr>
+              <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              <w:b/>
+              <w:bCs/>
+              <w:sz w:val="28"/>
+              <w:szCs w:val="28"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> унитарно</w:t>
+          </w:r>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              <w:b/>
+              <w:bCs/>
+              <w:sz w:val="28"/>
+              <w:szCs w:val="28"/>
+              <w:lang w:val="ru-RU"/>
+            </w:rPr>
+            <w:t>е</w:t>
+          </w:r>
+          <w:r w:rsidRPr="0013315B">
+            <w:rPr>
+              <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              <w:b/>
+              <w:bCs/>
+              <w:sz w:val="28"/>
+              <w:szCs w:val="28"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> предприяти</w:t>
+          </w:r>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              <w:b/>
+              <w:bCs/>
+              <w:sz w:val="28"/>
+              <w:szCs w:val="28"/>
+              <w:lang w:val="ru-RU"/>
+            </w:rPr>
+            <w:t>е</w:t>
+          </w:r>
+          <w:r w:rsidRPr="0013315B">
+            <w:rPr>
+              <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              <w:b/>
+              <w:bCs/>
+              <w:sz w:val="28"/>
+              <w:szCs w:val="28"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> электроэнергетики</w:t>
+          </w:r>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              <w:b/>
+              <w:bCs/>
+              <w:sz w:val="28"/>
+              <w:szCs w:val="28"/>
+              <w:lang w:val="ru-RU"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> </w:t>
+          </w:r>
+          <w:r w:rsidRPr="0013315B">
+            <w:rPr>
+              <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              <w:b/>
+              <w:bCs/>
+              <w:sz w:val="28"/>
+              <w:szCs w:val="28"/>
+            </w:rPr>
+            <w:t>«</w:t>
+          </w:r>
+          <w:proofErr w:type="spellStart"/>
+          <w:r w:rsidRPr="0013315B">
+            <w:rPr>
+              <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              <w:b/>
+              <w:bCs/>
+              <w:sz w:val="28"/>
+              <w:szCs w:val="28"/>
+            </w:rPr>
+            <w:t>Брестэнерго</w:t>
+          </w:r>
+          <w:proofErr w:type="spellEnd"/>
+          <w:r w:rsidRPr="0013315B">
+            <w:rPr>
+              <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              <w:b/>
+              <w:bCs/>
+              <w:sz w:val="28"/>
+              <w:szCs w:val="28"/>
+            </w:rPr>
+            <w:t>»</w:t>
+          </w:r>
+        </w:p>
+        <w:p w14:paraId="65A5FF6E" w14:textId="77777777" w:rsidR="0013315B" w:rsidRPr="0013315B" w:rsidRDefault="0013315B" w:rsidP="0013315B">
+          <w:pPr>
+            <w:pStyle w:val="a7"/>
+            <w:rPr>
+              <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              <w:b/>
+              <w:bCs/>
+              <w:sz w:val="28"/>
+              <w:szCs w:val="28"/>
+            </w:rPr>
+          </w:pPr>
+          <w:r w:rsidRPr="0013315B">
+            <w:rPr>
+              <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              <w:b/>
+              <w:bCs/>
+              <w:sz w:val="28"/>
+              <w:szCs w:val="28"/>
+            </w:rPr>
+            <w:t>филиал «Барановичские тепловые сети»</w:t>
+          </w:r>
+        </w:p>
+        <w:p w14:paraId="57155423" w14:textId="49B825AC" w:rsidR="00E0149E" w:rsidRPr="005273C2" w:rsidRDefault="0013315B" w:rsidP="0013315B">
+          <w:pPr>
+            <w:pStyle w:val="a7"/>
+            <w:ind w:right="-292" w:firstLine="0"/>
+            <w:rPr>
+              <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              <w:b/>
+              <w:bCs/>
+              <w:sz w:val="28"/>
+              <w:szCs w:val="28"/>
+              <w:lang w:val="ru-RU"/>
+            </w:rPr>
+          </w:pPr>
+          <w:r w:rsidRPr="0013315B">
+            <w:rPr>
+              <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              <w:b/>
+              <w:bCs/>
+              <w:sz w:val="28"/>
+              <w:szCs w:val="28"/>
+            </w:rPr>
+            <w:t>высоковольтн</w:t>
+          </w:r>
+          <w:r w:rsidR="005273C2">
+            <w:rPr>
+              <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              <w:b/>
+              <w:bCs/>
+              <w:sz w:val="28"/>
+              <w:szCs w:val="28"/>
+              <w:lang w:val="ru-RU"/>
+            </w:rPr>
+            <w:t>ая</w:t>
+          </w:r>
+          <w:r w:rsidRPr="0013315B">
+            <w:rPr>
+              <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              <w:b/>
+              <w:bCs/>
+              <w:sz w:val="28"/>
+              <w:szCs w:val="28"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> испытательн</w:t>
+          </w:r>
+          <w:r w:rsidR="005273C2">
+            <w:rPr>
+              <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              <w:b/>
+              <w:bCs/>
+              <w:sz w:val="28"/>
+              <w:szCs w:val="28"/>
+              <w:lang w:val="ru-RU"/>
+            </w:rPr>
+            <w:t>ая</w:t>
+          </w:r>
+          <w:r w:rsidRPr="0013315B">
+            <w:rPr>
+              <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              <w:b/>
+              <w:bCs/>
+              <w:sz w:val="28"/>
+              <w:szCs w:val="28"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> лаборатори</w:t>
+          </w:r>
+          <w:r w:rsidR="005273C2">
+            <w:rPr>
+              <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              <w:b/>
+              <w:bCs/>
+              <w:sz w:val="28"/>
+              <w:szCs w:val="28"/>
+              <w:lang w:val="ru-RU"/>
+            </w:rPr>
+            <w:t>я</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
-          <w:tcW w:w="9213" w:type="dxa"/>
-[...2 lines deleted...]
-          </w:tcBorders>
+          <w:tcW w:w="2551" w:type="dxa"/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
-        <w:p w14:paraId="627A82D9" w14:textId="77777777" w:rsidR="00A22539" w:rsidRPr="00351863" w:rsidRDefault="00A22539" w:rsidP="000A4060">
+        <w:p w14:paraId="684998F5" w14:textId="2DA3A9F2" w:rsidR="00E0149E" w:rsidRPr="00E0149E" w:rsidRDefault="00E0149E" w:rsidP="00E0149E">
           <w:pPr>
-            <w:autoSpaceDE w:val="0"/>
-[...2 lines deleted...]
-            <w:jc w:val="center"/>
+            <w:pStyle w:val="a7"/>
+            <w:ind w:right="0"/>
             <w:rPr>
+              <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              <w:b/>
               <w:bCs/>
-              <w:sz w:val="24"/>
-[...1 lines deleted...]
-              <w:lang w:eastAsia="ru-RU"/>
+              <w:sz w:val="28"/>
+              <w:szCs w:val="28"/>
+              <w:lang w:val="ru-RU"/>
             </w:rPr>
           </w:pPr>
-          <w:r w:rsidRPr="00351863">
+          <w:r w:rsidRPr="00E0149E">
             <w:rPr>
+              <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              <w:b/>
               <w:bCs/>
-              <w:sz w:val="24"/>
-[...1 lines deleted...]
-              <w:lang w:eastAsia="ru-RU"/>
+              <w:sz w:val="28"/>
+              <w:szCs w:val="28"/>
+              <w:lang w:val="en-US"/>
             </w:rPr>
-            <w:t xml:space="preserve">Приложение № 1 к аттестату аккредитации № </w:t>
+            <w:t>BY/112</w:t>
           </w:r>
-          <w:r w:rsidRPr="00351863">
+          <w:r w:rsidRPr="00E0149E">
             <w:rPr>
-              <w:rFonts w:eastAsia="Calibri"/>
-[...2 lines deleted...]
-              <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+              <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              <w:b/>
+              <w:bCs/>
+              <w:sz w:val="28"/>
+              <w:szCs w:val="28"/>
+              <w:lang w:val="ru-RU"/>
             </w:rPr>
-            <w:t>BY</w:t>
+            <w:t xml:space="preserve"> </w:t>
           </w:r>
-          <w:r w:rsidRPr="00351863">
+          <w:r w:rsidR="005B3925">
             <w:rPr>
-              <w:rFonts w:eastAsia="Calibri"/>
-[...2 lines deleted...]
-              <w:lang w:eastAsia="ru-RU"/>
+              <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              <w:b/>
+              <w:bCs/>
+              <w:sz w:val="28"/>
+              <w:szCs w:val="28"/>
+              <w:lang w:val="ru-RU"/>
             </w:rPr>
-            <w:t xml:space="preserve">/112 </w:t>
+            <w:t>2.</w:t>
           </w:r>
-          <w:r w:rsidR="000A4060" w:rsidRPr="00351863">
+          <w:r w:rsidR="0013315B">
             <w:rPr>
-              <w:rFonts w:eastAsia="Calibri"/>
-[...2 lines deleted...]
-              <w:lang w:eastAsia="ru-RU"/>
+              <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              <w:b/>
+              <w:bCs/>
+              <w:sz w:val="28"/>
+              <w:szCs w:val="28"/>
+              <w:lang w:val="ru-RU"/>
             </w:rPr>
-            <w:t>2.2376</w:t>
+            <w:t>2376</w:t>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
-  <w:p w14:paraId="7B5AB226" w14:textId="77777777" w:rsidR="00A22539" w:rsidRPr="006447CD" w:rsidRDefault="00A22539">
+  <w:p w14:paraId="3D7DD2A5" w14:textId="77777777" w:rsidR="00E0149E" w:rsidRDefault="00E0149E">
     <w:pPr>
-      <w:pStyle w:val="a5"/>
-[...181 lines deleted...]
-      <w:pStyle w:val="a5"/>
+      <w:pStyle w:val="a7"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="089D0EAD"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="0">
+    <w:nsid w:val="0C8A34CF"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="6D4EE810"/>
+    <w:lvl w:ilvl="0" w:tplc="0419000D">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="-"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7200" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="18FF1A75"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="D9E81A6C"/>
+    <w:lvl w:ilvl="0" w:tplc="0419000D">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7200" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1CED6627"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="2CD67ABA"/>
+    <w:lvl w:ilvl="0" w:tplc="8DD82E62">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1429" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:color w:val="auto"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2149" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2869" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3589" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4309" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5029" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5749" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6469" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7189" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="25A450DD"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="0EA6663E"/>
+    <w:lvl w:ilvl="0" w:tplc="0419000D">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="786" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1506" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2226" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2946" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3666" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4386" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5106" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5826" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6546" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="27925453"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="8A126404"/>
+    <w:lvl w:ilvl="0" w:tplc="0419000D">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1429" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2149" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2869" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3589" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4309" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5029" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5749" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6469" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7189" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="2A6105F4"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="29B8CE3C"/>
+    <w:lvl w:ilvl="0" w:tplc="0419000D">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1429" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2149" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2869" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3589" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4309" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5029" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5749" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6469" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7189" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="38EF773D"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="E49E4212"/>
+    <w:lvl w:ilvl="0" w:tplc="0419000D">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1429" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2149" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2869" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3589" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4309" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5029" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5749" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6469" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7189" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="442754F6"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="2DE8AABE"/>
+    <w:lvl w:ilvl="0" w:tplc="0419000D">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1429" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2149" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2869" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3589" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4309" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5029" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5749" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6469" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7189" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="55F71E7E"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="1380523A"/>
+    <w:lvl w:ilvl="0" w:tplc="0419000D">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="492"/>
+          <w:tab w:val="num" w:pos="1429"/>
         </w:tabs>
-        <w:ind w:left="492" w:hanging="492"/>
+        <w:ind w:left="1429" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2149"/>
+        </w:tabs>
+        <w:ind w:left="2149" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2869"/>
+        </w:tabs>
+        <w:ind w:left="2869" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3589"/>
+        </w:tabs>
+        <w:ind w:left="3589" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4309"/>
+        </w:tabs>
+        <w:ind w:left="4309" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5029"/>
+        </w:tabs>
+        <w:ind w:left="5029" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5749"/>
+        </w:tabs>
+        <w:ind w:left="5749" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6469"/>
+        </w:tabs>
+        <w:ind w:left="6469" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="7189"/>
+        </w:tabs>
+        <w:ind w:left="7189" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="65EF5E97"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="1F6E425C"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="7"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="480" w:hanging="480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="5"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="834" w:hanging="480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="2"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1428" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1782" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2496" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2850" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3564" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3918" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4632" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
-[...3 lines deleted...]
-    <w:lvl w:ilvl="0">
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="713C6620"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="35F8D208"/>
+    <w:lvl w:ilvl="0" w:tplc="8D2EB98C">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="-"/>
-[...19 lines deleted...]
-      <w:lvlText w:val="7.%1"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerLetter"/>
-      <w:lvlText w:val="%2."/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerRoman"/>
-[...1 lines deleted...]
-      <w:lvlJc w:val="right"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2160" w:hanging="180"/>
+        <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%4."/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerLetter"/>
-      <w:lvlText w:val="%5."/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerRoman"/>
-[...1 lines deleted...]
-      <w:lvlJc w:val="right"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4320" w:hanging="180"/>
+        <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%7."/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerLetter"/>
-      <w:lvlText w:val="%8."/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerRoman"/>
-[...1 lines deleted...]
-      <w:lvlJc w:val="right"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6480" w:hanging="180"/>
+        <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
-[...3 lines deleted...]
-    <w:lvl w:ilvl="0">
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="720E646C"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="F374406E"/>
+    <w:lvl w:ilvl="0" w:tplc="0419000D">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="-"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="360"/>
+          <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
-        <w:ind w:left="360" w:hanging="360"/>
+        <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="7200"/>
+        </w:tabs>
+        <w:ind w:left="7200" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
-[...39 lines deleted...]
-  <w:num w:numId="1" w16cid:durableId="265575539">
+  <w:num w:numId="1" w16cid:durableId="199510541">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="759722164">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="1600677142">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="1594238866">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="523179085">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="6" w16cid:durableId="1043364818">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="7" w16cid:durableId="928150528">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="8" w16cid:durableId="582764886">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="9" w16cid:durableId="1941520021">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="10" w16cid:durableId="1587348803">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="11" w16cid:durableId="910188881">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="1865359487">
-[...12 lines deleted...]
-    <w:abstractNumId w:val="2"/>
+  <w:num w:numId="12" w16cid:durableId="503323821">
+    <w:abstractNumId w:val="10"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="102"/>
-  <w:embedSystemFonts/>
+  <w:zoom w:percent="111"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
-[...7 lines deleted...]
-  <w:noPunctuationKerning/>
+  <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="3074"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
-    <w:footnoteLayoutLikeWW8/>
-[...29 lines deleted...]
-    <w:compatSetting w:name="allowHyphenationAtTrackBottom" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="001B6CC1"/>
-[...664 lines deleted...]
-    <w:rsid w:val="00FF78E7"/>
+    <w:rsidRoot w:val="00EF5137"/>
+    <w:rsid w:val="00022A72"/>
+    <w:rsid w:val="00024E49"/>
+    <w:rsid w:val="00047CA7"/>
+    <w:rsid w:val="000643A6"/>
+    <w:rsid w:val="00067FEC"/>
+    <w:rsid w:val="00090EA2"/>
+    <w:rsid w:val="000D49BB"/>
+    <w:rsid w:val="000E2802"/>
+    <w:rsid w:val="0011070C"/>
+    <w:rsid w:val="00116AD0"/>
+    <w:rsid w:val="00117059"/>
+    <w:rsid w:val="00120BDA"/>
+    <w:rsid w:val="00121649"/>
+    <w:rsid w:val="00124258"/>
+    <w:rsid w:val="00132246"/>
+    <w:rsid w:val="0013315B"/>
+    <w:rsid w:val="00162213"/>
+    <w:rsid w:val="00162D37"/>
+    <w:rsid w:val="00194140"/>
+    <w:rsid w:val="001956F7"/>
+    <w:rsid w:val="001A4BEA"/>
+    <w:rsid w:val="001A7AD9"/>
+    <w:rsid w:val="001B0E36"/>
+    <w:rsid w:val="001D2258"/>
+    <w:rsid w:val="001F51B1"/>
+    <w:rsid w:val="001F7797"/>
+    <w:rsid w:val="0020355B"/>
+    <w:rsid w:val="00204777"/>
+    <w:rsid w:val="00222A33"/>
+    <w:rsid w:val="002505FA"/>
+    <w:rsid w:val="002667A7"/>
+    <w:rsid w:val="00285F39"/>
+    <w:rsid w:val="002877C8"/>
+    <w:rsid w:val="002900DE"/>
+    <w:rsid w:val="002C3708"/>
+    <w:rsid w:val="002D7F51"/>
+    <w:rsid w:val="003054C2"/>
+    <w:rsid w:val="00305E11"/>
+    <w:rsid w:val="00306EC9"/>
+    <w:rsid w:val="0031023B"/>
+    <w:rsid w:val="003324CA"/>
+    <w:rsid w:val="00345965"/>
+    <w:rsid w:val="00350D5F"/>
+    <w:rsid w:val="003669BE"/>
+    <w:rsid w:val="003717D2"/>
+    <w:rsid w:val="00374A27"/>
+    <w:rsid w:val="003A10A8"/>
+    <w:rsid w:val="003A7C1A"/>
+    <w:rsid w:val="003C130A"/>
+    <w:rsid w:val="003C7435"/>
+    <w:rsid w:val="003D7438"/>
+    <w:rsid w:val="003E26A2"/>
+    <w:rsid w:val="003E6D8A"/>
+    <w:rsid w:val="003F50C5"/>
+    <w:rsid w:val="00401D49"/>
+    <w:rsid w:val="00412D64"/>
+    <w:rsid w:val="00437E07"/>
+    <w:rsid w:val="00474E7B"/>
+    <w:rsid w:val="00485786"/>
+    <w:rsid w:val="004A5E4C"/>
+    <w:rsid w:val="004C53CA"/>
+    <w:rsid w:val="004E4DCC"/>
+    <w:rsid w:val="004E5090"/>
+    <w:rsid w:val="004E6BC8"/>
+    <w:rsid w:val="004F5A1D"/>
+    <w:rsid w:val="00500F5A"/>
+    <w:rsid w:val="00507CCF"/>
+    <w:rsid w:val="005273C2"/>
+    <w:rsid w:val="00552FE5"/>
+    <w:rsid w:val="0056070B"/>
+    <w:rsid w:val="00583C2B"/>
+    <w:rsid w:val="00590C2E"/>
+    <w:rsid w:val="00592241"/>
+    <w:rsid w:val="005B3925"/>
+    <w:rsid w:val="005D5C7B"/>
+    <w:rsid w:val="005E250C"/>
+    <w:rsid w:val="005E33F5"/>
+    <w:rsid w:val="005E611E"/>
+    <w:rsid w:val="005E7EB9"/>
+    <w:rsid w:val="00600197"/>
+    <w:rsid w:val="00604DAD"/>
+    <w:rsid w:val="00645468"/>
+    <w:rsid w:val="00652C9F"/>
+    <w:rsid w:val="00660E39"/>
+    <w:rsid w:val="006762B3"/>
+    <w:rsid w:val="006938AF"/>
+    <w:rsid w:val="006A336B"/>
+    <w:rsid w:val="006D5481"/>
+    <w:rsid w:val="006D5DCE"/>
+    <w:rsid w:val="006F0EAC"/>
+    <w:rsid w:val="00701135"/>
+    <w:rsid w:val="0070130C"/>
+    <w:rsid w:val="00704077"/>
+    <w:rsid w:val="00731452"/>
+    <w:rsid w:val="007326F5"/>
+    <w:rsid w:val="00734508"/>
+    <w:rsid w:val="00741FBB"/>
+    <w:rsid w:val="00750565"/>
+    <w:rsid w:val="007624CE"/>
+    <w:rsid w:val="00786D15"/>
+    <w:rsid w:val="00796C65"/>
+    <w:rsid w:val="007B2A26"/>
+    <w:rsid w:val="007B3671"/>
+    <w:rsid w:val="007D0A5D"/>
+    <w:rsid w:val="007E6E0A"/>
+    <w:rsid w:val="007F5916"/>
+    <w:rsid w:val="00802E96"/>
+    <w:rsid w:val="00805C5D"/>
+    <w:rsid w:val="00821214"/>
+    <w:rsid w:val="00852622"/>
+    <w:rsid w:val="00877224"/>
+    <w:rsid w:val="00886D6D"/>
+    <w:rsid w:val="008A42BC"/>
+    <w:rsid w:val="008B5528"/>
+    <w:rsid w:val="008C6194"/>
+    <w:rsid w:val="008E43A5"/>
+    <w:rsid w:val="009116FC"/>
+    <w:rsid w:val="00916038"/>
+    <w:rsid w:val="00920D7B"/>
+    <w:rsid w:val="00921A06"/>
+    <w:rsid w:val="0092566B"/>
+    <w:rsid w:val="00933715"/>
+    <w:rsid w:val="009503C7"/>
+    <w:rsid w:val="0095347E"/>
+    <w:rsid w:val="00983E33"/>
+    <w:rsid w:val="009940B7"/>
+    <w:rsid w:val="009A3A10"/>
+    <w:rsid w:val="009A3E9D"/>
+    <w:rsid w:val="009B2E59"/>
+    <w:rsid w:val="009D5A57"/>
+    <w:rsid w:val="009E74C3"/>
+    <w:rsid w:val="009F7389"/>
+    <w:rsid w:val="00A004D0"/>
+    <w:rsid w:val="00A0063E"/>
+    <w:rsid w:val="00A13A71"/>
+    <w:rsid w:val="00A16715"/>
+    <w:rsid w:val="00A47C62"/>
+    <w:rsid w:val="00A51699"/>
+    <w:rsid w:val="00A70CA6"/>
+    <w:rsid w:val="00A755C7"/>
+    <w:rsid w:val="00A97717"/>
+    <w:rsid w:val="00AB1825"/>
+    <w:rsid w:val="00AD4B7A"/>
+    <w:rsid w:val="00B073DC"/>
+    <w:rsid w:val="00B16BF0"/>
+    <w:rsid w:val="00B20359"/>
+    <w:rsid w:val="00B453D4"/>
+    <w:rsid w:val="00B4667C"/>
+    <w:rsid w:val="00B47A0F"/>
+    <w:rsid w:val="00B53AEA"/>
+    <w:rsid w:val="00B67028"/>
+    <w:rsid w:val="00BA682A"/>
+    <w:rsid w:val="00BA7746"/>
+    <w:rsid w:val="00BB0188"/>
+    <w:rsid w:val="00BB272F"/>
+    <w:rsid w:val="00BB333C"/>
+    <w:rsid w:val="00BC186A"/>
+    <w:rsid w:val="00BC40FF"/>
+    <w:rsid w:val="00BC6B2B"/>
+    <w:rsid w:val="00C13D62"/>
+    <w:rsid w:val="00C35CF2"/>
+    <w:rsid w:val="00C3769E"/>
+    <w:rsid w:val="00C52F3D"/>
+    <w:rsid w:val="00C62C68"/>
+    <w:rsid w:val="00C73948"/>
+    <w:rsid w:val="00C77984"/>
+    <w:rsid w:val="00C943E3"/>
+    <w:rsid w:val="00C94B1C"/>
+    <w:rsid w:val="00C96463"/>
+    <w:rsid w:val="00C96A4E"/>
+    <w:rsid w:val="00C97BC9"/>
+    <w:rsid w:val="00CA3473"/>
+    <w:rsid w:val="00CA53E3"/>
+    <w:rsid w:val="00CC094B"/>
+    <w:rsid w:val="00CF4334"/>
+    <w:rsid w:val="00D10C95"/>
+    <w:rsid w:val="00D32E61"/>
+    <w:rsid w:val="00D56371"/>
+    <w:rsid w:val="00D63C95"/>
+    <w:rsid w:val="00D67756"/>
+    <w:rsid w:val="00D876E6"/>
+    <w:rsid w:val="00DA5E7A"/>
+    <w:rsid w:val="00DA6561"/>
+    <w:rsid w:val="00DB1FAE"/>
+    <w:rsid w:val="00DB7FF2"/>
+    <w:rsid w:val="00DC6762"/>
+    <w:rsid w:val="00DD4EA5"/>
+    <w:rsid w:val="00DE6F93"/>
+    <w:rsid w:val="00DF7DAB"/>
+    <w:rsid w:val="00E0149E"/>
+    <w:rsid w:val="00E10139"/>
+    <w:rsid w:val="00E13A20"/>
+    <w:rsid w:val="00E162E5"/>
+    <w:rsid w:val="00E5357F"/>
+    <w:rsid w:val="00E750F5"/>
+    <w:rsid w:val="00E802E2"/>
+    <w:rsid w:val="00E90111"/>
+    <w:rsid w:val="00E909C3"/>
+    <w:rsid w:val="00E95EA8"/>
+    <w:rsid w:val="00EC615C"/>
+    <w:rsid w:val="00EC76FB"/>
+    <w:rsid w:val="00ED10E7"/>
+    <w:rsid w:val="00EE7844"/>
+    <w:rsid w:val="00EF0247"/>
+    <w:rsid w:val="00EF43EE"/>
+    <w:rsid w:val="00EF5137"/>
+    <w:rsid w:val="00F37F2B"/>
+    <w:rsid w:val="00F47F4D"/>
+    <w:rsid w:val="00F8255B"/>
+    <w:rsid w:val="00F86DE9"/>
+    <w:rsid w:val="00FC0729"/>
+    <w:rsid w:val="00FC1A9B"/>
+    <w:rsid w:val="00FC280E"/>
+    <w:rsid w:val="00FE1FF5"/>
+    <w:rsid w:val="00FF0E0D"/>
+    <w:rsid w:val="00FF49F6"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="ru-BY"/>
+  <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
-  <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="3074"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="02BD0584"/>
+  <w14:docId w14:val="0BC9962C"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{59D79DCD-9D26-42C7-B86C-AD97374211CC}"/>
+  <w15:docId w15:val="{F31C5190-0027-457A-8825-6C53451ED937}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-        <w:lang w:val="ru-BY" w:eastAsia="ru-BY" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+        <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
-[...16 lines deleted...]
-    <w:lsdException w:name="Placeholder Text" w:semiHidden="1" w:uiPriority="99"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="0"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
-    <w:lsdException w:name="Revision" w:semiHidden="1" w:uiPriority="99"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
     <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
     <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
@@ -13153,1168 +12495,1349 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
-    <w:lsdException w:name="Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
-[...3 lines deleted...]
-    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="002B201A"/>
+    <w:rsid w:val="00EF5137"/>
     <w:rPr>
-      <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="a"/>
     <w:next w:val="a"/>
+    <w:link w:val="10"/>
     <w:qFormat/>
+    <w:rsid w:val="00EF5137"/>
     <w:pPr>
       <w:keepNext/>
+      <w:widowControl w:val="0"/>
+      <w:jc w:val="center"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:sz w:val="26"/>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:b/>
+      <w:snapToGrid w:val="0"/>
+      <w:sz w:val="24"/>
+      <w:lang w:val="x-none" w:eastAsia="x-none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="a"/>
     <w:next w:val="a"/>
+    <w:link w:val="20"/>
     <w:qFormat/>
+    <w:rsid w:val="00EF5137"/>
     <w:pPr>
       <w:keepNext/>
-      <w:jc w:val="center"/>
+      <w:spacing w:line="360" w:lineRule="auto"/>
+      <w:ind w:right="-30"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
-      <w:b/>
-      <w:sz w:val="32"/>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="a"/>
     <w:next w:val="a"/>
     <w:link w:val="30"/>
     <w:qFormat/>
+    <w:rsid w:val="00EF5137"/>
     <w:pPr>
       <w:keepNext/>
-      <w:jc w:val="center"/>
+      <w:ind w:firstLine="720"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:b/>
-      <w:sz w:val="28"/>
-      <w:lang w:val="x-none"/>
+      <w:bCs/>
+      <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="a"/>
     <w:next w:val="a"/>
+    <w:link w:val="40"/>
     <w:qFormat/>
+    <w:rsid w:val="00EF5137"/>
     <w:pPr>
       <w:keepNext/>
-      <w:jc w:val="both"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:b/>
-      <w:sz w:val="28"/>
+      <w:bCs/>
+      <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="a"/>
     <w:next w:val="a"/>
+    <w:link w:val="50"/>
     <w:qFormat/>
+    <w:rsid w:val="00EF5137"/>
     <w:pPr>
       <w:keepNext/>
+      <w:ind w:right="-30"/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="4"/>
     </w:pPr>
     <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:b/>
-      <w:sz w:val="40"/>
+      <w:bCs/>
+      <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="6">
     <w:name w:val="heading 6"/>
     <w:basedOn w:val="a"/>
     <w:next w:val="a"/>
+    <w:link w:val="60"/>
     <w:qFormat/>
+    <w:rsid w:val="00EF5137"/>
     <w:pPr>
       <w:keepNext/>
       <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
-      <w:i/>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="24"/>
-      <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="7">
     <w:name w:val="heading 7"/>
     <w:basedOn w:val="a"/>
     <w:next w:val="a"/>
     <w:link w:val="70"/>
     <w:qFormat/>
-    <w:rsid w:val="00DA7E84"/>
+    <w:rsid w:val="00EF5137"/>
     <w:pPr>
-      <w:keepNext/>
-      <w:jc w:val="both"/>
+      <w:spacing w:before="240" w:after="60"/>
       <w:outlineLvl w:val="6"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="24"/>
-      <w:lang w:val="x-none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="8">
     <w:name w:val="heading 8"/>
     <w:basedOn w:val="a"/>
     <w:next w:val="a"/>
     <w:link w:val="80"/>
-    <w:semiHidden/>
-    <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="003620F4"/>
+    <w:rsid w:val="00EF5137"/>
     <w:pPr>
       <w:keepNext/>
+      <w:widowControl w:val="0"/>
+      <w:spacing w:line="320" w:lineRule="auto"/>
+      <w:ind w:right="-7" w:hanging="20"/>
       <w:outlineLvl w:val="7"/>
     </w:pPr>
     <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:b/>
+      <w:snapToGrid w:val="0"/>
       <w:sz w:val="24"/>
-      <w:lang w:val="x-none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="9">
+    <w:name w:val="heading 9"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="90"/>
+    <w:qFormat/>
+    <w:rsid w:val="00EF5137"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:jc w:val="center"/>
+      <w:outlineLvl w:val="8"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="36"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
+    <w:uiPriority w:val="1"/>
     <w:semiHidden/>
+    <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
+    <w:uiPriority w:val="99"/>
     <w:semiHidden/>
+    <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
+    <w:uiPriority w:val="99"/>
     <w:semiHidden/>
+    <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a3">
-[...5 lines deleted...]
-    </w:pPr>
+  <w:style w:type="character" w:customStyle="1" w:styleId="10">
+    <w:name w:val="Заголовок 1 Знак"/>
+    <w:link w:val="1"/>
+    <w:rsid w:val="00EF5137"/>
     <w:rPr>
-      <w:sz w:val="28"/>
-      <w:lang w:val="x-none"/>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:snapToGrid w:val="0"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="x-none" w:eastAsia="x-none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="20">
+  <w:style w:type="character" w:customStyle="1" w:styleId="20">
+    <w:name w:val="Заголовок 2 Знак"/>
+    <w:link w:val="2"/>
+    <w:rsid w:val="00EF5137"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="30">
+    <w:name w:val="Заголовок 3 Знак"/>
+    <w:link w:val="3"/>
+    <w:rsid w:val="00EF5137"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="40">
+    <w:name w:val="Заголовок 4 Знак"/>
+    <w:link w:val="4"/>
+    <w:rsid w:val="00EF5137"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="50">
+    <w:name w:val="Заголовок 5 Знак"/>
+    <w:link w:val="5"/>
+    <w:rsid w:val="00EF5137"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="60">
+    <w:name w:val="Заголовок 6 Знак"/>
+    <w:link w:val="6"/>
+    <w:rsid w:val="00EF5137"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="70">
+    <w:name w:val="Заголовок 7 Знак"/>
+    <w:link w:val="7"/>
+    <w:rsid w:val="00EF5137"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="80">
+    <w:name w:val="Заголовок 8 Знак"/>
+    <w:link w:val="8"/>
+    <w:rsid w:val="00EF5137"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:snapToGrid w:val="0"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="90">
+    <w:name w:val="Заголовок 9 Знак"/>
+    <w:link w:val="9"/>
+    <w:rsid w:val="00EF5137"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="36"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="21">
     <w:name w:val="Body Text 2"/>
     <w:basedOn w:val="a"/>
+    <w:link w:val="22"/>
+    <w:rsid w:val="00EF5137"/>
     <w:pPr>
+      <w:spacing w:before="240"/>
+      <w:ind w:right="-7"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a5">
-    <w:name w:val="header"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="22">
+    <w:name w:val="Основной текст 2 Знак"/>
+    <w:link w:val="21"/>
+    <w:rsid w:val="00EF5137"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a3">
+    <w:name w:val="caption"/>
     <w:basedOn w:val="a"/>
-    <w:link w:val="a6"/>
+    <w:next w:val="a"/>
+    <w:qFormat/>
+    <w:rsid w:val="00EF5137"/>
     <w:pPr>
-      <w:tabs>
-[...18 lines deleted...]
-      </w:tabs>
+      <w:ind w:right="-30"/>
+      <w:jc w:val="right"/>
     </w:pPr>
     <w:rPr>
-      <w:lang w:val="x-none"/>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="31">
     <w:name w:val="Body Text 3"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="32"/>
+    <w:rsid w:val="00EF5137"/>
     <w:pPr>
+      <w:ind w:right="-30"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
-      <w:sz w:val="22"/>
-[...85 lines deleted...]
-      <w:lang w:eastAsia="en-US"/>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="32">
     <w:name w:val="Основной текст 3 Знак"/>
     <w:link w:val="31"/>
-    <w:rsid w:val="00061D3E"/>
+    <w:rsid w:val="00EF5137"/>
     <w:rPr>
-      <w:sz w:val="22"/>
-      <w:lang w:eastAsia="en-US"/>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="ae">
+  <w:style w:type="paragraph" w:styleId="33">
+    <w:name w:val="Body Text Indent 3"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="34"/>
+    <w:rsid w:val="00EF5137"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:spacing w:before="200"/>
+      <w:ind w:firstLine="700"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:snapToGrid w:val="0"/>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="34">
+    <w:name w:val="Основной текст с отступом 3 Знак"/>
+    <w:link w:val="33"/>
+    <w:rsid w:val="00EF5137"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
+      <w:snapToGrid w:val="0"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a4">
+    <w:name w:val="Body Text Indent"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a5"/>
+    <w:rsid w:val="00EF5137"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:spacing w:line="300" w:lineRule="auto"/>
+      <w:ind w:right="200" w:firstLine="700"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:snapToGrid w:val="0"/>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a5">
+    <w:name w:val="Основной текст с отступом Знак"/>
+    <w:link w:val="a4"/>
+    <w:rsid w:val="00EF5137"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
+      <w:snapToGrid w:val="0"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="23">
+    <w:name w:val="Body Text Indent 2"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="24"/>
+    <w:rsid w:val="00EF5137"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:spacing w:before="180" w:line="300" w:lineRule="auto"/>
+      <w:ind w:firstLine="720"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:snapToGrid w:val="0"/>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="24">
+    <w:name w:val="Основной текст с отступом 2 Знак"/>
+    <w:link w:val="23"/>
+    <w:rsid w:val="00EF5137"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
+      <w:snapToGrid w:val="0"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="FR3">
+    <w:name w:val="FR3"/>
+    <w:link w:val="FR30"/>
+    <w:rsid w:val="00EF5137"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:spacing w:line="260" w:lineRule="auto"/>
+      <w:ind w:left="840" w:right="3400" w:hanging="840"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:snapToGrid w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="a6">
+    <w:name w:val="page number"/>
+    <w:basedOn w:val="a0"/>
+    <w:rsid w:val="00EF5137"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a7">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a8"/>
+    <w:rsid w:val="00EF5137"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4153"/>
+        <w:tab w:val="right" w:pos="8306"/>
+      </w:tabs>
+      <w:spacing w:line="320" w:lineRule="auto"/>
+      <w:ind w:right="2200" w:hanging="20"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New"/>
+      <w:snapToGrid w:val="0"/>
+      <w:sz w:val="18"/>
+      <w:lang w:val="x-none" w:eastAsia="x-none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a8">
+    <w:name w:val="Верхний колонтитул Знак"/>
+    <w:link w:val="a7"/>
+    <w:rsid w:val="00EF5137"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Times New Roman"/>
+      <w:snapToGrid w:val="0"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="x-none" w:eastAsia="x-none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a9">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="aa"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00EF5137"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4153"/>
+        <w:tab w:val="right" w:pos="8306"/>
+      </w:tabs>
+      <w:spacing w:line="320" w:lineRule="auto"/>
+      <w:ind w:right="2200" w:hanging="20"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New"/>
+      <w:snapToGrid w:val="0"/>
+      <w:sz w:val="18"/>
+      <w:lang w:val="x-none" w:eastAsia="x-none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="aa">
+    <w:name w:val="Нижний колонтитул Знак"/>
+    <w:link w:val="a9"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00EF5137"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Times New Roman"/>
+      <w:snapToGrid w:val="0"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="x-none" w:eastAsia="x-none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ab">
+    <w:name w:val="Body Text"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="ac"/>
+    <w:rsid w:val="00EF5137"/>
+    <w:pPr>
+      <w:spacing w:after="120"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ac">
+    <w:name w:val="Основной текст Знак"/>
+    <w:link w:val="ab"/>
+    <w:rsid w:val="00EF5137"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="ad">
+    <w:name w:val="Название"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="ae"/>
+    <w:qFormat/>
+    <w:rsid w:val="00EF5137"/>
+    <w:pPr>
+      <w:spacing w:before="240" w:after="60"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:b/>
+      <w:kern w:val="28"/>
+      <w:sz w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ae">
+    <w:name w:val="Название Знак"/>
+    <w:link w:val="ad"/>
+    <w:rsid w:val="00EF5137"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:kern w:val="28"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="25">
+    <w:name w:val="List 2"/>
+    <w:basedOn w:val="a"/>
+    <w:rsid w:val="00EF5137"/>
+    <w:pPr>
+      <w:ind w:left="566" w:hanging="283"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="35">
+    <w:name w:val="List 3"/>
+    <w:basedOn w:val="a"/>
+    <w:rsid w:val="00EF5137"/>
+    <w:pPr>
+      <w:ind w:left="849" w:hanging="283"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="41">
+    <w:name w:val="List 4"/>
+    <w:basedOn w:val="a"/>
+    <w:rsid w:val="00EF5137"/>
+    <w:pPr>
+      <w:ind w:left="1132" w:hanging="283"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="51">
+    <w:name w:val="List 5"/>
+    <w:basedOn w:val="a"/>
+    <w:rsid w:val="00EF5137"/>
+    <w:pPr>
+      <w:ind w:left="1415" w:hanging="283"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="36">
+    <w:name w:val="List Continue 3"/>
+    <w:basedOn w:val="a"/>
+    <w:rsid w:val="00EF5137"/>
+    <w:pPr>
+      <w:spacing w:after="120"/>
+      <w:ind w:left="849"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="af">
+    <w:name w:val="Subtitle"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="af0"/>
+    <w:qFormat/>
+    <w:rsid w:val="00EF5137"/>
+    <w:pPr>
+      <w:spacing w:after="60"/>
+      <w:jc w:val="center"/>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="af0">
+    <w:name w:val="Подзаголовок Знак"/>
+    <w:link w:val="af"/>
+    <w:rsid w:val="00EF5137"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="af1">
+    <w:name w:val="Plain Text"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="af2"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00EF5137"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New"/>
+      <w:snapToGrid w:val="0"/>
+      <w:lang w:val="x-none" w:eastAsia="x-none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="af2">
+    <w:name w:val="Текст Знак"/>
+    <w:link w:val="af1"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00EF5137"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Times New Roman"/>
+      <w:snapToGrid w:val="0"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="x-none" w:eastAsia="x-none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="af3">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="a1"/>
-    <w:rsid w:val="00FB57A4"/>
+    <w:rsid w:val="00EF5137"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+    </w:rPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="70">
-[...2 lines deleted...]
-    <w:rsid w:val="00DA7E84"/>
+  <w:style w:type="character" w:styleId="af4">
+    <w:name w:val="Hyperlink"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00EF5137"/>
+    <w:rPr>
+      <w:color w:val="0000FF"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="af5">
+    <w:name w:val="......."/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:rsid w:val="00EF5137"/>
+    <w:pPr>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:adjustRightInd w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="st">
+    <w:name w:val="st"/>
+    <w:basedOn w:val="a"/>
+    <w:rsid w:val="00EF5137"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+    </w:pPr>
     <w:rPr>
       <w:sz w:val="24"/>
-      <w:lang w:eastAsia="en-US"/>
+      <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="30">
-[...2 lines deleted...]
-    <w:rsid w:val="000A4060"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Default">
+    <w:name w:val="Default"/>
+    <w:rsid w:val="00EF5137"/>
+    <w:pPr>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:adjustRightInd w:val="0"/>
+    </w:pPr>
     <w:rPr>
-      <w:b/>
-[...1 lines deleted...]
-      <w:lang w:eastAsia="en-US"/>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="80">
-[...1 lines deleted...]
-    <w:link w:val="8"/>
+  <w:style w:type="paragraph" w:styleId="af6">
+    <w:name w:val="No Spacing"/>
+    <w:link w:val="af7"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="00EF5137"/>
+    <w:pPr>
+      <w:overflowPunct w:val="0"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:adjustRightInd w:val="0"/>
+      <w:textAlignment w:val="baseline"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:val="en-US" w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="af8">
+    <w:name w:val="Основной текст_"/>
+    <w:link w:val="37"/>
+    <w:rsid w:val="00EF5137"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="37">
+    <w:name w:val="Основной текст3"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="af8"/>
+    <w:rsid w:val="00EF5137"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+      <w:spacing w:line="250" w:lineRule="exact"/>
+      <w:ind w:hanging="1420"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+      <w:lang w:val="x-none" w:eastAsia="x-none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="af9">
+    <w:name w:val="Основной текст + Полужирный"/>
+    <w:rsid w:val="00EF5137"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:b/>
+      <w:bCs/>
+      <w:i w:val="0"/>
+      <w:iCs w:val="0"/>
+      <w:smallCaps w:val="0"/>
+      <w:strike w:val="0"/>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="0"/>
+      <w:w w:val="100"/>
+      <w:position w:val="0"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:u w:val="none"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="hps">
+    <w:name w:val="hps"/>
+    <w:basedOn w:val="a0"/>
+    <w:rsid w:val="00EF5137"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="longtext">
+    <w:name w:val="long_text"/>
+    <w:basedOn w:val="a0"/>
+    <w:rsid w:val="00EF5137"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="shorttext">
+    <w:name w:val="short_text"/>
+    <w:basedOn w:val="a0"/>
+    <w:rsid w:val="00EF5137"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="alt-edited1">
+    <w:name w:val="alt-edited1"/>
+    <w:rsid w:val="00EF5137"/>
+    <w:rPr>
+      <w:color w:val="4D90F0"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="afa">
+    <w:name w:val="ÎãëàâëÌÝÊ"/>
+    <w:basedOn w:val="a"/>
+    <w:rsid w:val="00EF5137"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="left" w:pos="9639"/>
+      </w:tabs>
+      <w:spacing w:line="360" w:lineRule="auto"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:noProof/>
+      <w:spacing w:val="20"/>
+      <w:sz w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="afb">
+    <w:name w:val="Абз"/>
+    <w:basedOn w:val="ab"/>
+    <w:rsid w:val="00EF5137"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="288" w:lineRule="auto"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="11">
+    <w:name w:val="Без интервала1"/>
+    <w:rsid w:val="00EF5137"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="12">
+    <w:name w:val="Основной текст1"/>
+    <w:rsid w:val="00EF5137"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:b w:val="0"/>
+      <w:bCs w:val="0"/>
+      <w:i w:val="0"/>
+      <w:iCs w:val="0"/>
+      <w:smallCaps w:val="0"/>
+      <w:strike w:val="0"/>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="0"/>
+      <w:w w:val="100"/>
+      <w:position w:val="0"/>
+      <w:u w:val="none"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="afc">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="afd"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00EF5137"/>
+    <w:pPr>
+      <w:overflowPunct w:val="0"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:adjustRightInd w:val="0"/>
+      <w:textAlignment w:val="baseline"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+      <w:lang w:val="en-US" w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="afd">
+    <w:name w:val="Текст выноски Знак"/>
+    <w:link w:val="afc"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00EF5137"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Times New Roman"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FontStyle37">
+    <w:name w:val="Font Style37"/>
+    <w:rsid w:val="00EF5137"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="26"/>
+      <w:szCs w:val="26"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="HTML">
+    <w:name w:val="HTML Preformatted"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="HTML0"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00EF5137"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="left" w:pos="916"/>
+        <w:tab w:val="left" w:pos="1832"/>
+        <w:tab w:val="left" w:pos="2748"/>
+        <w:tab w:val="left" w:pos="3664"/>
+        <w:tab w:val="left" w:pos="4580"/>
+        <w:tab w:val="left" w:pos="5496"/>
+        <w:tab w:val="left" w:pos="6412"/>
+        <w:tab w:val="left" w:pos="7328"/>
+        <w:tab w:val="left" w:pos="8244"/>
+        <w:tab w:val="left" w:pos="9160"/>
+        <w:tab w:val="left" w:pos="10076"/>
+        <w:tab w:val="left" w:pos="10992"/>
+        <w:tab w:val="left" w:pos="11908"/>
+        <w:tab w:val="left" w:pos="12824"/>
+        <w:tab w:val="left" w:pos="13740"/>
+        <w:tab w:val="left" w:pos="14656"/>
+      </w:tabs>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="HTML0">
+    <w:name w:val="Стандартный HTML Знак"/>
+    <w:link w:val="HTML"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00EF5137"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="af7">
+    <w:name w:val="Без интервала Знак"/>
+    <w:link w:val="af6"/>
+    <w:uiPriority w:val="1"/>
+    <w:rsid w:val="00EF5137"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FR30">
+    <w:name w:val="FR3 Знак"/>
+    <w:link w:val="FR3"/>
+    <w:rsid w:val="00EF5137"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:snapToGrid w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="afe">
+    <w:name w:val="TOC Heading"/>
+    <w:basedOn w:val="1"/>
+    <w:next w:val="a"/>
+    <w:uiPriority w:val="39"/>
     <w:semiHidden/>
-    <w:rsid w:val="003620F4"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00EF5137"/>
+    <w:pPr>
+      <w:keepLines/>
+      <w:widowControl/>
+      <w:spacing w:before="480" w:line="276" w:lineRule="auto"/>
+      <w:jc w:val="left"/>
+      <w:outlineLvl w:val="9"/>
+    </w:pPr>
     <w:rPr>
+      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+      <w:bCs/>
+      <w:snapToGrid/>
+      <w:color w:val="365F91"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+      <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="13">
+    <w:name w:val="toc 1"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="39"/>
+    <w:rsid w:val="00EF5137"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="26">
+    <w:name w:val="toc 2"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="39"/>
+    <w:rsid w:val="00EF5137"/>
+    <w:pPr>
+      <w:ind w:left="200"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="ConsPlusNormal">
+    <w:name w:val="ConsPlusNormal"/>
+    <w:rsid w:val="00194140"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:adjustRightInd w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="TableGrid">
+    <w:name w:val="TableGrid"/>
+    <w:rsid w:val="00CA3473"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
       <w:sz w:val="24"/>
-      <w:lang w:eastAsia="en-US"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="0" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="TableGrid1">
+    <w:name w:val="TableGrid1"/>
+    <w:rsid w:val="00805C5D"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="0" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="27">
+    <w:name w:val="Без интервала2"/>
+    <w:link w:val="NoSpacingChar"/>
+    <w:rsid w:val="00B53AEA"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="NoSpacingChar">
+    <w:name w:val="No Spacing Char"/>
+    <w:link w:val="27"/>
+    <w:locked/>
+    <w:rsid w:val="00B53AEA"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="aff">
+    <w:name w:val="Placeholder Text"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00CC094B"/>
+    <w:rPr>
+      <w:color w:val="808080"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="38">
+    <w:name w:val="Без интервала3"/>
+    <w:rsid w:val="00204777"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="61">
+    <w:name w:val="Без интервала6"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="006938AF"/>
+    <w:pPr>
+      <w:overflowPunct w:val="0"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:adjustRightInd w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:val="en-US" w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="39">
+    <w:name w:val="Стиль3"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="1"/>
+    <w:rsid w:val="00796C65"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:sz w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FontStyle23">
+    <w:name w:val="Font Style23"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00C96A4E"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
-    <w:div w:id="158545419">
+    <w:div w:id="114981879">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="265815517">
+    <w:div w:id="191118796">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="298918418">
+    <w:div w:id="398285452">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="317922699">
+    <w:div w:id="890531093">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="367877263">
+    <w:div w:id="1031615714">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="392236631">
-[...649 lines deleted...]
-    <w:div w:id="2143845872">
+    <w:div w:id="2113359519">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
-  <w:targetScreenSz w:val="800x600"/>
+  <w:relyOnVML/>
+  <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
-<file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rIdWmImg1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/wm.png"/></Relationships>
+<file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rIdWmImg2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/wm.png"/></Relationships>
 
 </file>
 
-<file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...5 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rIdWmImg2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/wm.png"/></Relationships>
+<file path=word/_rels/footer2.xml.rels><?xml version="1.0" encoding="UTF-8"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rIdWmImg1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/wm.png"/></Relationships>
 
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
@@ -14574,85 +14097,85 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{942A6C91-C6F6-4CFA-B4F7-86A3FA3EF43D}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D85ADF8A-A3BF-43F9-AFC4-37BADB87DE15}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>6</Pages>
-  <Words>1065</Words>
-  <Characters>6074</Characters>
+  <Words>1273</Words>
+  <Characters>7258</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>50</Lines>
-  <Paragraphs>14</Paragraphs>
+  <Lines>60</Lines>
+  <Paragraphs>17</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>Приложение   к   аттестату   аккредитации</vt:lpstr>
+      <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
-  <Company>CSM</Company>
+  <Company>USN Team</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>7125</CharactersWithSpaces>
+  <CharactersWithSpaces>8514</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>Приложение   к   аттестату   аккредитации</dc:title>
+  <dc:title/>
   <dc:subject/>
-  <dc:creator>Metron</dc:creator>
+  <dc:creator>Morozova</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>