--- v0 (2025-10-28)
+++ v1 (2026-01-10)
@@ -1362,50 +1362,64 @@
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:p>
+    <w:pPr>
+      <w:rPr>
+        <w:sz w:val="2"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r xmlns:v="urn:schemas-microsoft-com:vml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
+      <w:pict xmlns:v="urn:schemas-microsoft-com:vml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
+        <v:shape xmlns:v="urn:schemas-microsoft-com:vml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" id="WatermarkShape" type="#_x0000_t75" style="position:absolute; left:-330pt; top:300pt; width:700pt; height:40pt; rotation:270; fill-opacity:0.3; mso-wrap-style:behind; z-index:-1; mso-position-horizontal:absolute; mso-position-vertical:absolute; mso-position-horizontal-relative:page; mso-position-vertical-relative:page;" stroked="f" filled="t">
+          <v:imagedata xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rIdWmImg1" o:title=""/>
+        </v:shape>
+      </w:pict>
+    </w:r>
+  </w:p>
   <w:p w:rsidR="00284CAF" w:rsidRDefault="00284CAF" w:rsidP="00305BC9">
     <w:pPr>
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve">Приложение </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="48663B67" wp14:editId="1501AD05">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>-86360</wp:posOffset>
@@ -1574,59 +1588,50 @@
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="00284CAF" w:rsidRDefault="00284CAF" w:rsidP="004121B7">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="00284CAF" w:rsidRDefault="00284CAF" w:rsidP="004121B7">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
-  <w:p>
-[...7 lines deleted...]
-  </w:p>
   <w:p w:rsidR="00284CAF" w:rsidRDefault="00284CAF">
     <w:pPr>
       <w:pStyle w:val="a4"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="79E47532" wp14:editId="4C70FFE4">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>-3811</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>312420</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="6105525" cy="0"/>
               <wp:effectExtent l="0" t="0" r="9525" b="19050"/>
               <wp:wrapNone/>
               <wp:docPr id="1" name="Прямая соединительная линия 1"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
@@ -3750,53 +3755,57 @@
       </w:divBdr>
     </w:div>
     <w:div w:id="2107579481">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
 </file>
 
+<file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rIdWmImg1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/wm.png"/></Relationships>
+
+</file>
+
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rIdWmImg1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/wm.png"/></Relationships>
-
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>