--- v0 (2025-11-04)
+++ v1 (2026-01-09)
@@ -1,2519 +1,1500 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
-  <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
-[...3 lines deleted...]
-  <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Default Extension="png" ContentType="image/png"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
+    <w:p w14:paraId="2F92D245" w14:textId="77777777" w:rsidR="00A70CA6" w:rsidRDefault="00A70CA6" w:rsidP="00A70CA6">
+      <w:pPr>
+        <w:overflowPunct w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_Hlk212559846"/>
+      <w:r w:rsidRPr="00F803A7">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t>ОПИСАНИ</w:t>
+      </w:r>
+      <w:r w:rsidR="00F56EB5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Е </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F803A7">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t>ОБЛАСТИ АККРЕДИТАЦИИ</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:p w14:paraId="18C9C9CB" w14:textId="77777777" w:rsidR="007D0A5D" w:rsidRPr="00C35CF2" w:rsidRDefault="007D0A5D" w:rsidP="00C35CF2">
+      <w:pPr>
+        <w:overflowPunct w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="af3"/>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblBorders>
-          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
-[...4 lines deleted...]
-          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
+        <w:tblCellMar>
+          <w:top w:w="15" w:type="dxa"/>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:bottom w:w="15" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5848"/>
-        <w:gridCol w:w="3790"/>
+        <w:gridCol w:w="850"/>
+        <w:gridCol w:w="2024"/>
+        <w:gridCol w:w="1238"/>
+        <w:gridCol w:w="2825"/>
+        <w:gridCol w:w="2548"/>
+        <w:gridCol w:w="2641"/>
+        <w:gridCol w:w="2434"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00A7420A" w:rsidRPr="00131F6F" w14:paraId="07CD5BF6" w14:textId="77777777" w:rsidTr="00F018EB">
-[...5 lines deleted...]
-          <w:p w14:paraId="1BEA4352" w14:textId="77777777" w:rsidR="00A7420A" w:rsidRPr="00131F6F" w:rsidRDefault="00A7420A" w:rsidP="00F018EB">
+      <w:tr w:rsidR="00C35CF2" w:rsidRPr="00BC186A" w14:paraId="53BDE202" w14:textId="77777777" w:rsidTr="007D0A5D">
+        <w:trPr>
+          <w:trHeight w:val="240"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="292" w:type="pct"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="6" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="6" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="104F2B1E" w14:textId="77777777" w:rsidR="00C35CF2" w:rsidRPr="00BC186A" w:rsidRDefault="00C35CF2" w:rsidP="00C35CF2">
             <w:pPr>
-              <w:pStyle w:val="38"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:cs="Times New Roman"/>
-[...3 lines deleted...]
-                <w:lang w:val="en-US"/>
+                <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00BC186A">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>№</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BC186A">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>п/п</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3790" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="05256CD8" w14:textId="77777777" w:rsidR="00A7420A" w:rsidRPr="00131F6F" w:rsidRDefault="00A7420A" w:rsidP="00F018EB">
+            <w:tcW w:w="695" w:type="pct"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="6" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="6" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4835E47B" w14:textId="77777777" w:rsidR="00C35CF2" w:rsidRPr="00BC186A" w:rsidRDefault="00C35CF2" w:rsidP="00C35CF2">
             <w:pPr>
-              <w:pStyle w:val="38"/>
-[...4 lines deleted...]
-                <w:szCs w:val="28"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00131F6F">
-[...35 lines deleted...]
-            </w:sdt>
+            <w:r w:rsidRPr="00BC186A">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Наименование объекта</w:t>
+            </w:r>
           </w:p>
         </w:tc>
-      </w:tr>
-[...6 lines deleted...]
-          <w:p w14:paraId="6C4D9666" w14:textId="77777777" w:rsidR="00A7420A" w:rsidRPr="00131F6F" w:rsidRDefault="00A7420A" w:rsidP="00F018EB">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="425" w:type="pct"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="6" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="6" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="568B2091" w14:textId="77777777" w:rsidR="00C35CF2" w:rsidRPr="00BC186A" w:rsidRDefault="00C35CF2" w:rsidP="00C35CF2">
             <w:pPr>
-              <w:pStyle w:val="38"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:cs="Times New Roman"/>
-[...2 lines deleted...]
-                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00BC186A">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Код </w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3790" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="778FC36F" w14:textId="77777777" w:rsidR="00A7420A" w:rsidRPr="00131F6F" w:rsidRDefault="00A7420A" w:rsidP="00F018EB">
+            <w:tcW w:w="970" w:type="pct"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="6" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="6" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="326D4B5E" w14:textId="77777777" w:rsidR="00C35CF2" w:rsidRPr="00BC186A" w:rsidRDefault="00C35CF2" w:rsidP="00C35CF2">
             <w:pPr>
-              <w:pStyle w:val="38"/>
-[...4 lines deleted...]
-                <w:szCs w:val="28"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00131F6F">
-[...6 lines deleted...]
-              <w:t xml:space="preserve">к аттестату аккредитации </w:t>
+            <w:r w:rsidRPr="00BC186A">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Наименование характеристики (показатель, параметры)</w:t>
             </w:r>
           </w:p>
         </w:tc>
-      </w:tr>
-[...6 lines deleted...]
-          <w:p w14:paraId="580AA158" w14:textId="77777777" w:rsidR="00A7420A" w:rsidRPr="00131F6F" w:rsidRDefault="00A7420A" w:rsidP="00F018EB">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="875" w:type="pct"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="6" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="6" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="25F1362F" w14:textId="77777777" w:rsidR="00C35CF2" w:rsidRPr="00BC186A" w:rsidRDefault="00C35CF2" w:rsidP="00C35CF2">
             <w:pPr>
-              <w:pStyle w:val="38"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:cs="Times New Roman"/>
-[...2 lines deleted...]
-                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00BC186A">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Обозначение документа, устанавливающего требования к объекту</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3790" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="2ADC956C" w14:textId="77777777" w:rsidR="00A7420A" w:rsidRPr="00131F6F" w:rsidRDefault="00A7420A" w:rsidP="00F018EB">
+            <w:tcW w:w="907" w:type="pct"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="6" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="6" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="31B8652B" w14:textId="77777777" w:rsidR="00C35CF2" w:rsidRPr="00BC186A" w:rsidRDefault="00C35CF2" w:rsidP="00B67028">
             <w:pPr>
-              <w:pStyle w:val="38"/>
-[...5 lines deleted...]
-                <w:lang w:val="en-US"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00131F6F">
-[...7 lines deleted...]
-              <w:t>№ BY/112 2.0293</w:t>
+            <w:r w:rsidRPr="00BC186A">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Обозначение документа, устанавливающего метод исследований (испытаний) и измерений, в том числе правила отбора образцов</w:t>
             </w:r>
           </w:p>
         </w:tc>
-      </w:tr>
-[...6 lines deleted...]
-          <w:p w14:paraId="6B94E114" w14:textId="77777777" w:rsidR="00A7420A" w:rsidRPr="00131F6F" w:rsidRDefault="00A7420A" w:rsidP="00F018EB">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="836" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0A0DF007" w14:textId="77777777" w:rsidR="00C35CF2" w:rsidRPr="00BC186A" w:rsidRDefault="00C35CF2" w:rsidP="00C35CF2">
             <w:pPr>
-              <w:pStyle w:val="38"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:cs="Times New Roman"/>
-[...3 lines deleted...]
-                <w:lang w:val="en-US"/>
+                <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...253 lines deleted...]
-            </w:sdt>
+            <w:r w:rsidRPr="00BC186A">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Место(а) осуществления деятельности</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="1C2B63DE" w14:textId="77777777" w:rsidR="00A7420A" w:rsidRDefault="00A7420A" w:rsidP="00A7420A"/>
-[...718 lines deleted...]
-    <w:p w14:paraId="7F1C303D" w14:textId="77777777" w:rsidR="00A7420A" w:rsidRDefault="00A7420A" w:rsidP="00A7420A">
+    <w:p w14:paraId="369439AC" w14:textId="77777777" w:rsidR="00B67028" w:rsidRPr="00B67028" w:rsidRDefault="00B67028" w:rsidP="00B67028">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="2"/>
           <w:szCs w:val="2"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="800"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="2091"/>
+        <w:gridCol w:w="846"/>
+        <w:gridCol w:w="1985"/>
+        <w:gridCol w:w="1269"/>
+        <w:gridCol w:w="2833"/>
+        <w:gridCol w:w="2557"/>
+        <w:gridCol w:w="2630"/>
+        <w:gridCol w:w="2440"/>
       </w:tblGrid>
-      <w:tr w:rsidR="006642A6" w14:paraId="0D037FC1" w14:textId="77777777">
+      <w:tr w:rsidR="00064F64" w14:paraId="602E651F" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="276"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="405" w:type="pct"/>
+            <w:tcW w:w="290" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="77737E8E" w14:textId="77777777" w:rsidR="00A7420A" w:rsidRPr="00582A8F" w:rsidRDefault="00741226" w:rsidP="00A7420A">
+          <w:p w14:paraId="6F75583E" w14:textId="77777777" w:rsidR="00B67028" w:rsidRPr="00582A8F" w:rsidRDefault="00E65BEC">
             <w:pPr>
               <w:ind w:left="-45" w:right="-45"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
-                <w:sz w:val="22"/>
+                <w:sz w:val="16"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="820" w:type="pct"/>
+            <w:tcW w:w="680" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="24CB0B18" w14:textId="77777777" w:rsidR="006642A6" w:rsidRDefault="00741226">
+          <w:p w14:paraId="03C73DC9" w14:textId="77777777" w:rsidR="00064F64" w:rsidRDefault="00E65BEC">
             <w:pPr>
               <w:ind w:left="-45" w:right="-45"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
-                <w:sz w:val="22"/>
+                <w:sz w:val="16"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="705" w:type="pct"/>
+            <w:tcW w:w="435" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1C7554CA" w14:textId="77777777" w:rsidR="006642A6" w:rsidRDefault="00741226">
+          <w:p w14:paraId="0D99F3DB" w14:textId="77777777" w:rsidR="00064F64" w:rsidRDefault="00E65BEC">
             <w:pPr>
               <w:ind w:left="-45" w:right="-45"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
-                <w:sz w:val="22"/>
+                <w:sz w:val="16"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="945" w:type="pct"/>
+            <w:tcW w:w="970" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5C427E48" w14:textId="77777777" w:rsidR="006642A6" w:rsidRDefault="00741226">
+          <w:p w14:paraId="662CD5FF" w14:textId="77777777" w:rsidR="00064F64" w:rsidRDefault="00E65BEC">
             <w:pPr>
               <w:ind w:left="-45" w:right="-45"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
-                <w:sz w:val="22"/>
+                <w:sz w:val="16"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="945" w:type="pct"/>
+            <w:tcW w:w="875" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7DF37322" w14:textId="77777777" w:rsidR="006642A6" w:rsidRDefault="00741226">
+          <w:p w14:paraId="611A95BD" w14:textId="77777777" w:rsidR="00064F64" w:rsidRDefault="00E65BEC">
             <w:pPr>
               <w:ind w:left="-45" w:right="-45"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
-                <w:sz w:val="22"/>
+                <w:sz w:val="16"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1060" w:type="pct"/>
+            <w:tcW w:w="900" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7F94DD87" w14:textId="77777777" w:rsidR="006642A6" w:rsidRDefault="00741226">
+          <w:p w14:paraId="53EF6866" w14:textId="77777777" w:rsidR="00064F64" w:rsidRDefault="00E65BEC">
             <w:pPr>
               <w:ind w:left="-45" w:right="-45"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
-                <w:sz w:val="22"/>
+                <w:sz w:val="16"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
-      </w:tr>
-[...6 lines deleted...]
-          <w:p w14:paraId="5A48BE64" w14:textId="77777777" w:rsidR="006642A6" w:rsidRDefault="00741226">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="835" w:type="pct"/>
+            <w:vMerge w:val="restart"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2284EABF" w14:textId="77777777" w:rsidR="00064F64" w:rsidRDefault="00E65BEC">
             <w:pPr>
-              <w:ind w:left="-84" w:right="-84"/>
+              <w:ind w:left="-45" w:right="-45"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
-                <w:sz w:val="22"/>
-[...1 lines deleted...]
-              <w:t>ул. Даумана, 95, 222120, г. Борисов, Борисовский</w:t>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006642A6" w14:paraId="2F627532" w14:textId="77777777">
-[...25 lines deleted...]
-          <w:p w14:paraId="6F36D04F" w14:textId="77777777" w:rsidR="006642A6" w:rsidRDefault="00741226">
+      <w:tr w:rsidR="00064F64" w14:paraId="3C9CC7A9" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="290" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="6EEA37E4" w14:textId="77777777" w:rsidR="00064F64" w:rsidRDefault="00E65BEC">
             <w:pPr>
               <w:ind w:left="-84" w:right="-84"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>1.1**</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="820" w:type="pct"/>
+            <w:tcW w:w="680" w:type="pct"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="24E25C0A" w14:textId="77777777" w:rsidR="006642A6" w:rsidRDefault="00741226">
+          <w:p w14:paraId="2A6F19AB" w14:textId="77777777" w:rsidR="00064F64" w:rsidRDefault="00E65BEC">
             <w:pPr>
               <w:ind w:left="-84" w:right="-84"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>Стартеры</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="705" w:type="pct"/>
+            <w:tcW w:w="435" w:type="pct"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="1AF1B07F" w14:textId="77777777" w:rsidR="006642A6" w:rsidRDefault="00741226">
+          <w:p w14:paraId="03388812" w14:textId="77777777" w:rsidR="00064F64" w:rsidRDefault="00E65BEC">
             <w:pPr>
               <w:ind w:left="-84" w:right="-84"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>29.31/26.095</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="945" w:type="pct"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="450CA8D7" w14:textId="77777777" w:rsidR="006642A6" w:rsidRDefault="00741226">
+            <w:tcW w:w="970" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="2AC8D0F0" w14:textId="77777777" w:rsidR="00064F64" w:rsidRDefault="00E65BEC">
             <w:pPr>
               <w:ind w:left="-84" w:right="-84"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>Вибропрочность (ускорение 10g)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="945" w:type="pct"/>
+            <w:tcW w:w="875" w:type="pct"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="11B61C7F" w14:textId="77777777" w:rsidR="006642A6" w:rsidRDefault="00741226">
+          <w:p w14:paraId="75045C15" w14:textId="77777777" w:rsidR="00064F64" w:rsidRDefault="00E65BEC">
             <w:pPr>
               <w:ind w:left="-84" w:right="-84"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>ТР ТС 018/2011;</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t>ГОСТ 3940-2004;</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:br/>
-            </w:r>
-[...3 lines deleted...]
-              </w:rPr>
               <w:t>ГОСТ Р 52230-2004</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1060" w:type="pct"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="126FE631" w14:textId="77777777" w:rsidR="006642A6" w:rsidRDefault="00741226">
+            <w:tcW w:w="900" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="434D7AC1" w14:textId="77777777" w:rsidR="00064F64" w:rsidRDefault="00E65BEC">
             <w:pPr>
               <w:ind w:left="-84" w:right="-84"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>ГОСТ 3940-2004 п.6.13;</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t>ГОСТ Р 52230-2004 п. 6.13</w:t>
             </w:r>
           </w:p>
         </w:tc>
-      </w:tr>
-[...5 lines deleted...]
-          <w:p w14:paraId="1D997439" w14:textId="77777777" w:rsidR="006642A6" w:rsidRDefault="00741226">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="835" w:type="pct"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="0E6B11F6" w14:textId="77777777" w:rsidR="00064F64" w:rsidRDefault="00E65BEC">
             <w:pPr>
               <w:ind w:left="-84" w:right="-84"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>1.2**</w:t>
+              <w:t>Испытательная лаборатория (ул. Даумана, 95, 222120, г. Борисов, Борисовский район, Минская область)</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...17 lines deleted...]
-          <w:p w14:paraId="072BB622" w14:textId="77777777" w:rsidR="006642A6" w:rsidRDefault="00741226">
+      </w:tr>
+      <w:tr w:rsidR="00064F64" w14:paraId="4F9BC2F0" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="290" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="65A46832" w14:textId="77777777" w:rsidR="00064F64" w:rsidRDefault="00E65BEC">
             <w:pPr>
               <w:ind w:left="-84" w:right="-84"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>Ударопрочность (ускорение 15 g)</w:t>
+              <w:t>1.2**</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="945" w:type="pct"/>
+            <w:tcW w:w="680" w:type="pct"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="32F6F3A5" w14:textId="77777777" w:rsidR="006642A6" w:rsidRDefault="006642A6"/>
-[...5 lines deleted...]
-          <w:p w14:paraId="46EDCABF" w14:textId="77777777" w:rsidR="006642A6" w:rsidRDefault="00741226">
+          <w:p w14:paraId="6F3E4324" w14:textId="77777777" w:rsidR="00064F64" w:rsidRDefault="00064F64"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="435" w:type="pct"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="42A2BB62" w14:textId="77777777" w:rsidR="00064F64" w:rsidRDefault="00064F64"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="970" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="77FB6974" w14:textId="77777777" w:rsidR="00064F64" w:rsidRDefault="00E65BEC">
             <w:pPr>
               <w:ind w:left="-84" w:right="-84"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>ГОСТ 3940-2004 п. 6.13;</w:t>
-[...6 lines deleted...]
-              <w:t>ГОСТ Р 52230-2004 п. 6.13</w:t>
+              <w:t>Ударопрочность (ускорение 15 g)</w:t>
             </w:r>
           </w:p>
         </w:tc>
-      </w:tr>
-[...5 lines deleted...]
-          <w:p w14:paraId="1576774E" w14:textId="77777777" w:rsidR="006642A6" w:rsidRDefault="00741226">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="875" w:type="pct"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="03097298" w14:textId="77777777" w:rsidR="00064F64" w:rsidRDefault="00064F64"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="900" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="1C7DD09E" w14:textId="77777777" w:rsidR="00064F64" w:rsidRDefault="00E65BEC">
             <w:pPr>
               <w:ind w:left="-84" w:right="-84"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>1.3**</w:t>
+              <w:t>ГОСТ 3940-2004 п. 6.13;</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>ГОСТ Р 52230-2004 п. 6.13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="820" w:type="pct"/>
+            <w:tcW w:w="835" w:type="pct"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="7CCBB61C" w14:textId="77777777" w:rsidR="006642A6" w:rsidRDefault="006642A6"/>
-[...5 lines deleted...]
-          <w:p w14:paraId="2E165B04" w14:textId="77777777" w:rsidR="006642A6" w:rsidRDefault="00741226">
+          <w:p w14:paraId="21B8F500" w14:textId="77777777" w:rsidR="00064F64" w:rsidRDefault="00064F64"/>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00064F64" w14:paraId="39E50598" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="290" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="25924509" w14:textId="77777777" w:rsidR="00064F64" w:rsidRDefault="00E65BEC">
             <w:pPr>
               <w:ind w:left="-84" w:right="-84"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>29.31/26.141</w:t>
+              <w:t>1.3**</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="945" w:type="pct"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="2AAE7242" w14:textId="77777777" w:rsidR="006642A6" w:rsidRDefault="00741226">
+            <w:tcW w:w="680" w:type="pct"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="776F278F" w14:textId="77777777" w:rsidR="00064F64" w:rsidRDefault="00064F64"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="435" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="7E4D891D" w14:textId="77777777" w:rsidR="00064F64" w:rsidRDefault="00E65BEC">
             <w:pPr>
               <w:ind w:left="-84" w:right="-84"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>Защита от проникновения пыли и влаги</w:t>
+              <w:t>29.31/26.141</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="945" w:type="pct"/>
-[...8 lines deleted...]
-          <w:p w14:paraId="2D22B429" w14:textId="77777777" w:rsidR="006642A6" w:rsidRDefault="00741226">
+            <w:tcW w:w="970" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="7F921A96" w14:textId="77777777" w:rsidR="00064F64" w:rsidRDefault="00E65BEC">
             <w:pPr>
               <w:ind w:left="-84" w:right="-84"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>ГОСТ 3940-2004 пп.6.3, 6.4;</w:t>
-[...6 lines deleted...]
-              <w:t>ГОСТ Р 52230-2004 пп.6.3, 6.4</w:t>
+              <w:t>Защита от проникновения пыли и влаги</w:t>
             </w:r>
           </w:p>
         </w:tc>
-      </w:tr>
-[...9 lines deleted...]
-          <w:p w14:paraId="1BA4DD78" w14:textId="77777777" w:rsidR="006642A6" w:rsidRDefault="00741226">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="875" w:type="pct"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="2312F2D7" w14:textId="77777777" w:rsidR="00064F64" w:rsidRDefault="00064F64"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="900" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="28FAEFCF" w14:textId="77777777" w:rsidR="00064F64" w:rsidRDefault="00E65BEC">
             <w:pPr>
               <w:ind w:left="-84" w:right="-84"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>1.4**</w:t>
+              <w:t>ГОСТ 3940-2004 пп.6.3, 6.4;</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>ГОСТ Р 52230-2004 пп.6.3, 6.4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="820" w:type="pct"/>
+            <w:tcW w:w="835" w:type="pct"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="1ED0F69C" w14:textId="77777777" w:rsidR="006642A6" w:rsidRDefault="006642A6"/>
-[...3 lines deleted...]
-            <w:tcW w:w="705" w:type="pct"/>
+          <w:p w14:paraId="3DCE998A" w14:textId="77777777" w:rsidR="00064F64" w:rsidRDefault="00064F64"/>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00064F64" w14:paraId="217FBE58" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="230"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="290" w:type="pct"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="51918EBB" w14:textId="77777777" w:rsidR="006642A6" w:rsidRDefault="00741226">
+          <w:p w14:paraId="2214767B" w14:textId="77777777" w:rsidR="00064F64" w:rsidRDefault="00E65BEC">
             <w:pPr>
               <w:ind w:left="-84" w:right="-84"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>29.31/29.113</w:t>
+              <w:t>1.4**</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="945" w:type="pct"/>
+            <w:tcW w:w="680" w:type="pct"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="0612137F" w14:textId="77777777" w:rsidR="00064F64" w:rsidRDefault="00064F64"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="435" w:type="pct"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="581D8C23" w14:textId="77777777" w:rsidR="006642A6" w:rsidRDefault="00741226">
+          <w:p w14:paraId="7E829532" w14:textId="77777777" w:rsidR="00064F64" w:rsidRDefault="00E65BEC">
             <w:pPr>
               <w:ind w:left="-84" w:right="-84"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>Электрическая прочность изоляции</w:t>
+              <w:t>29.31/29.113</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="945" w:type="pct"/>
-[...6 lines deleted...]
-            <w:tcW w:w="1060" w:type="pct"/>
+            <w:tcW w:w="970" w:type="pct"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="16BC3BC4" w14:textId="77777777" w:rsidR="006642A6" w:rsidRDefault="00741226">
+          <w:p w14:paraId="72A2A9DB" w14:textId="77777777" w:rsidR="00064F64" w:rsidRDefault="00E65BEC">
             <w:pPr>
               <w:ind w:left="-84" w:right="-84"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>ГОСТ 3940-2004 п.6.9;</w:t>
-[...6 lines deleted...]
-              <w:t>ГОСТ Р 52230-2004 п.6.9</w:t>
+              <w:t>Электрическая прочность изоляции</w:t>
             </w:r>
           </w:p>
         </w:tc>
-      </w:tr>
-[...5 lines deleted...]
-          <w:p w14:paraId="0F692265" w14:textId="77777777" w:rsidR="006642A6" w:rsidRDefault="00741226">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="875" w:type="pct"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="655B18CA" w14:textId="77777777" w:rsidR="00064F64" w:rsidRDefault="00064F64"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="900" w:type="pct"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="72D2DC50" w14:textId="77777777" w:rsidR="00064F64" w:rsidRDefault="00E65BEC">
             <w:pPr>
               <w:ind w:left="-84" w:right="-84"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>2.1**</w:t>
+              <w:t>ГОСТ 3940-2004 п.6.9;</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>ГОСТ Р 52230-2004 п.6.9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="820" w:type="pct"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="4F593962" w14:textId="77777777" w:rsidR="006642A6" w:rsidRDefault="00741226">
+            <w:tcW w:w="835" w:type="pct"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="1E5AEE96" w14:textId="77777777" w:rsidR="00064F64" w:rsidRDefault="00064F64"/>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00064F64" w14:paraId="3A9E1C3B" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="290" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="3CB6053E" w14:textId="77777777" w:rsidR="00064F64" w:rsidRDefault="00E65BEC">
             <w:pPr>
               <w:ind w:left="-84" w:right="-84"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>Генераторы</w:t>
+              <w:t>2.1**</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="705" w:type="pct"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="2CFB4363" w14:textId="77777777" w:rsidR="006642A6" w:rsidRDefault="00741226">
+            <w:tcW w:w="680" w:type="pct"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="2DF3FC1C" w14:textId="77777777" w:rsidR="00064F64" w:rsidRDefault="00E65BEC">
             <w:pPr>
               <w:ind w:left="-84" w:right="-84"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>29.31/26.080</w:t>
+              <w:t>Генераторы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="945" w:type="pct"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="3E54FE30" w14:textId="77777777" w:rsidR="006642A6" w:rsidRDefault="00741226">
+            <w:tcW w:w="435" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="041B76D2" w14:textId="77777777" w:rsidR="00064F64" w:rsidRDefault="00E65BEC">
             <w:pPr>
               <w:ind w:left="-84" w:right="-84"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>Работоспособность в условиях окружающей среды</w:t>
+              <w:t>29.31/26.080</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="945" w:type="pct"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="5DA84D61" w14:textId="77777777" w:rsidR="006642A6" w:rsidRDefault="00741226">
+            <w:tcW w:w="970" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="2CAA160E" w14:textId="77777777" w:rsidR="00064F64" w:rsidRDefault="00E65BEC">
             <w:pPr>
               <w:ind w:left="-84" w:right="-84"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>ТР ТС 018/2011;</w:t>
-[...13 lines deleted...]
-              <w:t>ГОСТ Р 52230-2004</w:t>
+              <w:t>Работоспособность в условиях окружающей среды</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1060" w:type="pct"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="1CAD6931" w14:textId="77777777" w:rsidR="006642A6" w:rsidRDefault="00741226">
+            <w:tcW w:w="875" w:type="pct"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="141CE0AB" w14:textId="77777777" w:rsidR="00064F64" w:rsidRDefault="00E65BEC">
             <w:pPr>
               <w:ind w:left="-84" w:right="-84"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>ГОСТ 3940-2004 п. 6.1;</w:t>
+              <w:t>ТР ТС 018/2011;</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:br/>
-              <w:t>ГОСТ Р 52230-2004 п. 6.1</w:t>
+              <w:t>ГОСТ 3940-2004;</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>ГОСТ Р 52230-2004</w:t>
             </w:r>
           </w:p>
         </w:tc>
-      </w:tr>
-[...5 lines deleted...]
-          <w:p w14:paraId="4FFAFF71" w14:textId="77777777" w:rsidR="006642A6" w:rsidRDefault="00741226">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="900" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="32E3C1D6" w14:textId="77777777" w:rsidR="00064F64" w:rsidRDefault="00E65BEC">
             <w:pPr>
               <w:ind w:left="-84" w:right="-84"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
-              <w:t>2.2**</w:t>
+              <w:t>ГОСТ 3940-2004 п. 6.1;</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>ГОСТ Р 52230-2004 п. 6.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="820" w:type="pct"/>
-[...8 lines deleted...]
-          <w:p w14:paraId="3E5BC09A" w14:textId="77777777" w:rsidR="006642A6" w:rsidRDefault="00741226">
+            <w:tcW w:w="835" w:type="pct"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="668FEDAE" w14:textId="77777777" w:rsidR="00064F64" w:rsidRDefault="00E65BEC">
             <w:pPr>
               <w:ind w:left="-84" w:right="-84"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>29.31/41.000</w:t>
+              <w:t>Испытательная лаборатория (ул. Даумана, 95, 222120, г. Борисов, Борисовский район, Минская область)</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...3 lines deleted...]
-          <w:p w14:paraId="60F8A04C" w14:textId="77777777" w:rsidR="006642A6" w:rsidRDefault="00741226">
+      </w:tr>
+      <w:tr w:rsidR="00064F64" w14:paraId="79763EC1" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="290" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="5EADCC1D" w14:textId="77777777" w:rsidR="00064F64" w:rsidRDefault="00E65BEC">
             <w:pPr>
               <w:ind w:left="-84" w:right="-84"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>Работоспособность при изменении напряжения</w:t>
+              <w:t>2.2**</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="945" w:type="pct"/>
+            <w:tcW w:w="680" w:type="pct"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="3D2A60F8" w14:textId="77777777" w:rsidR="006642A6" w:rsidRDefault="006642A6"/>
-[...5 lines deleted...]
-          <w:p w14:paraId="1DD6F060" w14:textId="77777777" w:rsidR="006642A6" w:rsidRDefault="00741226">
+          <w:p w14:paraId="4C7C55B7" w14:textId="77777777" w:rsidR="00064F64" w:rsidRDefault="00064F64"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="435" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="58F13DDF" w14:textId="77777777" w:rsidR="00064F64" w:rsidRDefault="00E65BEC">
             <w:pPr>
               <w:ind w:left="-84" w:right="-84"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>ГОСТ 3940-2004 п.6.1;</w:t>
-[...11 lines deleted...]
-              <w:t>ГОСТ Р 52230-2004 п.6.1</w:t>
+              <w:t>29.31/41.000</w:t>
             </w:r>
           </w:p>
         </w:tc>
-      </w:tr>
-[...5 lines deleted...]
-          <w:p w14:paraId="25CEA061" w14:textId="77777777" w:rsidR="006642A6" w:rsidRDefault="00741226">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="970" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="39DF7F89" w14:textId="77777777" w:rsidR="00064F64" w:rsidRDefault="00E65BEC">
             <w:pPr>
               <w:ind w:left="-84" w:right="-84"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>2.3**</w:t>
+              <w:t>Работоспособность при изменении напряжения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="820" w:type="pct"/>
+            <w:tcW w:w="875" w:type="pct"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="02EB68EE" w14:textId="77777777" w:rsidR="006642A6" w:rsidRDefault="006642A6"/>
-[...5 lines deleted...]
-          <w:p w14:paraId="1C253513" w14:textId="77777777" w:rsidR="006642A6" w:rsidRDefault="00741226">
+          <w:p w14:paraId="4E2C7759" w14:textId="77777777" w:rsidR="00064F64" w:rsidRDefault="00064F64"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="900" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="1AEB5D3D" w14:textId="77777777" w:rsidR="00064F64" w:rsidRDefault="00E65BEC">
             <w:pPr>
               <w:ind w:left="-84" w:right="-84"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>29.31/26.095</w:t>
+              <w:t>ГОСТ 3940-2004 п.6.1;</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>ГОСТ Р 52230-2004 п.6.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="945" w:type="pct"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="5A71DFBD" w14:textId="77777777" w:rsidR="006642A6" w:rsidRDefault="00741226">
+            <w:tcW w:w="835" w:type="pct"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="5264A0B6" w14:textId="77777777" w:rsidR="00064F64" w:rsidRDefault="00064F64"/>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00064F64" w14:paraId="6EE7D933" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="290" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="48526DBF" w14:textId="77777777" w:rsidR="00064F64" w:rsidRDefault="00E65BEC">
             <w:pPr>
               <w:ind w:left="-84" w:right="-84"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>Испытание на вибропрочность и ударопрочность</w:t>
+              <w:t>2.3**</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="945" w:type="pct"/>
+            <w:tcW w:w="680" w:type="pct"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="5DA12B3A" w14:textId="77777777" w:rsidR="006642A6" w:rsidRDefault="006642A6"/>
-[...5 lines deleted...]
-          <w:p w14:paraId="0B043A8C" w14:textId="77777777" w:rsidR="006642A6" w:rsidRDefault="00741226">
+          <w:p w14:paraId="1D490724" w14:textId="77777777" w:rsidR="00064F64" w:rsidRDefault="00064F64"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="435" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="15A39FE3" w14:textId="77777777" w:rsidR="00064F64" w:rsidRDefault="00E65BEC">
             <w:pPr>
               <w:ind w:left="-84" w:right="-84"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>ГОСТ 3940-2004 п. 6.13;</w:t>
-[...6 lines deleted...]
-              <w:t>ГОСТ Р 52230-2004 п. 6.13</w:t>
+              <w:t>29.31/26.095</w:t>
             </w:r>
           </w:p>
         </w:tc>
-      </w:tr>
-[...5 lines deleted...]
-          <w:p w14:paraId="01F14D8C" w14:textId="77777777" w:rsidR="006642A6" w:rsidRDefault="00741226">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="970" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="41397698" w14:textId="77777777" w:rsidR="00064F64" w:rsidRDefault="00E65BEC">
             <w:pPr>
               <w:ind w:left="-84" w:right="-84"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>2.4**</w:t>
+              <w:t>Испытание на вибропрочность и ударопрочность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="820" w:type="pct"/>
+            <w:tcW w:w="875" w:type="pct"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="2138A22B" w14:textId="77777777" w:rsidR="006642A6" w:rsidRDefault="006642A6"/>
-[...5 lines deleted...]
-          <w:p w14:paraId="14B208D8" w14:textId="77777777" w:rsidR="006642A6" w:rsidRDefault="00741226">
+          <w:p w14:paraId="548788B9" w14:textId="77777777" w:rsidR="00064F64" w:rsidRDefault="00064F64"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="900" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="6E95036F" w14:textId="77777777" w:rsidR="00064F64" w:rsidRDefault="00E65BEC">
             <w:pPr>
               <w:ind w:left="-84" w:right="-84"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>29.31/26.141</w:t>
+              <w:t>ГОСТ 3940-2004 п. 6.13;</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>ГОСТ Р 52230-2004 п. 6.13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="945" w:type="pct"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="0D09F9F3" w14:textId="77777777" w:rsidR="006642A6" w:rsidRDefault="00741226">
+            <w:tcW w:w="835" w:type="pct"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="65B1BE8B" w14:textId="77777777" w:rsidR="00064F64" w:rsidRDefault="00064F64"/>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00064F64" w14:paraId="1284E35B" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="290" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C7F8445" w14:textId="77777777" w:rsidR="00064F64" w:rsidRDefault="00E65BEC">
+            <w:pPr>
+              <w:ind w:left="-84" w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>2.4**</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="177385BF" w14:textId="77777777" w:rsidR="00E65BEC" w:rsidRPr="00E65BEC" w:rsidRDefault="00E65BEC" w:rsidP="00E65BEC"/>
+          <w:p w14:paraId="4F845949" w14:textId="77777777" w:rsidR="00E65BEC" w:rsidRPr="00E65BEC" w:rsidRDefault="00E65BEC" w:rsidP="00E65BEC"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="680" w:type="pct"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="236224C1" w14:textId="77777777" w:rsidR="00064F64" w:rsidRDefault="00064F64"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="435" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="0728D4C9" w14:textId="77777777" w:rsidR="00064F64" w:rsidRDefault="00E65BEC">
             <w:pPr>
               <w:ind w:left="-84" w:right="-84"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>Защита от проникновения пыли и влаги</w:t>
+              <w:t>29.31/26.141</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="945" w:type="pct"/>
-[...8 lines deleted...]
-          <w:p w14:paraId="25BF75E2" w14:textId="77777777" w:rsidR="006642A6" w:rsidRDefault="00741226">
+            <w:tcW w:w="970" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="4477E03C" w14:textId="77777777" w:rsidR="00064F64" w:rsidRDefault="00E65BEC">
             <w:pPr>
               <w:ind w:left="-84" w:right="-84"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>ГОСТ 3940-2004 пп.6.3, 6.4;</w:t>
-[...11 lines deleted...]
-              <w:t>ГОСТ Р 52230-2004 пп.6.3, 6.4</w:t>
+              <w:t>Защита от проникновения пыли и влаги</w:t>
             </w:r>
           </w:p>
         </w:tc>
-      </w:tr>
-[...9 lines deleted...]
-          <w:p w14:paraId="3049BB45" w14:textId="77777777" w:rsidR="006642A6" w:rsidRDefault="00741226">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="875" w:type="pct"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="45E246FF" w14:textId="77777777" w:rsidR="00064F64" w:rsidRDefault="00064F64"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="900" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="14CA7F61" w14:textId="77777777" w:rsidR="00064F64" w:rsidRDefault="00E65BEC">
             <w:pPr>
               <w:ind w:left="-84" w:right="-84"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>2.5**</w:t>
+              <w:t>ГОСТ 3940-2004 пп.6.3, 6.4;</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>ГОСТ Р 52230-2004 пп.6.3, 6.4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="820" w:type="pct"/>
+            <w:tcW w:w="835" w:type="pct"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="17A2120C" w14:textId="77777777" w:rsidR="006642A6" w:rsidRDefault="006642A6"/>
-[...3 lines deleted...]
-            <w:tcW w:w="705" w:type="pct"/>
+          <w:p w14:paraId="37855E71" w14:textId="77777777" w:rsidR="00064F64" w:rsidRDefault="00064F64"/>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00064F64" w14:paraId="3E9724F3" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="230"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="290" w:type="pct"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="3F9B10E1" w14:textId="77777777" w:rsidR="006642A6" w:rsidRDefault="00741226">
+          <w:p w14:paraId="0F12C66B" w14:textId="77777777" w:rsidR="00064F64" w:rsidRDefault="00E65BEC">
             <w:pPr>
               <w:ind w:left="-84" w:right="-84"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>29.31/29.113</w:t>
+              <w:t>2.5**</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="945" w:type="pct"/>
+            <w:tcW w:w="680" w:type="pct"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="5E52BEBA" w14:textId="77777777" w:rsidR="00064F64" w:rsidRDefault="00064F64"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="435" w:type="pct"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="3AE35C42" w14:textId="77777777" w:rsidR="006642A6" w:rsidRDefault="00741226">
+          <w:p w14:paraId="276BC6D4" w14:textId="77777777" w:rsidR="00064F64" w:rsidRDefault="00E65BEC">
             <w:pPr>
               <w:ind w:left="-84" w:right="-84"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>Электрическая прочность изоляции</w:t>
+              <w:t>29.31/29.113</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="945" w:type="pct"/>
-[...6 lines deleted...]
-            <w:tcW w:w="1060" w:type="pct"/>
+            <w:tcW w:w="970" w:type="pct"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="0D4B0FD8" w14:textId="77777777" w:rsidR="006642A6" w:rsidRDefault="00741226">
+          <w:p w14:paraId="6CB78403" w14:textId="77777777" w:rsidR="00064F64" w:rsidRDefault="00E65BEC">
             <w:pPr>
               <w:ind w:left="-84" w:right="-84"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
+              <w:t>Электрическая прочность изоляции</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="875" w:type="pct"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="57504E7D" w14:textId="77777777" w:rsidR="00064F64" w:rsidRDefault="00064F64"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="900" w:type="pct"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="3EE004BA" w14:textId="77777777" w:rsidR="00064F64" w:rsidRDefault="00E65BEC">
+            <w:pPr>
+              <w:ind w:left="-84" w:right="-84"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+              </w:rPr>
               <w:t>ГОСТ 3940-2004 п.6.9;</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t>ГОСТ Р 52230-2004 п.6.9</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="835" w:type="pct"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="33221BF4" w14:textId="77777777" w:rsidR="00064F64" w:rsidRDefault="00064F64"/>
+        </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="361DC954" w14:textId="77777777" w:rsidR="00A7420A" w:rsidRPr="00582A8F" w:rsidRDefault="00A7420A" w:rsidP="00A7420A">
+    <w:p w14:paraId="477158CA" w14:textId="77777777" w:rsidR="004279AB" w:rsidRPr="004279AB" w:rsidRDefault="004279AB">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2FC16CAA" w14:textId="77777777" w:rsidR="00A7420A" w:rsidRDefault="00A7420A" w:rsidP="00A7420A">
-[...166 lines deleted...]
-    <w:sectPr w:rsidR="00A7420A" w:rsidRPr="00DE53DA" w:rsidSect="008B3976">
+    <w:sectPr w:rsidR="004279AB" w:rsidRPr="004279AB" w:rsidSect="00306EC9">
       <w:headerReference w:type="default" r:id="rId8"/>
       <w:footerReference w:type="default" r:id="rId9"/>
       <w:headerReference w:type="first" r:id="rId10"/>
       <w:footerReference w:type="first" r:id="rId11"/>
-      <w:pgSz w:w="11906" w:h="16838"/>
+      <w:pgSz w:w="16838" w:h="11906" w:orient="landscape"/>
       <w:pgMar w:top="1134" w:right="567" w:bottom="1134" w:left="1701" w:header="567" w:footer="335" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0F42573E" w14:textId="77777777" w:rsidR="009111AD" w:rsidRDefault="009111AD" w:rsidP="0011070C">
+    <w:p w14:paraId="40CDC491" w14:textId="77777777" w:rsidR="000C4DD9" w:rsidRDefault="000C4DD9" w:rsidP="0011070C">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1512320A" w14:textId="77777777" w:rsidR="009111AD" w:rsidRDefault="009111AD" w:rsidP="0011070C">
+    <w:p w14:paraId="1E5E9379" w14:textId="77777777" w:rsidR="000C4DD9" w:rsidRDefault="000C4DD9" w:rsidP="0011070C">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -2536,910 +1517,886 @@
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="TimesNewRomanPSMT">
-[...7 lines deleted...]
-  </w:font>
   <w:font w:name="ArialMT">
     <w:altName w:val="Times New Roman"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
-    <w:sig w:usb0="00000000" w:usb1="08070000" w:usb2="00000010" w:usb3="00000000" w:csb0="00020001" w:csb1="00000000"/>
+    <w:sig w:usb0="00000001" w:usb1="08070000" w:usb2="00000010" w:usb3="00000000" w:csb0="00020000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p>
+    <w:pPr>
+      <w:rPr>
+        <w:sz w:val="2"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r xmlns:v="urn:schemas-microsoft-com:vml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
+      <w:pict xmlns:v="urn:schemas-microsoft-com:vml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
+        <v:shape xmlns:v="urn:schemas-microsoft-com:vml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" id="WatermarkShape" type="#_x0000_t75" style="position:absolute; left:-330pt; top:225pt; width:700pt; height:40pt; rotation:270; fill-opacity:0.3; mso-wrap-style:behind; z-index:-1; mso-position-horizontal:absolute; mso-position-vertical:absolute; mso-position-horizontal-relative:page; mso-position-vertical-relative:page;" stroked="f" filled="t">
+          <v:imagedata xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rIdWmImg2" o:title=""/>
+        </v:shape>
+      </w:pict>
+    </w:r>
+  </w:p>
   <w:tbl>
     <w:tblPr>
-      <w:tblW w:w="4855" w:type="pct"/>
-      <w:tblInd w:w="-142" w:type="dxa"/>
+      <w:tblW w:w="5000" w:type="pct"/>
       <w:tblLook w:val="00A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
     </w:tblPr>
     <w:tblGrid>
-      <w:gridCol w:w="3399"/>
-[...1 lines deleted...]
-      <w:gridCol w:w="3120"/>
+      <w:gridCol w:w="12871"/>
+      <w:gridCol w:w="1699"/>
     </w:tblGrid>
-    <w:tr w:rsidR="002667A7" w:rsidRPr="00CC669F" w14:paraId="5A42BA54" w14:textId="77777777" w:rsidTr="005E0063">
+    <w:tr w:rsidR="00222A33" w:rsidRPr="007624CE" w14:paraId="3C9E13EB" w14:textId="77777777" w:rsidTr="001F0D52">
+      <w:trPr>
+        <w:trHeight w:val="66"/>
+      </w:trPr>
       <w:tc>
         <w:tcPr>
-          <w:tcW w:w="3399" w:type="dxa"/>
+          <w:tcW w:w="12900" w:type="dxa"/>
+          <w:tcBorders>
+            <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          </w:tcBorders>
           <w:vAlign w:val="center"/>
           <w:hideMark/>
         </w:tcPr>
-        <w:p w14:paraId="44079584" w14:textId="77777777" w:rsidR="002667A7" w:rsidRPr="00B453D4" w:rsidRDefault="002667A7" w:rsidP="002667A7">
+        <w:p w14:paraId="4886DA21" w14:textId="6670A55D" w:rsidR="00222A33" w:rsidRPr="00BF5CCF" w:rsidRDefault="00E65BEC" w:rsidP="00222A33">
           <w:pPr>
             <w:pStyle w:val="61"/>
             <w:rPr>
               <w:rFonts w:eastAsia="ArialMT"/>
-              <w:sz w:val="24"/>
-              <w:szCs w:val="24"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
               <w:lang w:val="ru-RU"/>
             </w:rPr>
           </w:pPr>
-          <w:r w:rsidRPr="00B453D4">
+          <w:r w:rsidRPr="00E65BEC">
             <w:rPr>
               <w:rFonts w:eastAsia="ArialMT"/>
-              <w:sz w:val="24"/>
-[...1 lines deleted...]
-              <w:lang w:val="ru-RU"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+              <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
             </w:rPr>
-            <w:t>__________________________</w:t>
-[...19 lines deleted...]
-            <w:t>подпись ведущего эксперта по аккредитации</w:t>
+            <w:t>Часть № 2. Дата принятия решения по аккредитации: 29.10.2025</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
-          <w:tcW w:w="2839" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:hideMark/>
+          <w:tcW w:w="1701" w:type="dxa"/>
+          <w:tcBorders>
+            <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          </w:tcBorders>
         </w:tcPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
-              <w:rFonts w:eastAsia="ArialMT"/>
-              <w:lang w:val="ru-RU"/>
+              <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              <w:szCs w:val="18"/>
             </w:rPr>
-            <w:id w:val="-1764913121"/>
-[...8 lines deleted...]
-            </w:date>
+            <w:id w:val="465553495"/>
+            <w:docPartObj>
+              <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
+              <w:docPartUnique/>
+            </w:docPartObj>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
-            <w:p w14:paraId="798AD251" w14:textId="77777777" w:rsidR="002667A7" w:rsidRPr="00CC669F" w:rsidRDefault="00545843" w:rsidP="002667A7">
-[...2 lines deleted...]
-                <w:jc w:val="center"/>
+            <w:sdt>
+              <w:sdtPr>
                 <w:rPr>
-                  <w:rFonts w:eastAsia="ArialMT"/>
-                  <w:lang w:val="ru-RU"/>
+                  <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                  <w:szCs w:val="18"/>
                 </w:rPr>
-              </w:pPr>
-[...7 lines deleted...]
-            </w:p>
+                <w:id w:val="496157032"/>
+                <w:docPartObj>
+                  <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
+                  <w:docPartUnique/>
+                </w:docPartObj>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:p w14:paraId="786B04A5" w14:textId="77777777" w:rsidR="00222A33" w:rsidRPr="00C52F3D" w:rsidRDefault="00222A33" w:rsidP="00222A33">
+                  <w:pPr>
+                    <w:pStyle w:val="a9"/>
+                    <w:ind w:right="159"/>
+                    <w:jc w:val="right"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                      <w:snapToGrid/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="18"/>
+                      <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00AF0BF3">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                      <w:szCs w:val="18"/>
+                      <w:lang w:val="ru-RU"/>
+                    </w:rPr>
+                    <w:t>Стр</w:t>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                      <w:szCs w:val="18"/>
+                      <w:lang w:val="ru-RU"/>
+                    </w:rPr>
+                    <w:t>.</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00AF0BF3">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                      <w:szCs w:val="18"/>
+                      <w:lang w:val="ru-RU"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00AF0BF3">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:szCs w:val="18"/>
+                    </w:rPr>
+                    <w:fldChar w:fldCharType="begin"/>
+                  </w:r>
+                  <w:r w:rsidRPr="00AF0BF3">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:szCs w:val="18"/>
+                    </w:rPr>
+                    <w:instrText>PAGE</w:instrText>
+                  </w:r>
+                  <w:r w:rsidRPr="00AF0BF3">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:szCs w:val="18"/>
+                    </w:rPr>
+                    <w:fldChar w:fldCharType="separate"/>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:szCs w:val="18"/>
+                    </w:rPr>
+                    <w:t>1</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00AF0BF3">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:szCs w:val="18"/>
+                    </w:rPr>
+                    <w:fldChar w:fldCharType="end"/>
+                  </w:r>
+                  <w:r w:rsidRPr="00AF0BF3">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                      <w:szCs w:val="18"/>
+                      <w:lang w:val="ru-RU"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> из </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00AF0BF3">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:szCs w:val="18"/>
+                    </w:rPr>
+                    <w:fldChar w:fldCharType="begin"/>
+                  </w:r>
+                  <w:r w:rsidRPr="00AF0BF3">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:szCs w:val="18"/>
+                    </w:rPr>
+                    <w:instrText>NUMPAGES</w:instrText>
+                  </w:r>
+                  <w:r w:rsidRPr="00AF0BF3">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:szCs w:val="18"/>
+                    </w:rPr>
+                    <w:fldChar w:fldCharType="separate"/>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:szCs w:val="18"/>
+                    </w:rPr>
+                    <w:t>2</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00AF0BF3">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:szCs w:val="18"/>
+                    </w:rPr>
+                    <w:fldChar w:fldCharType="end"/>
+                  </w:r>
+                </w:p>
+              </w:sdtContent>
+            </w:sdt>
           </w:sdtContent>
         </w:sdt>
-        <w:p w14:paraId="5DB35427" w14:textId="77777777" w:rsidR="002667A7" w:rsidRPr="00B453D4" w:rsidRDefault="002667A7" w:rsidP="00374A27">
-[...93 lines deleted...]
-        </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
-  <w:p w14:paraId="4CF30CB2" w14:textId="77777777" w:rsidR="00CA53E3" w:rsidRPr="005128B2" w:rsidRDefault="00CA53E3">
+  <w:p w14:paraId="176F0074" w14:textId="77777777" w:rsidR="00222A33" w:rsidRPr="00222A33" w:rsidRDefault="00222A33" w:rsidP="00222A33">
     <w:pPr>
       <w:pStyle w:val="a9"/>
       <w:rPr>
         <w:sz w:val="2"/>
         <w:szCs w:val="2"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p>
+    <w:pPr>
+      <w:rPr>
+        <w:sz w:val="2"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r xmlns:v="urn:schemas-microsoft-com:vml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
+      <w:pict xmlns:v="urn:schemas-microsoft-com:vml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
+        <v:shape xmlns:v="urn:schemas-microsoft-com:vml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" id="WatermarkShape" type="#_x0000_t75" style="position:absolute; left:-330pt; top:225pt; width:700pt; height:40pt; rotation:270; fill-opacity:0.3; mso-wrap-style:behind; z-index:-1; mso-position-horizontal:absolute; mso-position-vertical:absolute; mso-position-horizontal-relative:page; mso-position-vertical-relative:page;" stroked="f" filled="t">
+          <v:imagedata xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rIdWmImg1" o:title=""/>
+        </v:shape>
+      </w:pict>
+    </w:r>
+  </w:p>
   <w:tbl>
     <w:tblPr>
-      <w:tblW w:w="4855" w:type="pct"/>
+      <w:tblW w:w="5000" w:type="pct"/>
       <w:tblLook w:val="00A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
     </w:tblPr>
     <w:tblGrid>
-      <w:gridCol w:w="3336"/>
-[...1 lines deleted...]
-      <w:gridCol w:w="2695"/>
+      <w:gridCol w:w="12872"/>
+      <w:gridCol w:w="1698"/>
     </w:tblGrid>
-    <w:tr w:rsidR="005D5C7B" w:rsidRPr="00460ECA" w14:paraId="54510F39" w14:textId="77777777" w:rsidTr="005E0063">
+    <w:tr w:rsidR="00306EC9" w:rsidRPr="007624CE" w14:paraId="7E4DB681" w14:textId="77777777" w:rsidTr="00016DBB">
       <w:trPr>
         <w:trHeight w:val="66"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
-          <w:tcW w:w="3336" w:type="dxa"/>
+          <w:tcW w:w="12900" w:type="dxa"/>
+          <w:tcBorders>
+            <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          </w:tcBorders>
           <w:vAlign w:val="center"/>
           <w:hideMark/>
         </w:tcPr>
-        <w:p w14:paraId="7FD1BCB6" w14:textId="77777777" w:rsidR="005D5C7B" w:rsidRPr="00B453D4" w:rsidRDefault="005D5C7B" w:rsidP="005D5C7B">
+        <w:p w14:paraId="72A7375F" w14:textId="1E86087A" w:rsidR="00306EC9" w:rsidRPr="00BF5CCF" w:rsidRDefault="00E65BEC" w:rsidP="00D67756">
           <w:pPr>
-            <w:pStyle w:val="61"/>
+            <w:tabs>
+              <w:tab w:val="left" w:pos="5093"/>
+              <w:tab w:val="left" w:pos="11639"/>
+            </w:tabs>
+            <w:overflowPunct w:val="0"/>
+            <w:autoSpaceDE w:val="0"/>
+            <w:autoSpaceDN w:val="0"/>
+            <w:adjustRightInd w:val="0"/>
+            <w:ind w:left="108" w:right="-314"/>
             <w:rPr>
               <w:rFonts w:eastAsia="ArialMT"/>
-              <w:sz w:val="24"/>
-[...1 lines deleted...]
-              <w:lang w:val="ru-RU"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
-          <w:r w:rsidRPr="00B453D4">
+          <w:r w:rsidRPr="00E65BEC">
             <w:rPr>
               <w:rFonts w:eastAsia="ArialMT"/>
-              <w:sz w:val="24"/>
-[...1 lines deleted...]
-              <w:lang w:val="ru-RU"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
             </w:rPr>
-            <w:t>__________________________</w:t>
+            <w:t xml:space="preserve">Часть № </w:t>
           </w:r>
-        </w:p>
-[...2 lines deleted...]
-            <w:pStyle w:val="61"/>
+          <w:r>
             <w:rPr>
               <w:rFonts w:eastAsia="ArialMT"/>
-              <w:sz w:val="16"/>
-[...1 lines deleted...]
-              <w:lang w:val="ru-RU"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
             </w:rPr>
-          </w:pPr>
-          <w:r w:rsidRPr="00B453D4">
+            <w:t>2</w:t>
+          </w:r>
+          <w:r w:rsidRPr="00E65BEC">
             <w:rPr>
               <w:rFonts w:eastAsia="ArialMT"/>
-              <w:sz w:val="16"/>
-[...1 lines deleted...]
-              <w:lang w:val="ru-RU"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
             </w:rPr>
-            <w:t>подпись ведущего эксперта по аккредитации</w:t>
+            <w:t>. Дата принятия решения по аккредитации:</w:t>
+          </w:r>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:eastAsia="ArialMT"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> 29.10.2025</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
-          <w:tcW w:w="3327" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:hideMark/>
+          <w:tcW w:w="1701" w:type="dxa"/>
+          <w:tcBorders>
+            <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          </w:tcBorders>
         </w:tcPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
-              <w:rFonts w:eastAsia="ArialMT"/>
-              <w:lang w:val="ru-RU"/>
+              <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              <w:szCs w:val="18"/>
             </w:rPr>
-            <w:id w:val="1844891503"/>
-[...8 lines deleted...]
-            </w:date>
+            <w:id w:val="-1803228776"/>
+            <w:docPartObj>
+              <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
+              <w:docPartUnique/>
+            </w:docPartObj>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
-            <w:p w14:paraId="6C57915C" w14:textId="77777777" w:rsidR="005D5C7B" w:rsidRPr="00CC669F" w:rsidRDefault="00545843" w:rsidP="005D5C7B">
-[...2 lines deleted...]
-                <w:jc w:val="center"/>
+            <w:sdt>
+              <w:sdtPr>
                 <w:rPr>
-                  <w:rFonts w:eastAsia="ArialMT"/>
-                  <w:lang w:val="ru-RU"/>
+                  <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                  <w:szCs w:val="18"/>
                 </w:rPr>
-              </w:pPr>
-[...7 lines deleted...]
-            </w:p>
+                <w:id w:val="-1769616900"/>
+                <w:docPartObj>
+                  <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
+                  <w:docPartUnique/>
+                </w:docPartObj>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:p w14:paraId="140426B5" w14:textId="77777777" w:rsidR="00306EC9" w:rsidRPr="00C52F3D" w:rsidRDefault="00C52F3D" w:rsidP="00C52F3D">
+                  <w:pPr>
+                    <w:pStyle w:val="a9"/>
+                    <w:ind w:right="159"/>
+                    <w:jc w:val="right"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                      <w:snapToGrid/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="18"/>
+                      <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00AF0BF3">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                      <w:szCs w:val="18"/>
+                      <w:lang w:val="ru-RU"/>
+                    </w:rPr>
+                    <w:t>Стр</w:t>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                      <w:szCs w:val="18"/>
+                      <w:lang w:val="ru-RU"/>
+                    </w:rPr>
+                    <w:t>.</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00AF0BF3">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                      <w:szCs w:val="18"/>
+                      <w:lang w:val="ru-RU"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00AF0BF3">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:szCs w:val="18"/>
+                    </w:rPr>
+                    <w:fldChar w:fldCharType="begin"/>
+                  </w:r>
+                  <w:r w:rsidRPr="00AF0BF3">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:szCs w:val="18"/>
+                    </w:rPr>
+                    <w:instrText>PAGE</w:instrText>
+                  </w:r>
+                  <w:r w:rsidRPr="00AF0BF3">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:szCs w:val="18"/>
+                    </w:rPr>
+                    <w:fldChar w:fldCharType="separate"/>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:szCs w:val="18"/>
+                    </w:rPr>
+                    <w:t>1</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00AF0BF3">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:szCs w:val="18"/>
+                    </w:rPr>
+                    <w:fldChar w:fldCharType="end"/>
+                  </w:r>
+                  <w:r w:rsidRPr="00AF0BF3">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                      <w:szCs w:val="18"/>
+                      <w:lang w:val="ru-RU"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> из </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00AF0BF3">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:szCs w:val="18"/>
+                    </w:rPr>
+                    <w:fldChar w:fldCharType="begin"/>
+                  </w:r>
+                  <w:r w:rsidRPr="00AF0BF3">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:szCs w:val="18"/>
+                    </w:rPr>
+                    <w:instrText>NUMPAGES</w:instrText>
+                  </w:r>
+                  <w:r w:rsidRPr="00AF0BF3">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:szCs w:val="18"/>
+                    </w:rPr>
+                    <w:fldChar w:fldCharType="separate"/>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:szCs w:val="18"/>
+                    </w:rPr>
+                    <w:t>1</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00AF0BF3">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:szCs w:val="18"/>
+                    </w:rPr>
+                    <w:fldChar w:fldCharType="end"/>
+                  </w:r>
+                </w:p>
+              </w:sdtContent>
+            </w:sdt>
           </w:sdtContent>
         </w:sdt>
-        <w:p w14:paraId="76706011" w14:textId="77777777" w:rsidR="005D5C7B" w:rsidRPr="00F35A04" w:rsidRDefault="005D5C7B" w:rsidP="002667A7">
-[...105 lines deleted...]
-        </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
-  <w:p w14:paraId="44C1F358" w14:textId="77777777" w:rsidR="00CC094B" w:rsidRPr="00CC094B" w:rsidRDefault="00CC094B" w:rsidP="002667A7">
+  <w:p w14:paraId="065F8161" w14:textId="77777777" w:rsidR="00CC094B" w:rsidRPr="00306EC9" w:rsidRDefault="00CC094B" w:rsidP="00306EC9">
     <w:pPr>
       <w:pStyle w:val="a9"/>
-      <w:spacing w:line="240" w:lineRule="auto"/>
-      <w:ind w:right="0" w:firstLine="0"/>
+      <w:ind w:firstLine="0"/>
       <w:rPr>
         <w:lang w:val="ru-RU"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0D25799A" w14:textId="77777777" w:rsidR="009111AD" w:rsidRDefault="009111AD" w:rsidP="0011070C">
+    <w:p w14:paraId="50BC9B72" w14:textId="77777777" w:rsidR="000C4DD9" w:rsidRDefault="000C4DD9" w:rsidP="0011070C">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0B2AC41E" w14:textId="77777777" w:rsidR="009111AD" w:rsidRDefault="009111AD" w:rsidP="0011070C">
+    <w:p w14:paraId="2CB8E383" w14:textId="77777777" w:rsidR="000C4DD9" w:rsidRDefault="000C4DD9" w:rsidP="0011070C">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p>
-[...7 lines deleted...]
-  </w:p>
   <w:tbl>
     <w:tblPr>
-      <w:tblW w:w="5000" w:type="pct"/>
-      <w:tblInd w:w="-71" w:type="dxa"/>
+      <w:tblW w:w="14454" w:type="dxa"/>
       <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
-      <w:tblCellMar>
-[...2 lines deleted...]
-      </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
-      <w:gridCol w:w="742"/>
-      <w:gridCol w:w="8896"/>
+      <w:gridCol w:w="833"/>
+      <w:gridCol w:w="11353"/>
+      <w:gridCol w:w="2268"/>
     </w:tblGrid>
-    <w:tr w:rsidR="006938AF" w:rsidRPr="00D337DC" w14:paraId="3C9275D0" w14:textId="77777777" w:rsidTr="002020E1">
+    <w:tr w:rsidR="008C6194" w:rsidRPr="00E65BEC" w14:paraId="3AA047D2" w14:textId="77777777" w:rsidTr="00E65BEC">
       <w:trPr>
-        <w:trHeight w:val="752"/>
-        <w:tblHeader/>
+        <w:trHeight w:val="221"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
-          <w:tcW w:w="380" w:type="pct"/>
+          <w:tcW w:w="833" w:type="dxa"/>
           <w:tcBorders>
-            <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            <w:right w:val="nil"/>
           </w:tcBorders>
           <w:vAlign w:val="center"/>
-          <w:hideMark/>
         </w:tcPr>
-        <w:p w14:paraId="537D4727" w14:textId="77777777" w:rsidR="006938AF" w:rsidRPr="00B453D4" w:rsidRDefault="006938AF" w:rsidP="006938AF">
+        <w:p w14:paraId="65630A32" w14:textId="0A84DA3F" w:rsidR="008C6194" w:rsidRPr="00E65BEC" w:rsidRDefault="008C6194" w:rsidP="008C6194">
           <w:pPr>
-            <w:overflowPunct w:val="0"/>
-[...3 lines deleted...]
-            <w:spacing w:line="276" w:lineRule="auto"/>
+            <w:pStyle w:val="a7"/>
+            <w:ind w:right="-292"/>
             <w:rPr>
-              <w:noProof/>
-[...1 lines deleted...]
-              <w:szCs w:val="24"/>
+              <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              <w:b/>
+              <w:bCs/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
             </w:rPr>
           </w:pPr>
-          <w:r w:rsidRPr="00B453D4">
+        </w:p>
+      </w:tc>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="11353" w:type="dxa"/>
+          <w:tcBorders>
+            <w:left w:val="nil"/>
+          </w:tcBorders>
+          <w:vAlign w:val="center"/>
+        </w:tcPr>
+        <w:p w14:paraId="238B058B" w14:textId="25B56739" w:rsidR="008C6194" w:rsidRPr="00E65BEC" w:rsidRDefault="004279AB" w:rsidP="008C6194">
+          <w:pPr>
+            <w:pStyle w:val="a7"/>
             <w:rPr>
-              <w:noProof/>
-[...1 lines deleted...]
-              <w:szCs w:val="24"/>
+              <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              <w:b/>
+              <w:bCs/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
             </w:rPr>
-            <w:drawing>
-[...46 lines deleted...]
-            </w:drawing>
+          </w:pPr>
+          <w:r w:rsidRPr="00E65BEC">
+            <w:rPr>
+              <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              <w:b/>
+              <w:bCs/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+              <w:lang w:val="ru-RU"/>
+            </w:rPr>
+            <w:t>О</w:t>
+          </w:r>
+          <w:r w:rsidR="008C6194" w:rsidRPr="00E65BEC">
+            <w:rPr>
+              <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              <w:b/>
+              <w:bCs/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+              <w:lang w:val="ru-RU"/>
+            </w:rPr>
+            <w:t>писани</w:t>
+          </w:r>
+          <w:r w:rsidRPr="00E65BEC">
+            <w:rPr>
+              <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              <w:b/>
+              <w:bCs/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+              <w:lang w:val="ru-RU"/>
+            </w:rPr>
+            <w:t>е</w:t>
+          </w:r>
+          <w:r w:rsidR="008C6194" w:rsidRPr="00E65BEC">
+            <w:rPr>
+              <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              <w:b/>
+              <w:bCs/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+              <w:lang w:val="ru-RU"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> области аккредитации </w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
-          <w:tcW w:w="4620" w:type="pct"/>
-[...2 lines deleted...]
-          </w:tcBorders>
+          <w:tcW w:w="2268" w:type="dxa"/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
-        <w:p w14:paraId="081F8733" w14:textId="77777777" w:rsidR="006938AF" w:rsidRPr="00B453D4" w:rsidRDefault="006938AF" w:rsidP="006938AF">
+        <w:p w14:paraId="2760761F" w14:textId="77777777" w:rsidR="008C6194" w:rsidRPr="00E65BEC" w:rsidRDefault="007E6E0A" w:rsidP="008C6194">
           <w:pPr>
-            <w:autoSpaceDE w:val="0"/>
-[...1 lines deleted...]
-            <w:adjustRightInd w:val="0"/>
+            <w:pStyle w:val="a7"/>
+            <w:ind w:right="0"/>
             <w:rPr>
+              <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              <w:b/>
               <w:bCs/>
-              <w:sz w:val="24"/>
-              <w:szCs w:val="24"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+              <w:lang w:val="en-US"/>
             </w:rPr>
           </w:pPr>
-          <w:r w:rsidRPr="00B453D4">
+          <w:r w:rsidRPr="00E65BEC">
             <w:rPr>
+              <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              <w:b/>
               <w:bCs/>
-              <w:sz w:val="24"/>
-[...8 lines deleted...]
-              <w:szCs w:val="24"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
               <w:lang w:val="en-US"/>
             </w:rPr>
-            <w:t> </w:t>
-[...24 lines deleted...]
-            <w:t>к аттестату аккредитации № BY/112 2.0293</w:t>
+            <w:t>BY/112 2.0293</w:t>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
-  <w:p w14:paraId="59BE6E93" w14:textId="77777777" w:rsidR="00B53AEA" w:rsidRPr="00CC094B" w:rsidRDefault="00B53AEA">
+  <w:p w14:paraId="31F024D9" w14:textId="77777777" w:rsidR="00B53AEA" w:rsidRPr="008C6194" w:rsidRDefault="00B53AEA" w:rsidP="008C6194">
     <w:pPr>
       <w:pStyle w:val="a7"/>
-      <w:rPr>
-[...1 lines deleted...]
-      </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p>
-[...7 lines deleted...]
-  </w:p>
   <w:tbl>
     <w:tblPr>
-      <w:tblW w:w="9683" w:type="dxa"/>
-      <w:tblInd w:w="-158" w:type="dxa"/>
+      <w:tblW w:w="14596" w:type="dxa"/>
       <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
-      <w:tblLook w:val="00A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+      <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
-      <w:gridCol w:w="868"/>
-      <w:gridCol w:w="8815"/>
+      <w:gridCol w:w="12469"/>
+      <w:gridCol w:w="2127"/>
     </w:tblGrid>
-    <w:tr w:rsidR="00CC094B" w:rsidRPr="00804957" w14:paraId="37EEC873" w14:textId="77777777" w:rsidTr="00683923">
+    <w:tr w:rsidR="00E65BEC" w14:paraId="066A74B5" w14:textId="77777777" w:rsidTr="00E65BEC">
       <w:trPr>
-        <w:trHeight w:val="301"/>
+        <w:trHeight w:val="221"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
-          <w:tcW w:w="868" w:type="dxa"/>
-[...2 lines deleted...]
-          </w:tcBorders>
+          <w:tcW w:w="12469" w:type="dxa"/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
-        <w:p w14:paraId="2438AA3D" w14:textId="77777777" w:rsidR="00CC094B" w:rsidRPr="00B453D4" w:rsidRDefault="00CC094B" w:rsidP="00CC094B">
+        <w:p w14:paraId="12C48960" w14:textId="41A9844F" w:rsidR="00E65BEC" w:rsidRPr="002317A4" w:rsidRDefault="00E65BEC" w:rsidP="00E65BEC">
           <w:pPr>
-            <w:pStyle w:val="27"/>
+            <w:pStyle w:val="a7"/>
+            <w:ind w:left="-20" w:right="-292" w:firstLine="0"/>
             <w:rPr>
-              <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               <w:b/>
               <w:bCs/>
-              <w:sz w:val="24"/>
-              <w:szCs w:val="24"/>
+              <w:sz w:val="28"/>
+              <w:szCs w:val="28"/>
             </w:rPr>
           </w:pPr>
-          <w:r w:rsidRPr="00B453D4">
+          <w:bookmarkStart w:id="1" w:name="_Hlk216168479"/>
+          <w:r w:rsidRPr="00E65BEC">
             <w:rPr>
-              <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               <w:b/>
-              <w:noProof/>
-[...1 lines deleted...]
-              <w:szCs w:val="24"/>
+              <w:bCs/>
+              <w:sz w:val="28"/>
+              <w:szCs w:val="28"/>
+              <w:lang w:val="ru-RU"/>
             </w:rPr>
-            <w:drawing>
-[...46 lines deleted...]
-            </w:drawing>
+            <w:t>Открытое акционерное общество "БАТЭ"-управляющая компания холдинга Автокомпоненты"</w:t>
+          </w:r>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              <w:b/>
+              <w:bCs/>
+              <w:sz w:val="28"/>
+              <w:szCs w:val="28"/>
+              <w:lang w:val="ru-RU"/>
+            </w:rPr>
+            <w:t>, испытательная лаборатория</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
-          <w:tcW w:w="8815" w:type="dxa"/>
-[...2 lines deleted...]
-          </w:tcBorders>
+          <w:tcW w:w="2127" w:type="dxa"/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
-        <w:p w14:paraId="2CE79B5C" w14:textId="77777777" w:rsidR="00CC094B" w:rsidRPr="00B453D4" w:rsidRDefault="00CC094B" w:rsidP="00CC094B">
+        <w:p w14:paraId="18D6E060" w14:textId="563682D3" w:rsidR="00E65BEC" w:rsidRPr="00E65BEC" w:rsidRDefault="00E65BEC" w:rsidP="00E65BEC">
           <w:pPr>
-            <w:pStyle w:val="27"/>
-            <w:jc w:val="center"/>
+            <w:pStyle w:val="a7"/>
+            <w:ind w:right="0"/>
             <w:rPr>
-              <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-              <w:szCs w:val="24"/>
+              <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              <w:b/>
+              <w:bCs/>
+              <w:sz w:val="28"/>
+              <w:szCs w:val="28"/>
+              <w:lang w:val="ru-RU"/>
             </w:rPr>
           </w:pPr>
-          <w:r w:rsidRPr="00B453D4">
+          <w:r w:rsidRPr="002317A4">
             <w:rPr>
-              <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...31 lines deleted...]
-              <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               <w:b/>
               <w:bCs/>
-              <w:sz w:val="24"/>
-              <w:szCs w:val="24"/>
+              <w:sz w:val="28"/>
+              <w:szCs w:val="28"/>
+              <w:lang w:val="en-US"/>
             </w:rPr>
-          </w:pPr>
-          <w:r w:rsidRPr="00B453D4">
+            <w:t>BY/112</w:t>
+          </w:r>
+          <w:r>
             <w:rPr>
-              <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-              <w:szCs w:val="24"/>
+              <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              <w:b/>
+              <w:bCs/>
+              <w:sz w:val="28"/>
+              <w:szCs w:val="28"/>
+              <w:lang w:val="ru-RU"/>
             </w:rPr>
-            <w:t>«БЕЛОРУССКИЙ ГОСУДАРСТВЕННЫЙ ЦЕНТР АККРЕДИТАЦИИ»</w:t>
+            <w:t xml:space="preserve"> 2.0293</w:t>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
+    <w:bookmarkEnd w:id="1"/>
   </w:tbl>
-  <w:p w14:paraId="5E8CAB42" w14:textId="77777777" w:rsidR="00CC094B" w:rsidRDefault="00CC094B">
+  <w:p w14:paraId="49C0CD3F" w14:textId="30B10975" w:rsidR="00CC094B" w:rsidRPr="00306EC9" w:rsidRDefault="00CC094B" w:rsidP="008C6194">
     <w:pPr>
       <w:pStyle w:val="a7"/>
+      <w:pBdr>
+        <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+      </w:pBdr>
+      <w:tabs>
+        <w:tab w:val="left" w:pos="11340"/>
+      </w:tabs>
+      <w:ind w:right="-31"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0C8A34CF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="6D4EE810"/>
     <w:lvl w:ilvl="0" w:tplc="0419000D">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
@@ -4855,329 +3812,297 @@
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1619095258">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="1550410271">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="312179493">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="1561207489">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="1834106352">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="1665088910">
     <w:abstractNumId w:val="10"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="102"/>
+  <w:zoom w:percent="111"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:defaultTabStop w:val="709"/>
+  <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00EF5137"/>
     <w:rsid w:val="00022A72"/>
-    <w:rsid w:val="000273CC"/>
-    <w:rsid w:val="0005414E"/>
+    <w:rsid w:val="00024E49"/>
     <w:rsid w:val="000643A6"/>
+    <w:rsid w:val="00064F64"/>
     <w:rsid w:val="00067FEC"/>
     <w:rsid w:val="00090EA2"/>
-    <w:rsid w:val="000B554C"/>
+    <w:rsid w:val="000C4DD9"/>
+    <w:rsid w:val="000C60B0"/>
     <w:rsid w:val="000D49BB"/>
-    <w:rsid w:val="000D5B01"/>
     <w:rsid w:val="000E2802"/>
-    <w:rsid w:val="000F39F5"/>
     <w:rsid w:val="0011070C"/>
-    <w:rsid w:val="00114F4B"/>
     <w:rsid w:val="00116AD0"/>
     <w:rsid w:val="00117059"/>
     <w:rsid w:val="00120BDA"/>
     <w:rsid w:val="00121649"/>
-    <w:rsid w:val="00123A31"/>
+    <w:rsid w:val="00124258"/>
     <w:rsid w:val="00132246"/>
-    <w:rsid w:val="00140C4D"/>
     <w:rsid w:val="00162213"/>
     <w:rsid w:val="00162D37"/>
     <w:rsid w:val="00194140"/>
     <w:rsid w:val="001956F7"/>
-    <w:rsid w:val="001974BA"/>
-    <w:rsid w:val="001A31BA"/>
     <w:rsid w:val="001A4BEA"/>
+    <w:rsid w:val="001A7AD9"/>
+    <w:rsid w:val="001B0E36"/>
+    <w:rsid w:val="001F51B1"/>
     <w:rsid w:val="001F7797"/>
     <w:rsid w:val="0020355B"/>
     <w:rsid w:val="00204777"/>
-    <w:rsid w:val="00234A33"/>
-    <w:rsid w:val="00236699"/>
+    <w:rsid w:val="00222A33"/>
     <w:rsid w:val="002505FA"/>
     <w:rsid w:val="002667A7"/>
+    <w:rsid w:val="00285F39"/>
     <w:rsid w:val="002877C8"/>
     <w:rsid w:val="002900DE"/>
-    <w:rsid w:val="002C49F3"/>
-[...1 lines deleted...]
-    <w:rsid w:val="002F06D6"/>
+    <w:rsid w:val="002C3708"/>
+    <w:rsid w:val="002D7F51"/>
     <w:rsid w:val="003054C2"/>
     <w:rsid w:val="00305E11"/>
+    <w:rsid w:val="00306EC9"/>
     <w:rsid w:val="0031023B"/>
-    <w:rsid w:val="00345E6B"/>
+    <w:rsid w:val="003324CA"/>
     <w:rsid w:val="00350D5F"/>
-    <w:rsid w:val="0037101C"/>
     <w:rsid w:val="003717D2"/>
-    <w:rsid w:val="003729E0"/>
     <w:rsid w:val="00374A27"/>
     <w:rsid w:val="003A10A8"/>
-    <w:rsid w:val="003B1F84"/>
-    <w:rsid w:val="003B4E92"/>
+    <w:rsid w:val="003A7C1A"/>
     <w:rsid w:val="003C130A"/>
-    <w:rsid w:val="003D4B88"/>
-[...1 lines deleted...]
-    <w:rsid w:val="003D62BE"/>
+    <w:rsid w:val="003C7435"/>
+    <w:rsid w:val="003D7438"/>
     <w:rsid w:val="003E26A2"/>
     <w:rsid w:val="003E6D8A"/>
     <w:rsid w:val="003F50C5"/>
     <w:rsid w:val="00401D49"/>
-    <w:rsid w:val="004030B9"/>
+    <w:rsid w:val="004279AB"/>
     <w:rsid w:val="00437E07"/>
-    <w:rsid w:val="004449FC"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00467482"/>
+    <w:rsid w:val="00474E7B"/>
     <w:rsid w:val="004A5E4C"/>
-    <w:rsid w:val="004B31E2"/>
-    <w:rsid w:val="004B4737"/>
     <w:rsid w:val="004C53CA"/>
-    <w:rsid w:val="004E4499"/>
+    <w:rsid w:val="004E4DCC"/>
     <w:rsid w:val="004E5090"/>
     <w:rsid w:val="004E6BC8"/>
     <w:rsid w:val="004F5A1D"/>
+    <w:rsid w:val="00500F5A"/>
     <w:rsid w:val="00507CCF"/>
-    <w:rsid w:val="00527F26"/>
-    <w:rsid w:val="00545843"/>
+    <w:rsid w:val="00552FE5"/>
     <w:rsid w:val="0056070B"/>
+    <w:rsid w:val="00590C2E"/>
     <w:rsid w:val="00592241"/>
-    <w:rsid w:val="005A4E4B"/>
     <w:rsid w:val="005D5C7B"/>
-    <w:rsid w:val="005E0063"/>
     <w:rsid w:val="005E250C"/>
     <w:rsid w:val="005E33F5"/>
     <w:rsid w:val="005E611E"/>
     <w:rsid w:val="005E7EB9"/>
-    <w:rsid w:val="00630BD9"/>
-[...1 lines deleted...]
-    <w:rsid w:val="006451EE"/>
+    <w:rsid w:val="00604DAD"/>
     <w:rsid w:val="00645468"/>
-    <w:rsid w:val="00651AE7"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00672C85"/>
+    <w:rsid w:val="00660E39"/>
     <w:rsid w:val="006762B3"/>
-    <w:rsid w:val="00683923"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00692B69"/>
     <w:rsid w:val="006938AF"/>
     <w:rsid w:val="006A336B"/>
     <w:rsid w:val="006D5481"/>
     <w:rsid w:val="006D5DCE"/>
-    <w:rsid w:val="00712175"/>
+    <w:rsid w:val="006F0EAC"/>
+    <w:rsid w:val="00701135"/>
+    <w:rsid w:val="0070130C"/>
+    <w:rsid w:val="00703BB4"/>
+    <w:rsid w:val="00704077"/>
     <w:rsid w:val="00731452"/>
+    <w:rsid w:val="007326F5"/>
     <w:rsid w:val="00734508"/>
-    <w:rsid w:val="00741226"/>
     <w:rsid w:val="00741FBB"/>
     <w:rsid w:val="00750565"/>
+    <w:rsid w:val="007624CE"/>
+    <w:rsid w:val="00796C65"/>
     <w:rsid w:val="007B3671"/>
-    <w:rsid w:val="007E210E"/>
-[...1 lines deleted...]
-    <w:rsid w:val="007E712B"/>
+    <w:rsid w:val="007D0A5D"/>
+    <w:rsid w:val="007E6E0A"/>
     <w:rsid w:val="007F5916"/>
     <w:rsid w:val="00805C5D"/>
-    <w:rsid w:val="008147AF"/>
-[...4 lines deleted...]
-    <w:rsid w:val="0087336B"/>
+    <w:rsid w:val="00852622"/>
     <w:rsid w:val="00877224"/>
     <w:rsid w:val="00886D6D"/>
-    <w:rsid w:val="008B3976"/>
+    <w:rsid w:val="008A42BC"/>
     <w:rsid w:val="008B5528"/>
-    <w:rsid w:val="008D7BD2"/>
+    <w:rsid w:val="008C6194"/>
     <w:rsid w:val="008E43A5"/>
-    <w:rsid w:val="008F66CD"/>
-    <w:rsid w:val="009111AD"/>
+    <w:rsid w:val="009116FC"/>
     <w:rsid w:val="00916038"/>
+    <w:rsid w:val="00920D7B"/>
     <w:rsid w:val="00921A06"/>
-    <w:rsid w:val="00934119"/>
+    <w:rsid w:val="00933715"/>
     <w:rsid w:val="009503C7"/>
-    <w:rsid w:val="00952A14"/>
     <w:rsid w:val="0095347E"/>
-    <w:rsid w:val="00957547"/>
     <w:rsid w:val="009940B7"/>
     <w:rsid w:val="009A3A10"/>
     <w:rsid w:val="009A3E9D"/>
+    <w:rsid w:val="009B2E59"/>
     <w:rsid w:val="009D5A57"/>
-    <w:rsid w:val="009E4075"/>
-    <w:rsid w:val="009E5066"/>
     <w:rsid w:val="009E74C3"/>
     <w:rsid w:val="009F7389"/>
     <w:rsid w:val="00A0063E"/>
-    <w:rsid w:val="00A36DD0"/>
+    <w:rsid w:val="00A13A71"/>
+    <w:rsid w:val="00A16715"/>
     <w:rsid w:val="00A47C62"/>
-    <w:rsid w:val="00A72C2C"/>
-    <w:rsid w:val="00A7420A"/>
+    <w:rsid w:val="00A70CA6"/>
     <w:rsid w:val="00A755C7"/>
-    <w:rsid w:val="00AB0EA7"/>
+    <w:rsid w:val="00A97717"/>
+    <w:rsid w:val="00AB1825"/>
     <w:rsid w:val="00AD4B7A"/>
     <w:rsid w:val="00B073DC"/>
     <w:rsid w:val="00B16BF0"/>
-    <w:rsid w:val="00B1764F"/>
     <w:rsid w:val="00B20359"/>
-    <w:rsid w:val="00B371B5"/>
     <w:rsid w:val="00B453D4"/>
     <w:rsid w:val="00B4667C"/>
     <w:rsid w:val="00B47A0F"/>
     <w:rsid w:val="00B53AEA"/>
-    <w:rsid w:val="00B639CF"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00B9069C"/>
+    <w:rsid w:val="00B66F50"/>
+    <w:rsid w:val="00B67028"/>
     <w:rsid w:val="00BA682A"/>
     <w:rsid w:val="00BA7746"/>
     <w:rsid w:val="00BB0188"/>
     <w:rsid w:val="00BB272F"/>
-    <w:rsid w:val="00BB7AAD"/>
+    <w:rsid w:val="00BC186A"/>
     <w:rsid w:val="00BC40FF"/>
     <w:rsid w:val="00BC6B2B"/>
-    <w:rsid w:val="00BE55FB"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00C4751C"/>
+    <w:rsid w:val="00C13D62"/>
+    <w:rsid w:val="00C35CF2"/>
+    <w:rsid w:val="00C37284"/>
+    <w:rsid w:val="00C3769E"/>
+    <w:rsid w:val="00C52F3D"/>
     <w:rsid w:val="00C62C68"/>
-    <w:rsid w:val="00C67ACE"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00C86FE7"/>
+    <w:rsid w:val="00C943E3"/>
     <w:rsid w:val="00C94B1C"/>
+    <w:rsid w:val="00C96463"/>
     <w:rsid w:val="00C97BC9"/>
     <w:rsid w:val="00CA3473"/>
     <w:rsid w:val="00CA53E3"/>
     <w:rsid w:val="00CC094B"/>
-    <w:rsid w:val="00CC669F"/>
     <w:rsid w:val="00CF4334"/>
-    <w:rsid w:val="00D2438B"/>
-    <w:rsid w:val="00D74D90"/>
+    <w:rsid w:val="00D10C95"/>
+    <w:rsid w:val="00D32E61"/>
+    <w:rsid w:val="00D56371"/>
+    <w:rsid w:val="00D67756"/>
     <w:rsid w:val="00D876E6"/>
-    <w:rsid w:val="00DA26E2"/>
     <w:rsid w:val="00DA5E7A"/>
     <w:rsid w:val="00DA6561"/>
     <w:rsid w:val="00DB1FAE"/>
-    <w:rsid w:val="00DB4A98"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00DE53DA"/>
+    <w:rsid w:val="00DB7FF2"/>
+    <w:rsid w:val="00DC6762"/>
+    <w:rsid w:val="00DD4EA5"/>
     <w:rsid w:val="00DE6F93"/>
     <w:rsid w:val="00DF7DAB"/>
-    <w:rsid w:val="00E32875"/>
+    <w:rsid w:val="00E13A20"/>
+    <w:rsid w:val="00E162E5"/>
     <w:rsid w:val="00E5357F"/>
-    <w:rsid w:val="00E66147"/>
+    <w:rsid w:val="00E65BEC"/>
     <w:rsid w:val="00E750F5"/>
+    <w:rsid w:val="00E802E2"/>
     <w:rsid w:val="00E909C3"/>
-    <w:rsid w:val="00E90A64"/>
     <w:rsid w:val="00E95EA8"/>
-    <w:rsid w:val="00EB31EB"/>
-    <w:rsid w:val="00EB44A6"/>
+    <w:rsid w:val="00EB295B"/>
     <w:rsid w:val="00EC615C"/>
     <w:rsid w:val="00EC76FB"/>
     <w:rsid w:val="00ED10E7"/>
+    <w:rsid w:val="00EE7844"/>
     <w:rsid w:val="00EF0247"/>
-    <w:rsid w:val="00EF5137"/>
-[...5 lines deleted...]
-    <w:rsid w:val="00F376EE"/>
+    <w:rsid w:val="00EF43EE"/>
+    <w:rsid w:val="00EF5137"/>
     <w:rsid w:val="00F47F4D"/>
-    <w:rsid w:val="00F64A4B"/>
+    <w:rsid w:val="00F56EB5"/>
     <w:rsid w:val="00F8255B"/>
-    <w:rsid w:val="00F8512E"/>
     <w:rsid w:val="00F86DE9"/>
-    <w:rsid w:val="00F874A1"/>
-    <w:rsid w:val="00FB48FC"/>
     <w:rsid w:val="00FC0729"/>
     <w:rsid w:val="00FC1A9B"/>
     <w:rsid w:val="00FC280E"/>
+    <w:rsid w:val="00FE1FF5"/>
     <w:rsid w:val="00FF0E0D"/>
+    <w:rsid w:val="00FF49F6"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="6C1E7A77"/>
+  <w14:docId w14:val="4C860717"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{F31C5190-0027-457A-8825-6C53451ED937}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -5305,50 +4230,51 @@
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="0"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
@@ -6223,51 +5149,50 @@
     <w:link w:val="af2"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00EF5137"/>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New"/>
       <w:snapToGrid w:val="0"/>
       <w:lang w:val="x-none" w:eastAsia="x-none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="af2">
     <w:name w:val="Текст Знак"/>
     <w:link w:val="af1"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00EF5137"/>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Times New Roman"/>
       <w:snapToGrid w:val="0"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="x-none" w:eastAsia="x-none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="af3">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="a1"/>
-    <w:uiPriority w:val="99"/>
     <w:rsid w:val="00EF5137"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
     </w:rPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="character" w:styleId="af4">
     <w:name w:val="Hyperlink"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00EF5137"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="af5">
@@ -6701,1269 +5626,159 @@
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="61">
     <w:name w:val="Без интервала6"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="006938AF"/>
     <w:pPr>
       <w:overflowPunct w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="39">
     <w:name w:val="Стиль3"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="1"/>
-    <w:rsid w:val="009E4075"/>
+    <w:rsid w:val="00796C65"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="28"/>
     </w:rPr>
-  </w:style>
-[...23 lines deleted...]
-    </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="114981879">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="191118796">
-      <w:bodyDiv w:val="1"/>
-[...24 lines deleted...]
-    <w:div w:id="324937544">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="398285452">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="890531093">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1021708173">
-[...11 lines deleted...]
-    </w:div>
     <w:div w:id="1031615714">
-      <w:bodyDiv w:val="1"/>
-[...89 lines deleted...]
-    <w:div w:id="1903636065">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2113359519">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
-<file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rIdWmImg1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/wm.png"/></Relationships>
+<file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rIdWmImg2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/wm.png"/></Relationships>
 
 </file>
 
-<file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rIdWmImg2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/wm.png"/></Relationships>
+<file path=word/_rels/footer2.xml.rels><?xml version="1.0" encoding="UTF-8"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rIdWmImg1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/wm.png"/></Relationships>
 
-</file>
-[...953 lines deleted...]
-</w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -8237,70 +6052,70 @@
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{88C5F04C-71D2-47FE-B73E-FFC412A996F0}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
-[...1 lines deleted...]
-  <Characters>1855</Characters>
+  <Pages>1</Pages>
+  <Words>246</Words>
+  <Characters>1403</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>15</Lines>
-  <Paragraphs>4</Paragraphs>
+  <Lines>11</Lines>
+  <Paragraphs>3</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>USN Team</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2176</CharactersWithSpaces>
+  <CharactersWithSpaces>1646</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Morozova</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>