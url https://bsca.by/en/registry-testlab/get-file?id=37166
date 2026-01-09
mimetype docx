--- v0 (2025-11-04)
+++ v1 (2026-01-09)
@@ -1,8127 +1,5631 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
-  <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
-[...3 lines deleted...]
-  <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Default Extension="png" ContentType="image/png"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:tbl>
-[...689 lines deleted...]
-    <w:p w14:paraId="7C072CEC" w14:textId="77777777" w:rsidR="00D223F7" w:rsidRPr="00842807" w:rsidRDefault="00D223F7" w:rsidP="007A4485">
+    <w:p w14:paraId="2F92D245" w14:textId="77777777" w:rsidR="00A70CA6" w:rsidRDefault="00A70CA6" w:rsidP="00A70CA6">
       <w:pPr>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:ind w:left="142"/>
+        <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:iCs/>
-[...1 lines deleted...]
-          <w:szCs w:val="16"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_Hlk212559846"/>
+      <w:r w:rsidRPr="00F803A7">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t>ОПИСАНИ</w:t>
+      </w:r>
+      <w:r w:rsidR="00F56EB5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Е </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F803A7">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t>ОБЛАСТИ АККРЕДИТАЦИИ</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:p w14:paraId="18C9C9CB" w14:textId="77777777" w:rsidR="007D0A5D" w:rsidRPr="00C35CF2" w:rsidRDefault="007D0A5D" w:rsidP="00C35CF2">
+      <w:pPr>
+        <w:overflowPunct w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="4930" w:type="pct"/>
+        <w:tblW w:w="5000" w:type="pct"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblCellMar>
+          <w:top w:w="15" w:type="dxa"/>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:bottom w:w="15" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="850"/>
+        <w:gridCol w:w="2024"/>
+        <w:gridCol w:w="1238"/>
+        <w:gridCol w:w="2825"/>
+        <w:gridCol w:w="2548"/>
+        <w:gridCol w:w="2641"/>
+        <w:gridCol w:w="2434"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00C35CF2" w:rsidRPr="00BC186A" w14:paraId="53BDE202" w14:textId="77777777" w:rsidTr="007D0A5D">
+        <w:trPr>
+          <w:trHeight w:val="240"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="292" w:type="pct"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="6" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="6" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="104F2B1E" w14:textId="77777777" w:rsidR="00C35CF2" w:rsidRPr="00BC186A" w:rsidRDefault="00C35CF2" w:rsidP="00C35CF2">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BC186A">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>№</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BC186A">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>п/п</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="695" w:type="pct"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="6" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="6" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4835E47B" w14:textId="77777777" w:rsidR="00C35CF2" w:rsidRPr="00BC186A" w:rsidRDefault="00C35CF2" w:rsidP="00C35CF2">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BC186A">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Наименование объекта</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="425" w:type="pct"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="6" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="6" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="568B2091" w14:textId="77777777" w:rsidR="00C35CF2" w:rsidRPr="00BC186A" w:rsidRDefault="00C35CF2" w:rsidP="00C35CF2">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BC186A">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Код </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="970" w:type="pct"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="6" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="6" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="326D4B5E" w14:textId="77777777" w:rsidR="00C35CF2" w:rsidRPr="00BC186A" w:rsidRDefault="00C35CF2" w:rsidP="00C35CF2">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BC186A">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Наименование характеристики (показатель, параметры)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="875" w:type="pct"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="6" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="6" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="25F1362F" w14:textId="77777777" w:rsidR="00C35CF2" w:rsidRPr="00BC186A" w:rsidRDefault="00C35CF2" w:rsidP="00C35CF2">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BC186A">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Обозначение документа, устанавливающего требования к объекту</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="907" w:type="pct"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="6" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="6" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="31B8652B" w14:textId="77777777" w:rsidR="00C35CF2" w:rsidRPr="00BC186A" w:rsidRDefault="00C35CF2" w:rsidP="00B67028">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BC186A">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Обозначение документа, устанавливающего метод исследований (испытаний) и измерений, в том числе правила отбора образцов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="836" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0A0DF007" w14:textId="77777777" w:rsidR="00C35CF2" w:rsidRPr="00BC186A" w:rsidRDefault="00C35CF2" w:rsidP="00C35CF2">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BC186A">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Место(а) осуществления деятельности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="369439AC" w14:textId="77777777" w:rsidR="00B67028" w:rsidRPr="00B67028" w:rsidRDefault="00B67028" w:rsidP="00B67028">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="5000" w:type="pct"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="562"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="1701"/>
+        <w:gridCol w:w="847"/>
+        <w:gridCol w:w="1986"/>
+        <w:gridCol w:w="1270"/>
+        <w:gridCol w:w="2833"/>
+        <w:gridCol w:w="2557"/>
+        <w:gridCol w:w="2630"/>
+        <w:gridCol w:w="2437"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00F40980" w:rsidRPr="007A4175" w14:paraId="25477236" w14:textId="77777777" w:rsidTr="001207A6">
+      <w:tr w:rsidR="00064F64" w14:paraId="602E651F" w14:textId="77777777" w:rsidTr="004248B1">
         <w:trPr>
-          <w:trHeight w:val="1277"/>
+          <w:trHeight w:val="276"/>
+          <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="562" w:type="dxa"/>
+            <w:tcW w:w="291" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3A5343FC" w14:textId="77777777" w:rsidR="00F40980" w:rsidRPr="007A4175" w:rsidRDefault="00F40980" w:rsidP="007A4175">
-[...6 lines deleted...]
-              <w:ind w:left="-106" w:right="-79"/>
+          <w:p w14:paraId="6F75583E" w14:textId="77777777" w:rsidR="00B67028" w:rsidRPr="00582A8F" w:rsidRDefault="00E65BEC">
+            <w:pPr>
+              <w:ind w:left="-45" w:right="-45"/>
               <w:jc w:val="center"/>
-              <w:textAlignment w:val="baseline"/>
-[...11 lines deleted...]
-              <w:t>№ п/п</w:t>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1134" w:type="dxa"/>
-[...2 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="682" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2763E3E7" w14:textId="77777777" w:rsidR="00F40980" w:rsidRPr="007A4175" w:rsidRDefault="00F40980" w:rsidP="007A4175">
-[...6 lines deleted...]
-              <w:ind w:left="-106" w:right="-79"/>
+          <w:p w14:paraId="03C73DC9" w14:textId="77777777" w:rsidR="00064F64" w:rsidRDefault="00E65BEC">
+            <w:pPr>
+              <w:ind w:left="-45" w:right="-45"/>
               <w:jc w:val="center"/>
-              <w:textAlignment w:val="baseline"/>
-[...10 lines deleted...]
-              <w:t>Наименование объекта</w:t>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="709" w:type="dxa"/>
-[...2 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="436" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3E2AE817" w14:textId="77777777" w:rsidR="00F40980" w:rsidRPr="007A4175" w:rsidRDefault="00F40980" w:rsidP="007A4175">
-[...1 lines deleted...]
-              <w:ind w:left="-106" w:right="-79"/>
+          <w:p w14:paraId="0D99F3DB" w14:textId="77777777" w:rsidR="00064F64" w:rsidRDefault="00E65BEC">
+            <w:pPr>
+              <w:ind w:left="-45" w:right="-45"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...9 lines deleted...]
-              <w:t>Код</w:t>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1701" w:type="dxa"/>
-[...2 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="973" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0F1685A9" w14:textId="77777777" w:rsidR="007A4175" w:rsidRDefault="00F40980" w:rsidP="007A4175">
-[...6 lines deleted...]
-              <w:ind w:left="-106" w:right="-79"/>
+          <w:p w14:paraId="662CD5FF" w14:textId="77777777" w:rsidR="00064F64" w:rsidRDefault="00E65BEC">
+            <w:pPr>
+              <w:ind w:left="-45" w:right="-45"/>
               <w:jc w:val="center"/>
-              <w:textAlignment w:val="baseline"/>
-[...56 lines deleted...]
-              <w:t>параметры)</w:t>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3686" w:type="dxa"/>
-[...2 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="878" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="42C66951" w14:textId="77777777" w:rsidR="007A4175" w:rsidRDefault="00F40980" w:rsidP="007A4175">
-[...6 lines deleted...]
-              <w:ind w:left="-106" w:right="-79"/>
+          <w:p w14:paraId="611A95BD" w14:textId="77777777" w:rsidR="00064F64" w:rsidRDefault="00E65BEC" w:rsidP="004248B1">
+            <w:pPr>
+              <w:ind w:left="-108" w:right="-45"/>
               <w:jc w:val="center"/>
-              <w:textAlignment w:val="baseline"/>
-[...79 lines deleted...]
-              <w:t>объекту</w:t>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1701" w:type="dxa"/>
-[...2 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="903" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4E458FCB" w14:textId="77777777" w:rsidR="007A4175" w:rsidRDefault="00F40980" w:rsidP="007A4175">
-[...6 lines deleted...]
-              <w:ind w:left="-106" w:right="-79"/>
+          <w:p w14:paraId="53EF6866" w14:textId="77777777" w:rsidR="00064F64" w:rsidRDefault="00E65BEC">
+            <w:pPr>
+              <w:ind w:left="-45" w:right="-45"/>
               <w:jc w:val="center"/>
-              <w:textAlignment w:val="baseline"/>
-[...20 lines deleted...]
-              <w:ind w:left="-106" w:right="-79"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="837" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2284EABF" w14:textId="77777777" w:rsidR="00064F64" w:rsidRDefault="00E65BEC">
+            <w:pPr>
+              <w:ind w:left="-45" w:right="-45"/>
               <w:jc w:val="center"/>
-              <w:textAlignment w:val="baseline"/>
-[...79 lines deleted...]
-              <w:t>отбора образцов</w:t>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-    </w:tbl>
-[...26 lines deleted...]
-      <w:tr w:rsidR="0090767F" w:rsidRPr="0038569C" w14:paraId="12F75ED3" w14:textId="77777777" w:rsidTr="00C96492">
+      <w:tr w:rsidR="004248B1" w14:paraId="5B598A16" w14:textId="77777777" w:rsidTr="004248B1">
         <w:trPr>
-          <w:trHeight w:val="240"/>
+          <w:trHeight w:val="230"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="562" w:type="dxa"/>
-[...11 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="291" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="40F54820" w14:textId="3D6310BF" w:rsidR="0090767F" w:rsidRPr="0038569C" w:rsidRDefault="0090767F" w:rsidP="00C96492">
+          <w:p w14:paraId="5B7C1708" w14:textId="6A4E628C" w:rsidR="004248B1" w:rsidRDefault="004248B1" w:rsidP="004248B1">
+            <w:pPr>
+              <w:ind w:left="-84" w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FF7F5D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FF7F5D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>*</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="682" w:type="pct"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="428C7F20" w14:textId="5330369A" w:rsidR="004248B1" w:rsidRPr="004248B1" w:rsidRDefault="004248B1" w:rsidP="004248B1">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
-              <w:jc w:val="center"/>
-[...8 lines deleted...]
-              <w:t>1</w:t>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B92488">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Стартеры автомобильные, тракторные</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1134" w:type="dxa"/>
-[...12 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="436" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="1CDCCA8B" w14:textId="77777777" w:rsidR="0090767F" w:rsidRPr="0038569C" w:rsidRDefault="0090767F" w:rsidP="00C96492">
-[...7 lines deleted...]
-              </w:pBdr>
+          <w:p w14:paraId="36614F3D" w14:textId="77777777" w:rsidR="004248B1" w:rsidRPr="00B92488" w:rsidRDefault="004248B1" w:rsidP="004248B1">
+            <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...7 lines deleted...]
-            </w:r>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B92488">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>29.31/</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4E29A828" w14:textId="77777777" w:rsidR="004248B1" w:rsidRPr="00B92488" w:rsidRDefault="004248B1" w:rsidP="004248B1">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B92488">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>26.095</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="22F5B3B6" w14:textId="77777777" w:rsidR="004248B1" w:rsidRDefault="004248B1" w:rsidP="004248B1">
+            <w:pPr>
+              <w:ind w:left="-84" w:right="-84"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="709" w:type="dxa"/>
-[...12 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="973" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="5D5304F2" w14:textId="77777777" w:rsidR="0090767F" w:rsidRPr="0038569C" w:rsidRDefault="0090767F" w:rsidP="00C96492">
-[...18 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="2F24EDEF" w14:textId="77777777" w:rsidR="004248B1" w:rsidRDefault="004248B1" w:rsidP="004248B1">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:ind w:left="-99" w:right="-124"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B92488">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Испытание на </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="36C8B6C7" w14:textId="77777777" w:rsidR="004248B1" w:rsidRPr="00B92488" w:rsidRDefault="004248B1" w:rsidP="004248B1">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:ind w:left="-99" w:right="-124"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B92488">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>вибропрочность</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4D18B8AC" w14:textId="77777777" w:rsidR="004248B1" w:rsidRPr="00B92488" w:rsidRDefault="004248B1" w:rsidP="004248B1">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:ind w:left="-99" w:right="-124"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B92488">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>(ускорение 10</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00016070">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>g</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B92488">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="48718A28" w14:textId="77777777" w:rsidR="004248B1" w:rsidRPr="00B92488" w:rsidRDefault="004248B1" w:rsidP="004248B1">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:ind w:left="-99" w:right="-124"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>У</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B92488">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>даропрочность</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="46CDFB0B" w14:textId="77777777" w:rsidR="004248B1" w:rsidRDefault="004248B1" w:rsidP="004248B1">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:ind w:left="-99" w:right="-124"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B92488">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>(ускорение 15</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00016070">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>g</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B92488">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="60F10F9E" w14:textId="77777777" w:rsidR="004248B1" w:rsidRDefault="004248B1" w:rsidP="004248B1">
+            <w:pPr>
+              <w:ind w:left="-99" w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="46FC12BA" w14:textId="77777777" w:rsidR="004248B1" w:rsidRPr="004248B1" w:rsidRDefault="004248B1" w:rsidP="004248B1">
+            <w:pPr>
+              <w:ind w:left="-99" w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1701" w:type="dxa"/>
-[...12 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="878" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="54F19892" w14:textId="77777777" w:rsidR="0090767F" w:rsidRPr="0038569C" w:rsidRDefault="0090767F" w:rsidP="00C96492">
-[...17 lines deleted...]
-              <w:t>4</w:t>
+          <w:p w14:paraId="6724BF04" w14:textId="77777777" w:rsidR="004248B1" w:rsidRPr="00016070" w:rsidRDefault="004248B1" w:rsidP="004248B1">
+            <w:pPr>
+              <w:ind w:left="-106" w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00016070">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>ГОСТ 3940-2004 п.4.20</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="07C0FD7C" w14:textId="77777777" w:rsidR="004248B1" w:rsidRPr="00016070" w:rsidRDefault="004248B1" w:rsidP="004248B1">
+            <w:pPr>
+              <w:ind w:left="-106" w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00016070">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ГОСТ Р 52230-2004 п.4.20 </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4F673998" w14:textId="11C92949" w:rsidR="004248B1" w:rsidRPr="004248B1" w:rsidRDefault="004248B1" w:rsidP="004248B1">
+            <w:pPr>
+              <w:ind w:left="-106" w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00016070">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>ТНПА и другая документация</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3686" w:type="dxa"/>
-[...12 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="903" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="5376FF04" w14:textId="77777777" w:rsidR="0090767F" w:rsidRPr="0038569C" w:rsidRDefault="0090767F" w:rsidP="00C96492">
-[...17 lines deleted...]
-              <w:t>5</w:t>
+          <w:p w14:paraId="6D418193" w14:textId="543280A9" w:rsidR="004248B1" w:rsidRPr="00016070" w:rsidRDefault="004248B1" w:rsidP="004248B1">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:ind w:left="-106"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Г</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00016070">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>ОСТ 3940-2004 п.6.13</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="461955C2" w14:textId="0514DD1E" w:rsidR="004248B1" w:rsidRPr="004248B1" w:rsidRDefault="004248B1" w:rsidP="004248B1">
+            <w:pPr>
+              <w:ind w:left="-106" w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00016070">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>ГОСТ Р 52230-2004 п.6.13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1701" w:type="dxa"/>
-[...11 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="837" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="17221E76" w14:textId="77777777" w:rsidR="0090767F" w:rsidRPr="0038569C" w:rsidRDefault="0090767F" w:rsidP="00C96492">
-[...17 lines deleted...]
-              <w:t>6</w:t>
+          <w:p w14:paraId="54FBCFA3" w14:textId="1FCA3BEB" w:rsidR="004248B1" w:rsidRPr="004248B1" w:rsidRDefault="004248B1" w:rsidP="004248B1">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004248B1">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>л. Даумана, 95, 222120, г. Борисов, Борисовский район, Минская область</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0090767F" w:rsidRPr="0038569C" w14:paraId="3691692B" w14:textId="77777777" w:rsidTr="00C96492">
+      <w:tr w:rsidR="004248B1" w14:paraId="1ADAD821" w14:textId="77777777" w:rsidTr="004248B1">
         <w:trPr>
-          <w:trHeight w:val="240"/>
+          <w:trHeight w:val="230"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9493" w:type="dxa"/>
-[...10 lines deleted...]
-            </w:tcMar>
+            <w:tcW w:w="291" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="36FD82D8" w14:textId="305FC71F" w:rsidR="0090767F" w:rsidRPr="00295E4A" w:rsidRDefault="009F4278" w:rsidP="00C96492">
-[...78 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="5ED26FF6" w14:textId="0C736CFE" w:rsidR="004248B1" w:rsidRDefault="004248B1" w:rsidP="004248B1">
+            <w:pPr>
+              <w:ind w:left="-84" w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FF7F5D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>1.</w:t>
             </w:r>
-            <w:r w:rsidR="00721618">
-[...4 lines deleted...]
-              <w:t>1</w:t>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>2</w:t>
             </w:r>
             <w:r w:rsidRPr="00FF7F5D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>*</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1134" w:type="dxa"/>
-[...11 lines deleted...]
-            </w:tcMar>
+            <w:tcW w:w="682" w:type="pct"/>
+            <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="5224981F" w14:textId="77777777" w:rsidR="00016070" w:rsidRDefault="00016070" w:rsidP="00C96492">
-[...42 lines deleted...]
-          </w:p>
+          <w:p w14:paraId="4A1E2B53" w14:textId="77777777" w:rsidR="004248B1" w:rsidRDefault="004248B1" w:rsidP="004248B1"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="709" w:type="dxa"/>
-[...11 lines deleted...]
-            </w:tcMar>
+            <w:tcW w:w="436" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="60D39451" w14:textId="77777777" w:rsidR="00016070" w:rsidRPr="00B92488" w:rsidRDefault="00016070" w:rsidP="00C96492">
-            <w:pPr>
+          <w:p w14:paraId="03B57D8C" w14:textId="77777777" w:rsidR="004248B1" w:rsidRPr="00B92488" w:rsidRDefault="004248B1" w:rsidP="004248B1">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B92488">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>29.31/</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2FEDE2D5" w14:textId="77777777" w:rsidR="00016070" w:rsidRPr="00B92488" w:rsidRDefault="00016070" w:rsidP="00C96492">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="0270EBC5" w14:textId="649E2139" w:rsidR="004248B1" w:rsidRDefault="004248B1" w:rsidP="004248B1">
+            <w:pPr>
+              <w:ind w:left="-84" w:right="-84"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B92488">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>26.095</w:t>
-[...16 lines deleted...]
-            </w:pPr>
+              <w:t>29.113</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1701" w:type="dxa"/>
-[...11 lines deleted...]
-            </w:tcMar>
+            <w:tcW w:w="973" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="33105B05" w14:textId="77777777" w:rsidR="00F54DAF" w:rsidRDefault="00016070" w:rsidP="00C96492">
-[...119 lines deleted...]
-          <w:p w14:paraId="25060EE3" w14:textId="77777777" w:rsidR="00016070" w:rsidRPr="00016070" w:rsidRDefault="00016070" w:rsidP="00C96492">
+          <w:p w14:paraId="216D7ED8" w14:textId="77777777" w:rsidR="004248B1" w:rsidRDefault="004248B1" w:rsidP="004248B1">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-              <w:ind w:left="135" w:right="-124"/>
-[...5 lines deleted...]
-            </w:pPr>
+              <w:ind w:left="-99" w:right="-124"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B92488">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Электрическая прочность</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="41118529" w14:textId="00A7F6F8" w:rsidR="004248B1" w:rsidRPr="004248B1" w:rsidRDefault="004248B1" w:rsidP="004248B1">
+            <w:pPr>
+              <w:ind w:left="-99" w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B92488">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>изоляции</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3686" w:type="dxa"/>
-[...11 lines deleted...]
-            </w:tcMar>
+            <w:tcW w:w="878" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="3D530C8B" w14:textId="77777777" w:rsidR="00016070" w:rsidRPr="00016070" w:rsidRDefault="00016070" w:rsidP="00C86501">
+          <w:p w14:paraId="46BA3B0B" w14:textId="77777777" w:rsidR="004248B1" w:rsidRPr="00016070" w:rsidRDefault="004248B1" w:rsidP="004248B1">
+            <w:pPr>
+              <w:ind w:left="-106" w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00016070">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>ГОСТ 3940-2004 п.4.15</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7178029D" w14:textId="77777777" w:rsidR="004248B1" w:rsidRPr="00016070" w:rsidRDefault="004248B1" w:rsidP="004248B1">
+            <w:pPr>
+              <w:ind w:left="-106" w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00016070">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ГОСТ Р 52230-2004 п.4.15 </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5AE82B8D" w14:textId="77777777" w:rsidR="004248B1" w:rsidRDefault="004248B1" w:rsidP="004248B1">
+            <w:pPr>
+              <w:ind w:left="-106" w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00016070">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>ТНПА и другая документация</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="582E5042" w14:textId="240942BD" w:rsidR="004248B1" w:rsidRPr="004248B1" w:rsidRDefault="004248B1" w:rsidP="004248B1">
+            <w:pPr>
+              <w:ind w:left="-106" w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="903" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="12521053" w14:textId="77777777" w:rsidR="004248B1" w:rsidRPr="00016070" w:rsidRDefault="004248B1" w:rsidP="004248B1">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-              <w:ind w:left="135"/>
+              <w:ind w:left="-106"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00016070">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>ГОСТ 3940-2004 п.4.20</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="3614FC8D" w14:textId="77777777" w:rsidR="00016070" w:rsidRPr="00016070" w:rsidRDefault="00016070" w:rsidP="00C86501">
+              <w:t>ГОСТ 3940-2004 п.6.9</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="03C9E712" w14:textId="7148F473" w:rsidR="004248B1" w:rsidRPr="004248B1" w:rsidRDefault="004248B1" w:rsidP="004248B1">
+            <w:pPr>
+              <w:ind w:left="-106" w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00016070">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>ГОСТ Р 52230-2004 п.6.9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="837" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="73B25103" w14:textId="2C5F4851" w:rsidR="004248B1" w:rsidRPr="004248B1" w:rsidRDefault="004248B1" w:rsidP="004248B1">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004248B1">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>л. Даумана, 95, 222120, г. Борисов, Борисовский район, Минская область</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004248B1" w14:paraId="71677235" w14:textId="77777777" w:rsidTr="004248B1">
+        <w:trPr>
+          <w:trHeight w:val="230"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="291" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="44959D7A" w14:textId="16D6D7BE" w:rsidR="004248B1" w:rsidRDefault="004248B1" w:rsidP="004248B1">
+            <w:pPr>
+              <w:ind w:left="-84" w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B92488">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>3*</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="682" w:type="pct"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="3AC71D13" w14:textId="4EE8CF56" w:rsidR="004248B1" w:rsidRPr="004248B1" w:rsidRDefault="004248B1" w:rsidP="004248B1">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="436" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="0AB8A718" w14:textId="77777777" w:rsidR="004248B1" w:rsidRPr="00B92488" w:rsidRDefault="004248B1" w:rsidP="004248B1">
+            <w:pPr>
+              <w:ind w:right="-108"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B92488">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>29.31/</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="03B32DE2" w14:textId="68EEED3A" w:rsidR="004248B1" w:rsidRDefault="004248B1" w:rsidP="004248B1">
+            <w:pPr>
+              <w:ind w:left="-84" w:right="-84"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B92488">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>26.141</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="973" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="310FBC0A" w14:textId="77777777" w:rsidR="004248B1" w:rsidRDefault="004248B1" w:rsidP="004248B1">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-              <w:ind w:left="135"/>
-[...13 lines deleted...]
-          <w:p w14:paraId="7475CE2A" w14:textId="5E296EB5" w:rsidR="00016070" w:rsidRPr="00016070" w:rsidRDefault="00016070" w:rsidP="00C86501">
+              <w:ind w:left="-99" w:right="-124"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B92488">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Испытание </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="43AD89AC" w14:textId="77777777" w:rsidR="004248B1" w:rsidRDefault="004248B1" w:rsidP="004248B1">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:ind w:left="-99" w:right="-124"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B92488">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">степени защиты </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0BF3F1A0" w14:textId="7387749B" w:rsidR="004248B1" w:rsidRPr="004248B1" w:rsidRDefault="004248B1" w:rsidP="004248B1">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:ind w:left="-99" w:right="-124"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B92488">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>от проникновения пыли</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000444EC">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>IP5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B92488">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Х;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000444EC">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> IP</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B92488">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>6Х</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="2E915871" w14:textId="77777777" w:rsidR="004248B1" w:rsidRPr="00F76D2E" w:rsidRDefault="004248B1" w:rsidP="004248B1">
+            <w:pPr>
+              <w:ind w:left="-106" w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F76D2E">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>ГОСТ 3940-2004 п.4.8</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="18FAC3E4" w14:textId="77777777" w:rsidR="004248B1" w:rsidRPr="00F76D2E" w:rsidRDefault="004248B1" w:rsidP="004248B1">
+            <w:pPr>
+              <w:ind w:left="-106" w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F76D2E">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>ГОСТ 14254-2015</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6739B753" w14:textId="77777777" w:rsidR="004248B1" w:rsidRPr="00F76D2E" w:rsidRDefault="004248B1" w:rsidP="004248B1">
+            <w:pPr>
+              <w:ind w:left="-106" w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F76D2E">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Табл.2 первая цифра 5,6</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2C3ADF84" w14:textId="77777777" w:rsidR="004248B1" w:rsidRPr="00F76D2E" w:rsidRDefault="004248B1" w:rsidP="004248B1">
+            <w:pPr>
+              <w:ind w:left="-106" w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F76D2E">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>ГОСТ Р52230-2004 п.4.8</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="672CA6BA" w14:textId="77777777" w:rsidR="004248B1" w:rsidRDefault="004248B1" w:rsidP="004248B1">
+            <w:pPr>
+              <w:ind w:left="-106" w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F76D2E">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>ТНПА и другая документация</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="28893548" w14:textId="699DA829" w:rsidR="004248B1" w:rsidRPr="004248B1" w:rsidRDefault="004248B1" w:rsidP="004248B1">
+            <w:pPr>
+              <w:ind w:left="-106" w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="903" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="60492B99" w14:textId="77777777" w:rsidR="004248B1" w:rsidRPr="00F76D2E" w:rsidRDefault="004248B1" w:rsidP="004248B1">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:ind w:left="-106"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F76D2E">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>ГОСТ 3940-2004 п.6.3</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="721A6C56" w14:textId="77777777" w:rsidR="004248B1" w:rsidRPr="00F76D2E" w:rsidRDefault="004248B1" w:rsidP="004248B1">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:ind w:left="-106"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F76D2E">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>ГОСТ 14254-2015 п.13.4</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7ABB24B0" w14:textId="77777777" w:rsidR="004248B1" w:rsidRPr="00F76D2E" w:rsidRDefault="004248B1" w:rsidP="004248B1">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:ind w:left="-106"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F76D2E">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>ГОСТ 16962 п.2.3.12-2.3.13</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="32CDE0CD" w14:textId="787B611B" w:rsidR="004248B1" w:rsidRPr="004248B1" w:rsidRDefault="004248B1" w:rsidP="004248B1">
+            <w:pPr>
+              <w:ind w:left="-106"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F76D2E">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>ГОСТ Р 52230-2004 6.3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="837" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="1F35E38E" w14:textId="3A0CB640" w:rsidR="004248B1" w:rsidRPr="004248B1" w:rsidRDefault="004248B1" w:rsidP="004248B1">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004248B1">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>л. Даумана, 95, 222120, г. Борисов, Борисовский район, Минская область</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004248B1" w14:paraId="7919E4F2" w14:textId="77777777" w:rsidTr="004248B1">
+        <w:trPr>
+          <w:trHeight w:val="230"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="291" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="50A3ABF4" w14:textId="30493BAD" w:rsidR="004248B1" w:rsidRDefault="004248B1" w:rsidP="004248B1">
+            <w:pPr>
+              <w:ind w:left="-84" w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B92488">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>4*</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="682" w:type="pct"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="32088955" w14:textId="54670835" w:rsidR="004248B1" w:rsidRPr="004248B1" w:rsidRDefault="004248B1" w:rsidP="004248B1">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="436" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="7D55A674" w14:textId="77777777" w:rsidR="004248B1" w:rsidRPr="00B92488" w:rsidRDefault="004248B1" w:rsidP="004248B1">
+            <w:pPr>
+              <w:ind w:right="-108"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B92488">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>29.31/</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0C89459E" w14:textId="59DFAFAB" w:rsidR="004248B1" w:rsidRDefault="004248B1" w:rsidP="004248B1">
+            <w:pPr>
+              <w:ind w:left="-84" w:right="-84"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B92488">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>26.141</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="973" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="756312F4" w14:textId="77777777" w:rsidR="004248B1" w:rsidRDefault="004248B1" w:rsidP="004248B1">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-              <w:ind w:left="135"/>
-[...46 lines deleted...]
-          <w:p w14:paraId="667307D5" w14:textId="02B1F9FA" w:rsidR="00016070" w:rsidRPr="00016070" w:rsidRDefault="00016070" w:rsidP="00C86501">
+              <w:ind w:left="-99" w:right="-124"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B92488">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Испытани</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">е </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="74DB00B1" w14:textId="77777777" w:rsidR="004248B1" w:rsidRDefault="004248B1" w:rsidP="004248B1">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-              <w:ind w:left="135"/>
-[...203 lines deleted...]
-          <w:p w14:paraId="056D0E88" w14:textId="77777777" w:rsidR="00F54DAF" w:rsidRDefault="00016070" w:rsidP="00C96492">
+              <w:ind w:left="-99" w:right="-124"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">степени защиты </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="10B66F6E" w14:textId="77777777" w:rsidR="004248B1" w:rsidRDefault="004248B1" w:rsidP="004248B1">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-              <w:ind w:left="135" w:right="-124"/>
-[...5 lines deleted...]
-            </w:pPr>
+              <w:ind w:left="-99" w:right="-124"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>от проникнове</w:t>
+            </w:r>
             <w:r w:rsidRPr="00B92488">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Электрическая прочность</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="593268A0" w14:textId="43D31BE5" w:rsidR="00016070" w:rsidRPr="00016070" w:rsidRDefault="00016070" w:rsidP="00C96492">
+              <w:t xml:space="preserve">ния брызг и воды </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="094079AC" w14:textId="41DD7C71" w:rsidR="004248B1" w:rsidRPr="004248B1" w:rsidRDefault="004248B1" w:rsidP="004248B1">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:ind w:left="-99" w:right="-124"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004248B1">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>IP</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B92488">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Х4</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B92488">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004248B1">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>IP</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B92488">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Х5; </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004248B1">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>IP</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B92488">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Х7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="68FBDEB4" w14:textId="77777777" w:rsidR="004248B1" w:rsidRPr="00F76D2E" w:rsidRDefault="004248B1" w:rsidP="004248B1">
+            <w:pPr>
+              <w:ind w:left="-106" w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F76D2E">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>ГОСТ 3940-2004 п.4.8</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="219B8F8F" w14:textId="77777777" w:rsidR="004248B1" w:rsidRPr="00F76D2E" w:rsidRDefault="004248B1" w:rsidP="004248B1">
+            <w:pPr>
+              <w:ind w:left="-106" w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F76D2E">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>ГОСТ 14254-2015 табл.3 первая цифра 4,5,7</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="67DF3790" w14:textId="77777777" w:rsidR="004248B1" w:rsidRPr="00F76D2E" w:rsidRDefault="004248B1" w:rsidP="004248B1">
+            <w:pPr>
+              <w:ind w:left="-106" w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F76D2E">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>ГОСТ Р52230-2004 п.4.8</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1CFF3E48" w14:textId="77777777" w:rsidR="004248B1" w:rsidRDefault="004248B1" w:rsidP="004248B1">
+            <w:pPr>
+              <w:ind w:left="-106" w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F76D2E">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>ТНПА и другая документация</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0988629A" w14:textId="52E707AD" w:rsidR="004248B1" w:rsidRPr="004248B1" w:rsidRDefault="004248B1" w:rsidP="004248B1">
+            <w:pPr>
+              <w:ind w:left="-106" w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="903" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="7B630E2C" w14:textId="77777777" w:rsidR="004248B1" w:rsidRPr="00F76D2E" w:rsidRDefault="004248B1" w:rsidP="004248B1">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:ind w:left="-106"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F76D2E">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>ГОСТ 3940-2004 п.6.4</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2223B8FA" w14:textId="77777777" w:rsidR="004248B1" w:rsidRPr="00F76D2E" w:rsidRDefault="004248B1" w:rsidP="004248B1">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:ind w:left="-106"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F76D2E">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>ГОСТ 14254-2015п.14.2.4, п.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F76D2E">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>14.2.5,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F76D2E">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>п.14.2.7</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="503B5A61" w14:textId="4F7C2690" w:rsidR="004248B1" w:rsidRPr="004248B1" w:rsidRDefault="004248B1" w:rsidP="004248B1">
+            <w:pPr>
+              <w:ind w:left="-106"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F76D2E">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>ГОСТ Р 52230-2004 6.4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="837" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="10070A11" w14:textId="4E9072D2" w:rsidR="004248B1" w:rsidRPr="004248B1" w:rsidRDefault="004248B1" w:rsidP="004248B1">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004248B1">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>л. Даумана, 95, 222120, г. Борисов, Борисовский район, Минская область</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004248B1" w14:paraId="48BC3804" w14:textId="77777777" w:rsidTr="004248B1">
+        <w:trPr>
+          <w:trHeight w:val="230"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="291" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="084CD8C6" w14:textId="68E030AF" w:rsidR="004248B1" w:rsidRDefault="004248B1" w:rsidP="004248B1">
+            <w:pPr>
+              <w:ind w:left="-84" w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F5E88">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>2.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1*</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="682" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="7BB8A9A0" w14:textId="77777777" w:rsidR="004248B1" w:rsidRDefault="004248B1" w:rsidP="004248B1">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F5E88">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Генераторы авто-</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0724EA24" w14:textId="76504938" w:rsidR="004248B1" w:rsidRDefault="004248B1" w:rsidP="004248B1">
+            <w:r w:rsidRPr="005F5E88">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>мобильные</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="436" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="0115F158" w14:textId="77777777" w:rsidR="004248B1" w:rsidRPr="005F5E88" w:rsidRDefault="004248B1" w:rsidP="004248B1">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F5E88">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>29.31/</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="41D86428" w14:textId="77777777" w:rsidR="004248B1" w:rsidRPr="005F5E88" w:rsidRDefault="004248B1" w:rsidP="004248B1">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F5E88">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>41.000</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2E37221F" w14:textId="77777777" w:rsidR="004248B1" w:rsidRDefault="004248B1" w:rsidP="004248B1">
+            <w:pPr>
+              <w:ind w:left="-84" w:right="-84"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="973" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="4DBB35C7" w14:textId="5733E955" w:rsidR="004248B1" w:rsidRDefault="004248B1" w:rsidP="004248B1">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:ind w:left="-99" w:right="-124"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F5E88">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Проверка характеристик </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1424DE33" w14:textId="220AE8CA" w:rsidR="004248B1" w:rsidRPr="004248B1" w:rsidRDefault="004248B1" w:rsidP="004248B1">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:ind w:left="-99" w:right="-124"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F5E88">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>при температуре окружающей среды (25±10)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F5E88">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>°С</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="17914A87" w14:textId="77777777" w:rsidR="004248B1" w:rsidRPr="00F76D2E" w:rsidRDefault="004248B1" w:rsidP="004248B1">
+            <w:pPr>
+              <w:ind w:left="-106" w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F76D2E">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>ТУ</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F76D2E">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>РБ 600017855-201-2001 п.1.2.2.1</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3BE4D8E9" w14:textId="77777777" w:rsidR="004248B1" w:rsidRPr="00F76D2E" w:rsidRDefault="004248B1" w:rsidP="004248B1">
+            <w:pPr>
+              <w:ind w:left="-106" w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F76D2E">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>ТУ</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F76D2E">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>РБ 600017855.210-2003 п.1.2.2.1</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="55624181" w14:textId="77777777" w:rsidR="004248B1" w:rsidRPr="00F76D2E" w:rsidRDefault="004248B1" w:rsidP="004248B1">
+            <w:pPr>
+              <w:ind w:left="-106" w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F76D2E">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>ТУ</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F76D2E">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>РБ 600017855.228-2008 п.1.2.2.1</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3577CA0E" w14:textId="77777777" w:rsidR="004248B1" w:rsidRPr="00C566E9" w:rsidRDefault="004248B1" w:rsidP="004248B1">
+            <w:pPr>
+              <w:ind w:left="-106" w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F76D2E">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>ТУ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C566E9">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F76D2E">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>РБ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C566E9">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 600017855.195-2001 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F76D2E">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C566E9">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>.1.2.2.2</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4F8F4CE8" w14:textId="77777777" w:rsidR="004248B1" w:rsidRPr="00C566E9" w:rsidRDefault="004248B1" w:rsidP="004248B1">
+            <w:pPr>
+              <w:ind w:left="-106" w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F76D2E">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>ТУ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C566E9">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> BY 600017855.238-2010 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F76D2E">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C566E9">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>.1.1.9.1</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4786479B" w14:textId="77777777" w:rsidR="004248B1" w:rsidRPr="00C566E9" w:rsidRDefault="004248B1" w:rsidP="004248B1">
+            <w:pPr>
+              <w:ind w:left="-106" w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F76D2E">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>ТУ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C566E9">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> BY 600017855.233-2008 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F76D2E">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C566E9">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>.1.2.2.1</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0575F1A9" w14:textId="77777777" w:rsidR="004248B1" w:rsidRPr="00C566E9" w:rsidRDefault="004248B1" w:rsidP="004248B1">
+            <w:pPr>
+              <w:ind w:left="-106" w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F76D2E">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>ТУ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C566E9">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> BY 600017855.242-2010 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F76D2E">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C566E9">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>.1.1.8.1</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="18C48689" w14:textId="77777777" w:rsidR="004248B1" w:rsidRPr="00C566E9" w:rsidRDefault="004248B1" w:rsidP="004248B1">
+            <w:pPr>
+              <w:ind w:left="-106" w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F76D2E">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>ТУ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C566E9">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> BY 600017855.227-2011 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F76D2E">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C566E9">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>.1.1.9.1</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4669FAB4" w14:textId="77777777" w:rsidR="004248B1" w:rsidRPr="00C566E9" w:rsidRDefault="004248B1" w:rsidP="004248B1">
+            <w:pPr>
+              <w:ind w:left="-106" w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F76D2E">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>ТУ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C566E9">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> BY 600017855.241-2012 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F76D2E">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C566E9">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>.1.1.9.1</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6AC3A96C" w14:textId="77777777" w:rsidR="004248B1" w:rsidRPr="00C566E9" w:rsidRDefault="004248B1" w:rsidP="004248B1">
+            <w:pPr>
+              <w:ind w:left="-106" w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F76D2E">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>ТУ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C566E9">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> BY 600017855.240-2012 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F76D2E">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C566E9">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>.1.1.9.1</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6F4792DC" w14:textId="77777777" w:rsidR="004248B1" w:rsidRPr="00C566E9" w:rsidRDefault="004248B1" w:rsidP="004248B1">
+            <w:pPr>
+              <w:ind w:left="-106" w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F76D2E">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>ТУ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C566E9">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> BY 600017855.234-2012 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F76D2E">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C566E9">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>.1.1.9.1</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="27DA0114" w14:textId="77777777" w:rsidR="004248B1" w:rsidRPr="00C566E9" w:rsidRDefault="004248B1" w:rsidP="004248B1">
+            <w:pPr>
+              <w:ind w:left="-106" w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F76D2E">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>ТУ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C566E9">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> BY 600017855.265-2014 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F76D2E">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C566E9">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>.1.1.2</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7168192E" w14:textId="77777777" w:rsidR="004248B1" w:rsidRDefault="004248B1" w:rsidP="004248B1">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:ind w:left="-106" w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F76D2E">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>ТНПА и другая документация</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="656D0352" w14:textId="77777777" w:rsidR="004248B1" w:rsidRPr="004248B1" w:rsidRDefault="004248B1" w:rsidP="004248B1">
+            <w:pPr>
+              <w:ind w:left="-106" w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="903" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="419AED67" w14:textId="77777777" w:rsidR="004248B1" w:rsidRPr="00F76D2E" w:rsidRDefault="004248B1" w:rsidP="004248B1">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:ind w:left="-106"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F76D2E">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>ГОСТ 3940-2004 п.6.1</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6F924D46" w14:textId="77777777" w:rsidR="004248B1" w:rsidRPr="00F76D2E" w:rsidRDefault="004248B1" w:rsidP="004248B1">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:ind w:left="-106"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F76D2E">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>ГОСТ Р 52230-2004 п.6.1</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="222554DB" w14:textId="77777777" w:rsidR="004248B1" w:rsidRPr="004248B1" w:rsidRDefault="004248B1" w:rsidP="004248B1">
+            <w:pPr>
+              <w:ind w:left="-106"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="837" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="0D3516E6" w14:textId="1E3FF671" w:rsidR="004248B1" w:rsidRPr="004248B1" w:rsidRDefault="004248B1" w:rsidP="004248B1">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004248B1">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>л. Даумана, 95, 222120, г. Борисов, Борисовский район, Минская область</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004248B1" w14:paraId="5CDDEA96" w14:textId="77777777" w:rsidTr="004248B1">
+        <w:trPr>
+          <w:trHeight w:val="230"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="291" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="7BC11CED" w14:textId="5AAB73DC" w:rsidR="004248B1" w:rsidRDefault="004248B1" w:rsidP="004248B1">
+            <w:pPr>
+              <w:ind w:left="-84" w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F5E88">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>2.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>2*</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="682" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="7E889B74" w14:textId="77777777" w:rsidR="004248B1" w:rsidRDefault="004248B1" w:rsidP="004248B1">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F5E88">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Генераторы авто-</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3A7F9CD2" w14:textId="59C0BDDB" w:rsidR="004248B1" w:rsidRDefault="004248B1" w:rsidP="004248B1">
+            <w:r w:rsidRPr="005F5E88">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>мобильные</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="436" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="52405931" w14:textId="77777777" w:rsidR="004248B1" w:rsidRPr="005F5E88" w:rsidRDefault="004248B1" w:rsidP="004248B1">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F5E88">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>29.31/</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4CAFED58" w14:textId="09AA9674" w:rsidR="004248B1" w:rsidRDefault="004248B1" w:rsidP="004248B1">
+            <w:pPr>
+              <w:ind w:left="-84" w:right="-84"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F5E88">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>41.000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="973" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="705A97F6" w14:textId="77777777" w:rsidR="004248B1" w:rsidRDefault="004248B1" w:rsidP="004248B1">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-              <w:ind w:left="135" w:right="-124"/>
-[...11 lines deleted...]
-              <w:t>изоляции</w:t>
+              <w:ind w:left="-99" w:right="-124"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F5E88">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Проверка </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="143126A2" w14:textId="5E849E91" w:rsidR="004248B1" w:rsidRPr="004248B1" w:rsidRDefault="004248B1" w:rsidP="004248B1">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:ind w:left="-99" w:right="-124"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F5E88">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>регулируемого напряжения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3686" w:type="dxa"/>
-[...11 lines deleted...]
-            </w:tcMar>
+            <w:tcW w:w="878" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="4B8C013C" w14:textId="77777777" w:rsidR="00016070" w:rsidRPr="00016070" w:rsidRDefault="00016070" w:rsidP="00C86501">
+          <w:p w14:paraId="20C41797" w14:textId="77777777" w:rsidR="004248B1" w:rsidRPr="00F76D2E" w:rsidRDefault="004248B1" w:rsidP="004248B1">
+            <w:pPr>
+              <w:ind w:left="-106" w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F76D2E">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>ТУ</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F76D2E">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>РБ 600017855-201-2001 п.1.2.5.1,1.2.5.2-3,1.2.5.6</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1DC9B973" w14:textId="77777777" w:rsidR="004248B1" w:rsidRPr="00F76D2E" w:rsidRDefault="004248B1" w:rsidP="004248B1">
+            <w:pPr>
+              <w:ind w:left="-106" w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F76D2E">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>ТУ</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F76D2E">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>РБ 600017855.210-2003 п.1.2.6.4а,1.2.6.4б</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5EDC3017" w14:textId="77777777" w:rsidR="004248B1" w:rsidRDefault="004248B1" w:rsidP="004248B1">
+            <w:pPr>
+              <w:ind w:left="-106" w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F76D2E">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>ТУ</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F76D2E">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">РБ 600017855.228-2008 </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="402DCEDA" w14:textId="77777777" w:rsidR="004248B1" w:rsidRDefault="004248B1" w:rsidP="004248B1">
+            <w:pPr>
+              <w:ind w:left="-106" w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F76D2E">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>п. 1.2.6.4а,1.2.6.4б</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="38655BA2" w14:textId="77777777" w:rsidR="004248B1" w:rsidRPr="00F76D2E" w:rsidRDefault="004248B1" w:rsidP="004248B1">
+            <w:pPr>
+              <w:ind w:left="-106" w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F76D2E">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>ТУ</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F76D2E">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>РБ 600017855.195-2001 п.1.2.5.1,1.2.5.2,1.2.5.3</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="237938E9" w14:textId="77777777" w:rsidR="004248B1" w:rsidRPr="004248B1" w:rsidRDefault="004248B1" w:rsidP="004248B1">
+            <w:pPr>
+              <w:ind w:left="-106" w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F76D2E">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>ТУ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004248B1">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> BY 600017855.238-2010 </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7C88FB10" w14:textId="77777777" w:rsidR="004248B1" w:rsidRPr="004248B1" w:rsidRDefault="004248B1" w:rsidP="004248B1">
+            <w:pPr>
+              <w:ind w:left="-106" w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F76D2E">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004248B1">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>.1.1.9.1</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2E148C66" w14:textId="77777777" w:rsidR="004248B1" w:rsidRPr="00714490" w:rsidRDefault="004248B1" w:rsidP="004248B1">
+            <w:pPr>
+              <w:ind w:left="-106" w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F76D2E">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>ТУ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00714490">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> BY 600017855.233-2008 </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="655AFAFF" w14:textId="77777777" w:rsidR="004248B1" w:rsidRPr="00714490" w:rsidRDefault="004248B1" w:rsidP="004248B1">
+            <w:pPr>
+              <w:ind w:left="-106" w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F76D2E">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00714490">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>.1.2.2.4-1.2.2.6</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6E5BEF96" w14:textId="77777777" w:rsidR="004248B1" w:rsidRPr="00714490" w:rsidRDefault="004248B1" w:rsidP="004248B1">
+            <w:pPr>
+              <w:ind w:left="-106" w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F76D2E">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>ТУ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00714490">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> BY 600017855.242-2010 </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="58033D5C" w14:textId="77777777" w:rsidR="004248B1" w:rsidRPr="00714490" w:rsidRDefault="004248B1" w:rsidP="004248B1">
+            <w:pPr>
+              <w:ind w:left="-106" w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F76D2E">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00714490">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>.1.1.8.4-1.1.8.6</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0F55D39B" w14:textId="77777777" w:rsidR="004248B1" w:rsidRPr="004248B1" w:rsidRDefault="004248B1" w:rsidP="004248B1">
+            <w:pPr>
+              <w:ind w:left="-106" w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F76D2E">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>ТУ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004248B1">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> BY 600017855.241-2012 </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6AA3AB56" w14:textId="77777777" w:rsidR="004248B1" w:rsidRPr="004248B1" w:rsidRDefault="004248B1" w:rsidP="004248B1">
+            <w:pPr>
+              <w:ind w:left="-106" w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F76D2E">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004248B1">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>.1.1.9.4-1.1.9.6</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="23F0EDC4" w14:textId="77777777" w:rsidR="004248B1" w:rsidRPr="00C566E9" w:rsidRDefault="004248B1" w:rsidP="004248B1">
+            <w:pPr>
+              <w:ind w:left="-106" w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B85F00">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>ТУ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C566E9">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> BY 600017855.240-2012 </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6CDE44C7" w14:textId="77777777" w:rsidR="004248B1" w:rsidRPr="00C566E9" w:rsidRDefault="004248B1" w:rsidP="004248B1">
+            <w:pPr>
+              <w:ind w:left="-106" w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B85F00">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C566E9">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>. 1.1.9.4-1.1.9.6</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2601788F" w14:textId="77777777" w:rsidR="004248B1" w:rsidRPr="00C566E9" w:rsidRDefault="004248B1" w:rsidP="004248B1">
+            <w:pPr>
+              <w:ind w:left="-106" w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B85F00">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>ТУ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C566E9">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> BY 600017855.234-2012 </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="217ADFF1" w14:textId="77777777" w:rsidR="004248B1" w:rsidRPr="00C566E9" w:rsidRDefault="004248B1" w:rsidP="004248B1">
+            <w:pPr>
+              <w:ind w:left="-106" w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B85F00">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C566E9">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>. 1.1.9.4-1.1.9.6</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="01EDD9CD" w14:textId="77777777" w:rsidR="004248B1" w:rsidRPr="00B85F00" w:rsidRDefault="004248B1" w:rsidP="004248B1">
+            <w:pPr>
+              <w:ind w:left="-106" w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B85F00">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ТУ BY 600017855.265-2014 </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1CC93842" w14:textId="77777777" w:rsidR="004248B1" w:rsidRPr="00B85F00" w:rsidRDefault="004248B1" w:rsidP="004248B1">
+            <w:pPr>
+              <w:ind w:left="-106" w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B85F00">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>п. 1.1.9.4-1.1.9.6</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6E800AF3" w14:textId="77777777" w:rsidR="004248B1" w:rsidRDefault="004248B1" w:rsidP="004248B1">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:ind w:left="-106" w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F76D2E">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>ТНПА и другая документация</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3CA3CA47" w14:textId="77777777" w:rsidR="004248B1" w:rsidRPr="004248B1" w:rsidRDefault="004248B1" w:rsidP="004248B1">
+            <w:pPr>
+              <w:ind w:left="-106" w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="903" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="41310E5A" w14:textId="77777777" w:rsidR="004248B1" w:rsidRPr="00F76D2E" w:rsidRDefault="004248B1" w:rsidP="004248B1">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-              <w:ind w:left="135"/>
-[...13 lines deleted...]
-          <w:p w14:paraId="55183289" w14:textId="77777777" w:rsidR="00016070" w:rsidRPr="00016070" w:rsidRDefault="00016070" w:rsidP="00C86501">
+              <w:ind w:left="-106"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F76D2E">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">ГОСТ 3940-2004 </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="12007920" w14:textId="77777777" w:rsidR="004248B1" w:rsidRPr="00F76D2E" w:rsidRDefault="004248B1" w:rsidP="004248B1">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-              <w:ind w:left="135"/>
-[...13 lines deleted...]
-          <w:p w14:paraId="7DE4A6FA" w14:textId="1C57A683" w:rsidR="00016070" w:rsidRPr="00016070" w:rsidRDefault="00016070" w:rsidP="00C86501">
+              <w:ind w:left="-106"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F76D2E">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>п.6.1</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="37337FB7" w14:textId="77777777" w:rsidR="004248B1" w:rsidRPr="00F76D2E" w:rsidRDefault="004248B1" w:rsidP="004248B1">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:ind w:left="-106"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F76D2E">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>ГОСТ Р 52230-2004 п.6.1</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7293CCD2" w14:textId="77777777" w:rsidR="004248B1" w:rsidRPr="004248B1" w:rsidRDefault="004248B1" w:rsidP="004248B1">
+            <w:pPr>
+              <w:ind w:left="-106"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="837" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="2B259BFC" w14:textId="01DE138B" w:rsidR="004248B1" w:rsidRPr="004248B1" w:rsidRDefault="004248B1" w:rsidP="004248B1">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004248B1">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>л. Даумана, 95, 222120, г. Борисов, Борисовский район, Минская область</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004248B1" w14:paraId="11216DB0" w14:textId="77777777" w:rsidTr="004248B1">
+        <w:trPr>
+          <w:trHeight w:val="230"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="291" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="77C56B89" w14:textId="352EB215" w:rsidR="004248B1" w:rsidRDefault="004248B1" w:rsidP="004248B1">
+            <w:pPr>
+              <w:ind w:left="-84" w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FF7F5D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>2.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FF7F5D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>*</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="682" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="5B7295AF" w14:textId="77777777" w:rsidR="004248B1" w:rsidRDefault="004248B1" w:rsidP="004248B1">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F5E88">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Генераторы авто-</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6BBB5DAE" w14:textId="55E55468" w:rsidR="004248B1" w:rsidRDefault="004248B1" w:rsidP="004248B1">
+            <w:r w:rsidRPr="005F5E88">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>мобильные</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="436" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="59E400F5" w14:textId="77777777" w:rsidR="004248B1" w:rsidRPr="005F5E88" w:rsidRDefault="004248B1" w:rsidP="004248B1">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F5E88">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>29.31/</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1B05956B" w14:textId="77777777" w:rsidR="004248B1" w:rsidRPr="005F5E88" w:rsidRDefault="004248B1" w:rsidP="004248B1">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F5E88">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>26.095</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0E05C03E" w14:textId="77777777" w:rsidR="004248B1" w:rsidRDefault="004248B1" w:rsidP="004248B1">
+            <w:pPr>
+              <w:ind w:left="-84" w:right="-84"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="973" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="4041D841" w14:textId="77777777" w:rsidR="004248B1" w:rsidRDefault="004248B1" w:rsidP="004248B1">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:ind w:left="-99" w:right="-124"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F5E88">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Испытание на </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3911F9CC" w14:textId="77777777" w:rsidR="004248B1" w:rsidRDefault="004248B1" w:rsidP="004248B1">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:ind w:left="-99" w:right="-124"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F5E88">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">вибропрочность </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0DACD0E2" w14:textId="01A8EC31" w:rsidR="004248B1" w:rsidRPr="004248B1" w:rsidRDefault="004248B1" w:rsidP="004248B1">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:ind w:left="-99" w:right="-124"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F5E88">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>и ударопрочность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="4879C88D" w14:textId="77777777" w:rsidR="004248B1" w:rsidRPr="00F76D2E" w:rsidRDefault="004248B1" w:rsidP="004248B1">
+            <w:pPr>
+              <w:ind w:left="-106" w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F76D2E">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>ТУ</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F76D2E">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>РБ 600017855-201-2001 п.1.2.1.2,1.2.1.3</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="030F9E45" w14:textId="77777777" w:rsidR="004248B1" w:rsidRPr="00F76D2E" w:rsidRDefault="004248B1" w:rsidP="004248B1">
+            <w:pPr>
+              <w:ind w:left="-106" w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F76D2E">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>ТУ</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F76D2E">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>РБ 600017855.210-2003 п.1.2.1.3,1.2.1.4</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0937823B" w14:textId="77777777" w:rsidR="004248B1" w:rsidRPr="00F76D2E" w:rsidRDefault="004248B1" w:rsidP="004248B1">
+            <w:pPr>
+              <w:ind w:left="-106" w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F76D2E">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>ТУ</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F76D2E">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>РБ 600017855.228-2008</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="318BB7A7" w14:textId="77777777" w:rsidR="004248B1" w:rsidRPr="00F76D2E" w:rsidRDefault="004248B1" w:rsidP="004248B1">
+            <w:pPr>
+              <w:ind w:left="-106" w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F76D2E">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>п.1.2.1.3,1.2.1.4</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="58113E33" w14:textId="77777777" w:rsidR="004248B1" w:rsidRPr="00F76D2E" w:rsidRDefault="004248B1" w:rsidP="004248B1">
+            <w:pPr>
+              <w:ind w:left="-106" w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F76D2E">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>ТУ</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F76D2E">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>РБ 600017855.195-2001 п.1.2.1.2а,1.2.1.2б</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="288C127E" w14:textId="77777777" w:rsidR="004248B1" w:rsidRPr="004248B1" w:rsidRDefault="004248B1" w:rsidP="004248B1">
+            <w:pPr>
+              <w:ind w:left="-106" w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F76D2E">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>ТУ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004248B1">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> BY 600017855.238-2010 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F76D2E">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004248B1">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>.1.1.8.2, 1.1.8.4</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="20AE3368" w14:textId="77777777" w:rsidR="004248B1" w:rsidRPr="00C566E9" w:rsidRDefault="004248B1" w:rsidP="004248B1">
+            <w:pPr>
+              <w:ind w:left="-106" w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F76D2E">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>ТУ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C566E9">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> BY 600017855.233-2008 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F76D2E">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C566E9">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>.1.2.1.3,1.2.14</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="55F6E922" w14:textId="77777777" w:rsidR="004248B1" w:rsidRPr="00C566E9" w:rsidRDefault="004248B1" w:rsidP="004248B1">
+            <w:pPr>
+              <w:ind w:left="-106" w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F76D2E">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>ТУ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C566E9">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> BY 600017855.242-2010 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F76D2E">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C566E9">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>.1.1.7.2,1.1.7.3</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7C5A9AB5" w14:textId="77777777" w:rsidR="004248B1" w:rsidRPr="00C566E9" w:rsidRDefault="004248B1" w:rsidP="004248B1">
+            <w:pPr>
+              <w:ind w:left="-106" w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F76D2E">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>ТУ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C566E9">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> BY 600017855.227-2011 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F76D2E">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C566E9">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>.1.1.8.2,1.1.8.4</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3AEE1E65" w14:textId="77777777" w:rsidR="004248B1" w:rsidRPr="00C566E9" w:rsidRDefault="004248B1" w:rsidP="004248B1">
+            <w:pPr>
+              <w:ind w:left="-106" w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F76D2E">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>ТУ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C566E9">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> BY 600017855.241-2012 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F76D2E">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C566E9">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>.1.1.8.2,1.1.8.3</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5C10E048" w14:textId="77777777" w:rsidR="004248B1" w:rsidRPr="00C566E9" w:rsidRDefault="004248B1" w:rsidP="004248B1">
+            <w:pPr>
+              <w:ind w:left="-106" w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F76D2E">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>ТУ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C566E9">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> BY 600017855.240-2012 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F76D2E">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C566E9">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>.1.1.8.2,1.1.8.3</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0E7910F6" w14:textId="77777777" w:rsidR="004248B1" w:rsidRPr="004248B1" w:rsidRDefault="004248B1" w:rsidP="004248B1">
+            <w:pPr>
+              <w:ind w:left="-106" w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F76D2E">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>ТУ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C566E9">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> BY 600017855.234-2012 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F76D2E">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C566E9">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">.1.1. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004248B1">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>8.2,1.1.8.3</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="558C68EF" w14:textId="77777777" w:rsidR="004248B1" w:rsidRPr="004248B1" w:rsidRDefault="004248B1" w:rsidP="004248B1">
+            <w:pPr>
+              <w:ind w:left="-106" w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F76D2E">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>ТУ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004248B1">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> BY 600017855.265-2014 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F76D2E">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004248B1">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>.1.1.8.2,1.1.8.3</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="06A2822D" w14:textId="77777777" w:rsidR="004248B1" w:rsidRPr="00F76D2E" w:rsidRDefault="004248B1" w:rsidP="004248B1">
+            <w:pPr>
+              <w:ind w:left="-106" w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F76D2E">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>ТНПА и другая документация</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2368BAA9" w14:textId="77777777" w:rsidR="004248B1" w:rsidRPr="00F76D2E" w:rsidRDefault="004248B1" w:rsidP="004248B1">
+            <w:pPr>
+              <w:ind w:left="-106" w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="39D63715" w14:textId="77777777" w:rsidR="004248B1" w:rsidRPr="004248B1" w:rsidRDefault="004248B1" w:rsidP="004248B1">
+            <w:pPr>
+              <w:ind w:left="-106" w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="903" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="03CDB5B9" w14:textId="77777777" w:rsidR="004248B1" w:rsidRPr="00F76D2E" w:rsidRDefault="004248B1" w:rsidP="004248B1">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:ind w:left="-106"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F76D2E">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>ГОСТ 3940-2004 п.6.13</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="05C122E6" w14:textId="77777777" w:rsidR="004248B1" w:rsidRPr="00F76D2E" w:rsidRDefault="004248B1" w:rsidP="004248B1">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:ind w:left="-106"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F76D2E">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>ГОСТ Р 52230-2004 п.6.13</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6A0BF752" w14:textId="77777777" w:rsidR="004248B1" w:rsidRPr="004248B1" w:rsidRDefault="004248B1" w:rsidP="004248B1">
+            <w:pPr>
+              <w:ind w:left="-106"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="837" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="681BE4B2" w14:textId="6C2FE024" w:rsidR="004248B1" w:rsidRPr="004248B1" w:rsidRDefault="004248B1" w:rsidP="004248B1">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004248B1">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>л. Даумана, 95, 222120, г. Борисов, Борисовский район, Минская область</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004248B1" w14:paraId="55111B17" w14:textId="77777777" w:rsidTr="004248B1">
+        <w:trPr>
+          <w:trHeight w:val="230"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="291" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="4B2053CC" w14:textId="5D6476DE" w:rsidR="004248B1" w:rsidRDefault="004248B1" w:rsidP="004248B1">
+            <w:pPr>
+              <w:ind w:left="-84" w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FF7F5D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>2.4*</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="682" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="72310E05" w14:textId="77777777" w:rsidR="004248B1" w:rsidRDefault="004248B1" w:rsidP="004248B1">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E5865">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Генераторы авто-</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="323B975F" w14:textId="5EF3BAD1" w:rsidR="004248B1" w:rsidRDefault="004248B1" w:rsidP="004248B1">
+            <w:r w:rsidRPr="009E5865">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>мобильные</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="436" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="4752DE6F" w14:textId="77777777" w:rsidR="004248B1" w:rsidRPr="009E5865" w:rsidRDefault="004248B1" w:rsidP="004248B1">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E5865">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>29.31/</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="512C217D" w14:textId="77777777" w:rsidR="004248B1" w:rsidRPr="009E5865" w:rsidRDefault="004248B1" w:rsidP="004248B1">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E5865">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>29.113</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="332ADE52" w14:textId="77777777" w:rsidR="004248B1" w:rsidRDefault="004248B1" w:rsidP="004248B1">
+            <w:pPr>
+              <w:ind w:left="-84" w:right="-84"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="973" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="250D9818" w14:textId="77777777" w:rsidR="004248B1" w:rsidRDefault="004248B1" w:rsidP="004248B1">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:ind w:left="-99" w:right="-124"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E5865">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Испытание </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1590A8D6" w14:textId="77777777" w:rsidR="004248B1" w:rsidRDefault="004248B1" w:rsidP="004248B1">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:ind w:left="-99" w:right="-124"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E5865">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">электрической </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="69A9E498" w14:textId="77777777" w:rsidR="004248B1" w:rsidRDefault="004248B1" w:rsidP="004248B1">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:ind w:left="-99" w:right="-124"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E5865">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">прочности </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0E9FBC38" w14:textId="35B386AB" w:rsidR="004248B1" w:rsidRPr="004248B1" w:rsidRDefault="004248B1" w:rsidP="004248B1">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:ind w:left="-99" w:right="-124"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E5865">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>изоляции</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="434213BB" w14:textId="77777777" w:rsidR="004248B1" w:rsidRPr="00F76D2E" w:rsidRDefault="004248B1" w:rsidP="004248B1">
+            <w:pPr>
+              <w:ind w:left="-106" w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F76D2E">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>ТУ</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F76D2E">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>РБ 600017855-201-2001 п.1.2.7.4</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="58FBBCF5" w14:textId="77777777" w:rsidR="004248B1" w:rsidRPr="00F76D2E" w:rsidRDefault="004248B1" w:rsidP="004248B1">
+            <w:pPr>
+              <w:ind w:left="-106" w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F76D2E">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>ТУ</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F76D2E">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>РБ 600017855.210-2003 п.1.2.5.3</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4C8CDC8B" w14:textId="77777777" w:rsidR="004248B1" w:rsidRPr="00F76D2E" w:rsidRDefault="004248B1" w:rsidP="004248B1">
+            <w:pPr>
+              <w:ind w:left="-106" w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F76D2E">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>ТУ</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F76D2E">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>РБ 600017855.228-2008 п.1.2.5.3</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="52F59CA8" w14:textId="77777777" w:rsidR="004248B1" w:rsidRPr="00F76D2E" w:rsidRDefault="004248B1" w:rsidP="004248B1">
+            <w:pPr>
+              <w:ind w:left="-106" w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F76D2E">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>ТУ</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F76D2E">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>РБ 600017855.195-2001 п.1.2.6.3</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3387C2E8" w14:textId="77777777" w:rsidR="004248B1" w:rsidRPr="00F76D2E" w:rsidRDefault="004248B1" w:rsidP="004248B1">
+            <w:pPr>
+              <w:ind w:left="-106" w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F76D2E">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>ТУ BY 600017855.238-2010 п.1.1.12.1а,1.1.12.2</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7A4D0B01" w14:textId="77777777" w:rsidR="004248B1" w:rsidRPr="00F76D2E" w:rsidRDefault="004248B1" w:rsidP="004248B1">
+            <w:pPr>
+              <w:ind w:left="-106" w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F76D2E">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>ТУ BY 600017855.233-2008 п.1.2.2.5.1а,1.2.2.5.3</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="78AC2590" w14:textId="77777777" w:rsidR="004248B1" w:rsidRPr="00F76D2E" w:rsidRDefault="004248B1" w:rsidP="004248B1">
+            <w:pPr>
+              <w:ind w:left="-106" w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F76D2E">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>ТУ BY 600017855.242-2010п.1.1.11.1а,1.1.11.2</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7F29FD6B" w14:textId="77777777" w:rsidR="004248B1" w:rsidRPr="00F76D2E" w:rsidRDefault="004248B1" w:rsidP="004248B1">
+            <w:pPr>
+              <w:ind w:left="-106" w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F76D2E">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>ТУ BY 600017855.227-2011 п.1.112.1а,1.1.12.2</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="08EBF8AC" w14:textId="77777777" w:rsidR="004248B1" w:rsidRPr="00F76D2E" w:rsidRDefault="004248B1" w:rsidP="004248B1">
+            <w:pPr>
+              <w:ind w:left="-106" w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F76D2E">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>ТУ BY 600017855.241-2012 п.1.1.12.1а,1.1.12.2</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5FAF8944" w14:textId="77777777" w:rsidR="004248B1" w:rsidRPr="00B85F00" w:rsidRDefault="004248B1" w:rsidP="004248B1">
+            <w:pPr>
+              <w:ind w:left="-106" w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F76D2E">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ТУ BY </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B85F00">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>600017855.240-2012 п. 1.1.12.1а,1.1.12.2</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6C31EB0A" w14:textId="77777777" w:rsidR="004248B1" w:rsidRPr="00B85F00" w:rsidRDefault="004248B1" w:rsidP="004248B1">
+            <w:pPr>
+              <w:ind w:left="-106" w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B85F00">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>ТУ BY 600017855.234-2012 п. 1.1.12.1а,1.1.12.2</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5212C9B4" w14:textId="77777777" w:rsidR="004248B1" w:rsidRPr="00B85F00" w:rsidRDefault="004248B1" w:rsidP="004248B1">
+            <w:pPr>
+              <w:ind w:left="-106" w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B85F00">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>ТУ BY 600017855.265-2014 п. 1.1.12.1а,1.1.12.2</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="35D0EDF6" w14:textId="77777777" w:rsidR="004248B1" w:rsidRDefault="004248B1" w:rsidP="004248B1">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:ind w:left="-106" w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F76D2E">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>ТНПА и другая документация</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="21046E50" w14:textId="77777777" w:rsidR="004248B1" w:rsidRPr="004248B1" w:rsidRDefault="004248B1" w:rsidP="004248B1">
+            <w:pPr>
+              <w:ind w:left="-106" w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="903" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="2B45BB9A" w14:textId="77777777" w:rsidR="004248B1" w:rsidRPr="00F76D2E" w:rsidRDefault="004248B1" w:rsidP="004248B1">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:ind w:left="-106"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F76D2E">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>ГОСТ 3940-2004 п.6.9</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2D3AD67E" w14:textId="77777777" w:rsidR="004248B1" w:rsidRPr="00F76D2E" w:rsidRDefault="004248B1" w:rsidP="004248B1">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:ind w:left="-106"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F76D2E">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>ГОСТ Р 52230-2004 п.6.9</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4208AEDB" w14:textId="77777777" w:rsidR="004248B1" w:rsidRPr="004248B1" w:rsidRDefault="004248B1" w:rsidP="004248B1">
+            <w:pPr>
+              <w:ind w:left="-106"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="837" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="6228DF73" w14:textId="1E723CFB" w:rsidR="004248B1" w:rsidRPr="004248B1" w:rsidRDefault="004248B1" w:rsidP="004248B1">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004248B1">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>л. Даумана, 95, 222120, г. Борисов, Борисовский район, Минская область</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004248B1" w14:paraId="3C16BE4A" w14:textId="77777777" w:rsidTr="004248B1">
+        <w:trPr>
+          <w:trHeight w:val="230"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="291" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="32EAA76B" w14:textId="4543678E" w:rsidR="004248B1" w:rsidRDefault="004248B1" w:rsidP="004248B1">
+            <w:pPr>
+              <w:ind w:left="-84" w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FF7F5D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>2.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FF7F5D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>*</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="682" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="45E88CE0" w14:textId="77777777" w:rsidR="004248B1" w:rsidRDefault="004248B1" w:rsidP="004248B1">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E5865">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Генераторы авто-</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6F2581F2" w14:textId="0571427F" w:rsidR="004248B1" w:rsidRDefault="004248B1" w:rsidP="004248B1">
+            <w:r w:rsidRPr="009E5865">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>мобильные</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="436" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="6510C2CC" w14:textId="77777777" w:rsidR="004248B1" w:rsidRPr="009E5865" w:rsidRDefault="004248B1" w:rsidP="004248B1">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E5865">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>29.31/</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0CF70519" w14:textId="4F0E02F2" w:rsidR="004248B1" w:rsidRDefault="004248B1" w:rsidP="004248B1">
+            <w:pPr>
+              <w:ind w:left="-84" w:right="-84"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E5865">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>26.141</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="973" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="6793DAE6" w14:textId="77777777" w:rsidR="004248B1" w:rsidRDefault="004248B1" w:rsidP="004248B1">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:ind w:left="-99" w:right="-124"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E5865">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Испытание </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2E41935B" w14:textId="77777777" w:rsidR="004248B1" w:rsidRDefault="004248B1" w:rsidP="004248B1">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:ind w:left="-99" w:right="-124"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E5865">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">степени защиты </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="24BECFD2" w14:textId="77777777" w:rsidR="004248B1" w:rsidRDefault="004248B1" w:rsidP="004248B1">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:ind w:left="-99" w:right="-124"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E5865">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от проникновения </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="473762E3" w14:textId="77777777" w:rsidR="004248B1" w:rsidRDefault="004248B1" w:rsidP="004248B1">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:ind w:left="-99" w:right="-124"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E5865">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">посторонних тел </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="32D96FC3" w14:textId="77777777" w:rsidR="004248B1" w:rsidRPr="009E5865" w:rsidRDefault="004248B1" w:rsidP="004248B1">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:ind w:left="-99" w:right="-124"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E5865">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>и воды</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FF7F5D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>IP</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009E5865">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1Х;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FF7F5D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> IP</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009E5865">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>5Х</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7B8B3E03" w14:textId="5AA168C0" w:rsidR="004248B1" w:rsidRPr="004248B1" w:rsidRDefault="004248B1" w:rsidP="004248B1">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:ind w:left="-99" w:right="-124"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FF7F5D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>IP</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009E5865">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Х4;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FF7F5D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> IP</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009E5865">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Х5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="7D3C7094" w14:textId="77777777" w:rsidR="004248B1" w:rsidRPr="00F76D2E" w:rsidRDefault="004248B1" w:rsidP="004248B1">
+            <w:pPr>
+              <w:ind w:left="-106" w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F76D2E">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>ГОСТ 3940-2004 п.4.8</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="12B7CE03" w14:textId="77777777" w:rsidR="004248B1" w:rsidRPr="00F76D2E" w:rsidRDefault="004248B1" w:rsidP="004248B1">
+            <w:pPr>
+              <w:ind w:left="-106" w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F76D2E">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>ГОСТ 14254-2015</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="30670077" w14:textId="77777777" w:rsidR="004248B1" w:rsidRPr="00F76D2E" w:rsidRDefault="004248B1" w:rsidP="004248B1">
+            <w:pPr>
+              <w:ind w:left="-106" w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F76D2E">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Табл.2 первая цифра 1,5,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7A89919F" w14:textId="77777777" w:rsidR="004248B1" w:rsidRPr="00F76D2E" w:rsidRDefault="004248B1" w:rsidP="004248B1">
+            <w:pPr>
+              <w:ind w:left="-106" w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F76D2E">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Табл.3 вторая цифра 4,5,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0AA46A0A" w14:textId="77777777" w:rsidR="004248B1" w:rsidRPr="00F76D2E" w:rsidRDefault="004248B1" w:rsidP="004248B1">
+            <w:pPr>
+              <w:ind w:left="-106" w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F76D2E">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>ГОСТ Р52230-2004 п.4.8</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="27D6E031" w14:textId="6084BD0D" w:rsidR="004248B1" w:rsidRPr="004248B1" w:rsidRDefault="004248B1" w:rsidP="004248B1">
+            <w:pPr>
+              <w:ind w:left="-106" w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F76D2E">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>ТНПА и другая документация</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="903" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="5F557722" w14:textId="77777777" w:rsidR="004248B1" w:rsidRPr="00F76D2E" w:rsidRDefault="004248B1" w:rsidP="004248B1">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:ind w:left="-106"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F76D2E">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>ГОСТ 3940-2004 п.6.3</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6CC84444" w14:textId="77777777" w:rsidR="004248B1" w:rsidRPr="00F76D2E" w:rsidRDefault="004248B1" w:rsidP="004248B1">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:ind w:left="-106"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F76D2E">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>ГОСТ 14254-2015 п.13.2,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F76D2E">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>п.13.4</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="59EFDAA4" w14:textId="77777777" w:rsidR="004248B1" w:rsidRPr="00F76D2E" w:rsidRDefault="004248B1" w:rsidP="004248B1">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:ind w:left="-106"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F76D2E">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>п.13.5,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F76D2E">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>п.14.2.4,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F76D2E">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>п.14.2.5</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="79638F3D" w14:textId="61A39BD2" w:rsidR="004248B1" w:rsidRPr="004248B1" w:rsidRDefault="004248B1" w:rsidP="004248B1">
+            <w:pPr>
+              <w:ind w:left="-106"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F76D2E">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>ГОСТ Р 52230-2004 п. 6.3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="837" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="7B7B1663" w14:textId="2BC3D229" w:rsidR="004248B1" w:rsidRPr="004248B1" w:rsidRDefault="004248B1" w:rsidP="004248B1">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004248B1">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>л. Даумана, 95, 222120, г. Борисов, Борисовский район, Минская область</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004248B1" w14:paraId="7AA19B28" w14:textId="77777777" w:rsidTr="004248B1">
+        <w:trPr>
+          <w:trHeight w:val="230"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="291" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="62BD7577" w14:textId="5C9DA3C0" w:rsidR="004248B1" w:rsidRDefault="004248B1" w:rsidP="004248B1">
+            <w:pPr>
+              <w:ind w:left="-84" w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FF7F5D">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>2.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FF7F5D">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>*</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="682" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="269FDC23" w14:textId="77777777" w:rsidR="004248B1" w:rsidRDefault="004248B1" w:rsidP="004248B1">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E5865">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Генераторы авто-</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="19503099" w14:textId="5DCCE6F5" w:rsidR="004248B1" w:rsidRDefault="004248B1" w:rsidP="004248B1">
+            <w:r w:rsidRPr="009E5865">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>мобильные</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="436" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="18C52058" w14:textId="77777777" w:rsidR="004248B1" w:rsidRPr="009E5865" w:rsidRDefault="004248B1" w:rsidP="004248B1">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E5865">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>29.31/</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3465134F" w14:textId="5D76938D" w:rsidR="004248B1" w:rsidRDefault="004248B1" w:rsidP="004248B1">
+            <w:pPr>
+              <w:ind w:left="-84" w:right="-84"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E5865">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>26.141</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="973" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="29078248" w14:textId="77777777" w:rsidR="004248B1" w:rsidRDefault="004248B1" w:rsidP="004248B1">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:ind w:left="-99" w:right="-124"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E5865">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Испытание </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="201DD9E0" w14:textId="77777777" w:rsidR="004248B1" w:rsidRDefault="004248B1" w:rsidP="004248B1">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:ind w:left="-99" w:right="-124"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E5865">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">степени защиты </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="343C386C" w14:textId="77777777" w:rsidR="004248B1" w:rsidRPr="009E5865" w:rsidRDefault="004248B1" w:rsidP="004248B1">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:ind w:left="-99" w:right="-124"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E5865">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>от проникновения пыли</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="24A27A3E" w14:textId="054D5D1B" w:rsidR="004248B1" w:rsidRPr="004248B1" w:rsidRDefault="004248B1" w:rsidP="004248B1">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:ind w:left="-99" w:right="-124"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FF7F5D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>IP</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009E5865">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1Х;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FF7F5D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> IP</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009E5865">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>5Х</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="03F98E6F" w14:textId="77777777" w:rsidR="004248B1" w:rsidRPr="00F76D2E" w:rsidRDefault="004248B1" w:rsidP="004248B1">
+            <w:pPr>
+              <w:ind w:left="-106" w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F76D2E">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>ГОСТ 3940-2004 п.4.8</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="17D9DF97" w14:textId="77777777" w:rsidR="004248B1" w:rsidRPr="00F76D2E" w:rsidRDefault="004248B1" w:rsidP="004248B1">
+            <w:pPr>
+              <w:ind w:left="-106" w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F76D2E">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>ГОСТ 14254-2015</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1C635E3A" w14:textId="77777777" w:rsidR="004248B1" w:rsidRPr="00F76D2E" w:rsidRDefault="004248B1" w:rsidP="004248B1">
+            <w:pPr>
+              <w:ind w:left="-106" w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F76D2E">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Табл.2 первая цифра 1,5,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2B229DA8" w14:textId="77777777" w:rsidR="004248B1" w:rsidRPr="00F76D2E" w:rsidRDefault="004248B1" w:rsidP="004248B1">
+            <w:pPr>
+              <w:ind w:left="-106" w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F76D2E">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>ГОСТ Р52230-2004 п.4.8</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="08386D60" w14:textId="6A06ED8D" w:rsidR="004248B1" w:rsidRPr="004248B1" w:rsidRDefault="004248B1" w:rsidP="004248B1">
+            <w:pPr>
+              <w:ind w:left="-106" w:right="-84"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F76D2E">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>ТНПА и другая документация</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="903" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="26D42AEB" w14:textId="77777777" w:rsidR="004248B1" w:rsidRPr="00F76D2E" w:rsidRDefault="004248B1" w:rsidP="004248B1">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:ind w:left="-106"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F76D2E">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>ГОСТ 3940-2004 п.6.3</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="347F340A" w14:textId="77777777" w:rsidR="004248B1" w:rsidRPr="00F76D2E" w:rsidRDefault="004248B1" w:rsidP="004248B1">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:ind w:left="-106"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F76D2E">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>ГОСТ 14254-2015 п.13.4, п..13.5</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0EFC4618" w14:textId="77777777" w:rsidR="004248B1" w:rsidRDefault="004248B1" w:rsidP="004248B1">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-              <w:ind w:left="135"/>
-[...11 lines deleted...]
-            </w:r>
+              <w:ind w:left="-106"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F76D2E">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>ГОСТ Р 52230-2004 п.6.3</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="77C8AEF9" w14:textId="77777777" w:rsidR="004248B1" w:rsidRPr="004248B1" w:rsidRDefault="004248B1" w:rsidP="004248B1">
+            <w:pPr>
+              <w:ind w:left="-106"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1701" w:type="dxa"/>
-[...10 lines deleted...]
-            </w:tcMar>
+            <w:tcW w:w="837" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="699BA2EA" w14:textId="77777777" w:rsidR="00016070" w:rsidRPr="00016070" w:rsidRDefault="00016070" w:rsidP="00C86501">
-[...2790 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="68ED8203" w14:textId="06C05D21" w:rsidR="004248B1" w:rsidRPr="004248B1" w:rsidRDefault="004248B1" w:rsidP="004248B1">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004248B1">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>л. Даумана, 95, 222120, г. Борисов, Борисовский район, Минская область</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="03ED3637" w14:textId="7B6B7504" w:rsidR="00B85F00" w:rsidRDefault="00C96492">
-[...5 lines deleted...]
-      </w:r>
+    <w:p w14:paraId="477158CA" w14:textId="77777777" w:rsidR="004279AB" w:rsidRPr="004279AB" w:rsidRDefault="004279AB">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:tbl>
-[...2989 lines deleted...]
-      <w:pgMar w:top="1134" w:right="567" w:bottom="1134" w:left="1701" w:header="709" w:footer="227" w:gutter="0"/>
+    <w:sectPr w:rsidR="004279AB" w:rsidRPr="004279AB" w:rsidSect="00306EC9">
+      <w:headerReference w:type="even" r:id="rId8"/>
+      <w:headerReference w:type="default" r:id="rId9"/>
+      <w:footerReference w:type="even" r:id="rId10"/>
+      <w:footerReference w:type="default" r:id="rId11"/>
+      <w:headerReference w:type="first" r:id="rId12"/>
+      <w:footerReference w:type="first" r:id="rId13"/>
+      <w:pgSz w:w="16838" w:h="11906" w:orient="landscape"/>
+      <w:pgMar w:top="1134" w:right="567" w:bottom="1134" w:left="1701" w:header="567" w:footer="335" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6FBED02E" w14:textId="77777777" w:rsidR="00AD272A" w:rsidRDefault="00AD272A" w:rsidP="0011070C">
+    <w:p w14:paraId="08B679F6" w14:textId="77777777" w:rsidR="006427FF" w:rsidRDefault="006427FF" w:rsidP="0011070C">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="2D2AFA3A" w14:textId="77777777" w:rsidR="00AD272A" w:rsidRDefault="00AD272A" w:rsidP="0011070C">
+    <w:p w14:paraId="2CF1E399" w14:textId="77777777" w:rsidR="006427FF" w:rsidRDefault="006427FF" w:rsidP="0011070C">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -8145,1236 +5649,937 @@
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="ArialMT">
-    <w:altName w:val="MS Mincho"/>
+    <w:altName w:val="Times New Roman"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
-    <w:sig w:usb0="00000000" w:usb1="08070000" w:usb2="00000010" w:usb3="00000000" w:csb0="00020001" w:csb1="00000000"/>
+    <w:sig w:usb0="00000001" w:usb1="08070000" w:usb2="00000010" w:usb3="00000000" w:csb0="00020000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri Light">
+    <w:panose1 w:val="020F0302020204030204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:tbl>
-[...249 lines deleted...]
-  <w:p w14:paraId="5A3F3191" w14:textId="77777777" w:rsidR="002F0D32" w:rsidRDefault="002F0D32" w:rsidP="00124809">
+  <w:p>
+    <w:pPr>
+      <w:rPr>
+        <w:sz w:val="2"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r xmlns:v="urn:schemas-microsoft-com:vml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
+      <w:pict xmlns:v="urn:schemas-microsoft-com:vml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
+        <v:shape xmlns:v="urn:schemas-microsoft-com:vml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" id="WatermarkShape" type="#_x0000_t75" style="position:absolute; left:-330pt; top:225pt; width:700pt; height:40pt; rotation:270; fill-opacity:0.3; mso-wrap-style:behind; z-index:-1; mso-position-horizontal:absolute; mso-position-vertical:absolute; mso-position-horizontal-relative:page; mso-position-vertical-relative:page;" stroked="f" filled="t">
+          <v:imagedata xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rIdWmImg3" o:title=""/>
+        </v:shape>
+      </w:pict>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="4AD47AAC" w14:textId="77777777" w:rsidR="00714490" w:rsidRDefault="00714490">
     <w:pPr>
       <w:pStyle w:val="a9"/>
-      <w:ind w:firstLine="0"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p>
+    <w:pPr>
+      <w:rPr>
+        <w:sz w:val="2"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r xmlns:v="urn:schemas-microsoft-com:vml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
+      <w:pict xmlns:v="urn:schemas-microsoft-com:vml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
+        <v:shape xmlns:v="urn:schemas-microsoft-com:vml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" id="WatermarkShape" type="#_x0000_t75" style="position:absolute; left:-330pt; top:225pt; width:700pt; height:40pt; rotation:270; fill-opacity:0.3; mso-wrap-style:behind; z-index:-1; mso-position-horizontal:absolute; mso-position-vertical:absolute; mso-position-horizontal-relative:page; mso-position-vertical-relative:page;" stroked="f" filled="t">
+          <v:imagedata xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rIdWmImg2" o:title=""/>
+        </v:shape>
+      </w:pict>
+    </w:r>
+  </w:p>
   <w:tbl>
     <w:tblPr>
-      <w:tblW w:w="4725" w:type="pct"/>
+      <w:tblW w:w="5000" w:type="pct"/>
       <w:tblLook w:val="00A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
     </w:tblPr>
     <w:tblGrid>
-      <w:gridCol w:w="3683"/>
-[...1 lines deleted...]
-      <w:gridCol w:w="3185"/>
+      <w:gridCol w:w="12871"/>
+      <w:gridCol w:w="1699"/>
     </w:tblGrid>
-    <w:tr w:rsidR="00A417E3" w:rsidRPr="00E36003" w14:paraId="590EB784" w14:textId="77777777" w:rsidTr="00B145F2">
+    <w:tr w:rsidR="00222A33" w:rsidRPr="007624CE" w14:paraId="3C9E13EB" w14:textId="77777777" w:rsidTr="001F0D52">
       <w:trPr>
-        <w:trHeight w:val="846"/>
+        <w:trHeight w:val="66"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
-          <w:tcW w:w="3690" w:type="dxa"/>
+          <w:tcW w:w="12900" w:type="dxa"/>
+          <w:tcBorders>
+            <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          </w:tcBorders>
           <w:vAlign w:val="center"/>
           <w:hideMark/>
         </w:tcPr>
-        <w:p w14:paraId="5A9D8D41" w14:textId="7A772DBB" w:rsidR="00B145F2" w:rsidRPr="008130C0" w:rsidRDefault="00A417E3" w:rsidP="00B145F2">
+        <w:p w14:paraId="4886DA21" w14:textId="3FC69C38" w:rsidR="00222A33" w:rsidRPr="00BF5CCF" w:rsidRDefault="00E65BEC" w:rsidP="00222A33">
           <w:pPr>
             <w:pStyle w:val="61"/>
             <w:rPr>
               <w:rFonts w:eastAsia="ArialMT"/>
-              <w:sz w:val="20"/>
-              <w:szCs w:val="20"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
               <w:lang w:val="ru-RU"/>
             </w:rPr>
           </w:pPr>
-          <w:bookmarkStart w:id="2" w:name="_Hlk78354820"/>
-          <w:r w:rsidRPr="00B145F2">
+          <w:r w:rsidRPr="00E65BEC">
             <w:rPr>
               <w:rFonts w:eastAsia="ArialMT"/>
-              <w:sz w:val="24"/>
-[...1 lines deleted...]
-              <w:lang w:val="ru-RU"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+              <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
             </w:rPr>
-            <w:t>_</w:t>
+            <w:t xml:space="preserve">Часть № </w:t>
           </w:r>
-          <w:r w:rsidR="00B145F2" w:rsidRPr="00280E8C">
+          <w:r w:rsidR="00714490">
             <w:rPr>
               <w:rFonts w:eastAsia="ArialMT"/>
-              <w:sz w:val="20"/>
-[...1 lines deleted...]
-              <w:lang w:val="ru-RU"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+              <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
             </w:rPr>
-            <w:t>___________________________</w:t>
+            <w:t>1</w:t>
           </w:r>
-          <w:r w:rsidR="00B145F2" w:rsidRPr="008130C0">
+          <w:r w:rsidRPr="00E65BEC">
             <w:rPr>
               <w:rFonts w:eastAsia="ArialMT"/>
-              <w:sz w:val="20"/>
-[...1 lines deleted...]
-              <w:lang w:val="ru-RU"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+              <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
             </w:rPr>
-            <w:t>____</w:t>
-[...28 lines deleted...]
-            <w:t>подпись ведущего эксперта по аккредитации</w:t>
+            <w:t>. Дата принятия решения по аккредитации: 29.10.2025</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
-          <w:tcW w:w="2268" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:hideMark/>
+          <w:tcW w:w="1701" w:type="dxa"/>
+          <w:tcBorders>
+            <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          </w:tcBorders>
         </w:tcPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
-              <w:rFonts w:eastAsia="ArialMT"/>
-[...1 lines deleted...]
-              <w:lang w:val="ru-RU"/>
+              <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              <w:szCs w:val="18"/>
             </w:rPr>
-            <w:id w:val="1844891503"/>
-[...5 lines deleted...]
-            </w:date>
+            <w:id w:val="465553495"/>
+            <w:docPartObj>
+              <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
+              <w:docPartUnique/>
+            </w:docPartObj>
           </w:sdtPr>
-          <w:sdtEndPr>
-[...3 lines deleted...]
-          </w:sdtEndPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
-            <w:p w14:paraId="401D0F12" w14:textId="547113A6" w:rsidR="00A417E3" w:rsidRPr="009E4D11" w:rsidRDefault="00721618" w:rsidP="00A417E3">
-[...2 lines deleted...]
-                <w:jc w:val="center"/>
+            <w:sdt>
+              <w:sdtPr>
                 <w:rPr>
-                  <w:rFonts w:eastAsia="ArialMT"/>
-[...2 lines deleted...]
-                  <w:lang w:val="ru-RU"/>
+                  <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                  <w:szCs w:val="18"/>
                 </w:rPr>
-              </w:pPr>
-[...38 lines deleted...]
-            </w:p>
+                <w:id w:val="496157032"/>
+                <w:docPartObj>
+                  <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
+                  <w:docPartUnique/>
+                </w:docPartObj>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:p w14:paraId="786B04A5" w14:textId="77777777" w:rsidR="00222A33" w:rsidRPr="00C52F3D" w:rsidRDefault="00222A33" w:rsidP="00222A33">
+                  <w:pPr>
+                    <w:pStyle w:val="a9"/>
+                    <w:ind w:right="159"/>
+                    <w:jc w:val="right"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                      <w:snapToGrid/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="18"/>
+                      <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00AF0BF3">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                      <w:szCs w:val="18"/>
+                      <w:lang w:val="ru-RU"/>
+                    </w:rPr>
+                    <w:t>Стр</w:t>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                      <w:szCs w:val="18"/>
+                      <w:lang w:val="ru-RU"/>
+                    </w:rPr>
+                    <w:t>.</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00AF0BF3">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                      <w:szCs w:val="18"/>
+                      <w:lang w:val="ru-RU"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00AF0BF3">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:szCs w:val="18"/>
+                    </w:rPr>
+                    <w:fldChar w:fldCharType="begin"/>
+                  </w:r>
+                  <w:r w:rsidRPr="00AF0BF3">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:szCs w:val="18"/>
+                    </w:rPr>
+                    <w:instrText>PAGE</w:instrText>
+                  </w:r>
+                  <w:r w:rsidRPr="00AF0BF3">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:szCs w:val="18"/>
+                    </w:rPr>
+                    <w:fldChar w:fldCharType="separate"/>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:szCs w:val="18"/>
+                    </w:rPr>
+                    <w:t>1</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00AF0BF3">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:szCs w:val="18"/>
+                    </w:rPr>
+                    <w:fldChar w:fldCharType="end"/>
+                  </w:r>
+                  <w:r w:rsidRPr="00AF0BF3">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                      <w:szCs w:val="18"/>
+                      <w:lang w:val="ru-RU"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> из </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00AF0BF3">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:szCs w:val="18"/>
+                    </w:rPr>
+                    <w:fldChar w:fldCharType="begin"/>
+                  </w:r>
+                  <w:r w:rsidRPr="00AF0BF3">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:szCs w:val="18"/>
+                    </w:rPr>
+                    <w:instrText>NUMPAGES</w:instrText>
+                  </w:r>
+                  <w:r w:rsidRPr="00AF0BF3">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:szCs w:val="18"/>
+                    </w:rPr>
+                    <w:fldChar w:fldCharType="separate"/>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:szCs w:val="18"/>
+                    </w:rPr>
+                    <w:t>2</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00AF0BF3">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:szCs w:val="18"/>
+                    </w:rPr>
+                    <w:fldChar w:fldCharType="end"/>
+                  </w:r>
+                </w:p>
+              </w:sdtContent>
+            </w:sdt>
           </w:sdtContent>
         </w:sdt>
-        <w:p w14:paraId="35D7FC4F" w14:textId="77777777" w:rsidR="00A417E3" w:rsidRPr="00EC338F" w:rsidRDefault="00A417E3" w:rsidP="00521FC2">
+      </w:tc>
+    </w:tr>
+  </w:tbl>
+  <w:p w14:paraId="176F0074" w14:textId="77777777" w:rsidR="00222A33" w:rsidRPr="00222A33" w:rsidRDefault="00222A33" w:rsidP="00222A33">
+    <w:pPr>
+      <w:pStyle w:val="a9"/>
+      <w:rPr>
+        <w:sz w:val="2"/>
+        <w:szCs w:val="2"/>
+      </w:rPr>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p>
+    <w:pPr>
+      <w:rPr>
+        <w:sz w:val="2"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r xmlns:v="urn:schemas-microsoft-com:vml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
+      <w:pict xmlns:v="urn:schemas-microsoft-com:vml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
+        <v:shape xmlns:v="urn:schemas-microsoft-com:vml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" id="WatermarkShape" type="#_x0000_t75" style="position:absolute; left:-330pt; top:225pt; width:700pt; height:40pt; rotation:270; fill-opacity:0.3; mso-wrap-style:behind; z-index:-1; mso-position-horizontal:absolute; mso-position-vertical:absolute; mso-position-horizontal-relative:page; mso-position-vertical-relative:page;" stroked="f" filled="t">
+          <v:imagedata xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rIdWmImg1" o:title=""/>
+        </v:shape>
+      </w:pict>
+    </w:r>
+  </w:p>
+  <w:tbl>
+    <w:tblPr>
+      <w:tblW w:w="5000" w:type="pct"/>
+      <w:tblLook w:val="00A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+    </w:tblPr>
+    <w:tblGrid>
+      <w:gridCol w:w="12872"/>
+      <w:gridCol w:w="1698"/>
+    </w:tblGrid>
+    <w:tr w:rsidR="00306EC9" w:rsidRPr="007624CE" w14:paraId="7E4DB681" w14:textId="77777777" w:rsidTr="00016DBB">
+      <w:trPr>
+        <w:trHeight w:val="66"/>
+      </w:trPr>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="12900" w:type="dxa"/>
+          <w:tcBorders>
+            <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          </w:tcBorders>
+          <w:vAlign w:val="center"/>
+          <w:hideMark/>
+        </w:tcPr>
+        <w:p w14:paraId="72A7375F" w14:textId="5A623954" w:rsidR="00306EC9" w:rsidRPr="00BF5CCF" w:rsidRDefault="00E65BEC" w:rsidP="00D67756">
           <w:pPr>
-            <w:pStyle w:val="61"/>
-            <w:jc w:val="center"/>
+            <w:tabs>
+              <w:tab w:val="left" w:pos="5093"/>
+              <w:tab w:val="left" w:pos="11639"/>
+            </w:tabs>
+            <w:overflowPunct w:val="0"/>
+            <w:autoSpaceDE w:val="0"/>
+            <w:autoSpaceDN w:val="0"/>
+            <w:adjustRightInd w:val="0"/>
+            <w:ind w:left="108" w:right="-314"/>
             <w:rPr>
               <w:rFonts w:eastAsia="ArialMT"/>
-              <w:sz w:val="16"/>
-[...1 lines deleted...]
-              <w:lang w:val="ru-RU"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
-          <w:r w:rsidRPr="00EC338F">
+          <w:r w:rsidRPr="00E65BEC">
             <w:rPr>
               <w:rFonts w:eastAsia="ArialMT"/>
-              <w:sz w:val="16"/>
-[...1 lines deleted...]
-              <w:lang w:val="ru-RU"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
             </w:rPr>
-            <w:t>дата принятия решения</w:t>
+            <w:t xml:space="preserve">Часть № </w:t>
+          </w:r>
+          <w:r w:rsidR="00714490">
+            <w:rPr>
+              <w:rFonts w:eastAsia="ArialMT"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+            <w:t>1</w:t>
+          </w:r>
+          <w:r w:rsidRPr="00E65BEC">
+            <w:rPr>
+              <w:rFonts w:eastAsia="ArialMT"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+            <w:t>. Дата принятия решения по аккредитации:</w:t>
+          </w:r>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:eastAsia="ArialMT"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> 29.10.2025</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
-          <w:tcW w:w="3257" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:hideMark/>
+          <w:tcW w:w="1701" w:type="dxa"/>
+          <w:tcBorders>
+            <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          </w:tcBorders>
         </w:tcPr>
-        <w:p w14:paraId="39F72337" w14:textId="77777777" w:rsidR="00A417E3" w:rsidRPr="00E36003" w:rsidRDefault="00A417E3" w:rsidP="00A417E3">
-[...3 lines deleted...]
-            <w:jc w:val="right"/>
+        <w:sdt>
+          <w:sdtPr>
             <w:rPr>
-              <w:lang w:val="ru-RU"/>
+              <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              <w:szCs w:val="18"/>
             </w:rPr>
-          </w:pPr>
-[...61 lines deleted...]
-        </w:p>
+            <w:id w:val="-1803228776"/>
+            <w:docPartObj>
+              <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
+              <w:docPartUnique/>
+            </w:docPartObj>
+          </w:sdtPr>
+          <w:sdtEndPr/>
+          <w:sdtContent>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:id w:val="-1769616900"/>
+                <w:docPartObj>
+                  <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
+                  <w:docPartUnique/>
+                </w:docPartObj>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:p w14:paraId="140426B5" w14:textId="77777777" w:rsidR="00306EC9" w:rsidRPr="00C52F3D" w:rsidRDefault="00C52F3D" w:rsidP="00C52F3D">
+                  <w:pPr>
+                    <w:pStyle w:val="a9"/>
+                    <w:ind w:right="159"/>
+                    <w:jc w:val="right"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                      <w:snapToGrid/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="18"/>
+                      <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00AF0BF3">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                      <w:szCs w:val="18"/>
+                      <w:lang w:val="ru-RU"/>
+                    </w:rPr>
+                    <w:t>Стр</w:t>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                      <w:szCs w:val="18"/>
+                      <w:lang w:val="ru-RU"/>
+                    </w:rPr>
+                    <w:t>.</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00AF0BF3">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                      <w:szCs w:val="18"/>
+                      <w:lang w:val="ru-RU"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00AF0BF3">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:szCs w:val="18"/>
+                    </w:rPr>
+                    <w:fldChar w:fldCharType="begin"/>
+                  </w:r>
+                  <w:r w:rsidRPr="00AF0BF3">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:szCs w:val="18"/>
+                    </w:rPr>
+                    <w:instrText>PAGE</w:instrText>
+                  </w:r>
+                  <w:r w:rsidRPr="00AF0BF3">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:szCs w:val="18"/>
+                    </w:rPr>
+                    <w:fldChar w:fldCharType="separate"/>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:szCs w:val="18"/>
+                    </w:rPr>
+                    <w:t>1</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00AF0BF3">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:szCs w:val="18"/>
+                    </w:rPr>
+                    <w:fldChar w:fldCharType="end"/>
+                  </w:r>
+                  <w:r w:rsidRPr="00AF0BF3">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                      <w:szCs w:val="18"/>
+                      <w:lang w:val="ru-RU"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> из </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00AF0BF3">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:szCs w:val="18"/>
+                    </w:rPr>
+                    <w:fldChar w:fldCharType="begin"/>
+                  </w:r>
+                  <w:r w:rsidRPr="00AF0BF3">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:szCs w:val="18"/>
+                    </w:rPr>
+                    <w:instrText>NUMPAGES</w:instrText>
+                  </w:r>
+                  <w:r w:rsidRPr="00AF0BF3">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:szCs w:val="18"/>
+                    </w:rPr>
+                    <w:fldChar w:fldCharType="separate"/>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:szCs w:val="18"/>
+                    </w:rPr>
+                    <w:t>1</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00AF0BF3">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:szCs w:val="18"/>
+                    </w:rPr>
+                    <w:fldChar w:fldCharType="end"/>
+                  </w:r>
+                </w:p>
+              </w:sdtContent>
+            </w:sdt>
+          </w:sdtContent>
+        </w:sdt>
       </w:tc>
     </w:tr>
-    <w:bookmarkEnd w:id="2"/>
   </w:tbl>
-  <w:p w14:paraId="24A3282F" w14:textId="77777777" w:rsidR="007A1818" w:rsidRDefault="007A1818" w:rsidP="00280E8C">
+  <w:p w14:paraId="065F8161" w14:textId="77777777" w:rsidR="00CC094B" w:rsidRPr="00306EC9" w:rsidRDefault="00CC094B" w:rsidP="00306EC9">
     <w:pPr>
       <w:pStyle w:val="a9"/>
       <w:ind w:firstLine="0"/>
       <w:rPr>
-        <w:sz w:val="2"/>
-        <w:szCs w:val="2"/>
+        <w:lang w:val="ru-RU"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1FE32375" w14:textId="77777777" w:rsidR="00AD272A" w:rsidRDefault="00AD272A" w:rsidP="0011070C">
+    <w:p w14:paraId="29943CF5" w14:textId="77777777" w:rsidR="006427FF" w:rsidRDefault="006427FF" w:rsidP="0011070C">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4E4D5D1B" w14:textId="77777777" w:rsidR="00AD272A" w:rsidRDefault="00AD272A" w:rsidP="0011070C">
+    <w:p w14:paraId="2F5D91BD" w14:textId="77777777" w:rsidR="006427FF" w:rsidRDefault="006427FF" w:rsidP="0011070C">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p>
-[...145 lines deleted...]
-  <w:p w14:paraId="6795C627" w14:textId="77777777" w:rsidR="00C24C3D" w:rsidRDefault="00C24C3D" w:rsidP="00C96492">
+  <w:p w14:paraId="5ACA210E" w14:textId="77777777" w:rsidR="00714490" w:rsidRDefault="00714490">
     <w:pPr>
       <w:pStyle w:val="a7"/>
-      <w:spacing w:line="20" w:lineRule="exact"/>
-[...271 lines deleted...]
-      </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p>
-[...7 lines deleted...]
-  </w:p>
   <w:tbl>
     <w:tblPr>
-      <w:tblW w:w="9986" w:type="dxa"/>
-      <w:tblInd w:w="-158" w:type="dxa"/>
+      <w:tblW w:w="14454" w:type="dxa"/>
       <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
-      <w:tblLook w:val="00A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+      <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
-      <w:gridCol w:w="896"/>
-      <w:gridCol w:w="9090"/>
+      <w:gridCol w:w="833"/>
+      <w:gridCol w:w="11353"/>
+      <w:gridCol w:w="2268"/>
     </w:tblGrid>
-    <w:tr w:rsidR="00F40980" w:rsidRPr="00804957" w14:paraId="5CF377F7" w14:textId="77777777" w:rsidTr="002020E1">
+    <w:tr w:rsidR="008C6194" w:rsidRPr="00E65BEC" w14:paraId="3AA047D2" w14:textId="77777777" w:rsidTr="00E65BEC">
       <w:trPr>
-        <w:trHeight w:val="277"/>
+        <w:trHeight w:val="221"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
-          <w:tcW w:w="896" w:type="dxa"/>
+          <w:tcW w:w="833" w:type="dxa"/>
           <w:tcBorders>
-            <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            <w:right w:val="nil"/>
           </w:tcBorders>
           <w:vAlign w:val="center"/>
         </w:tcPr>
-        <w:p w14:paraId="2A3F18F4" w14:textId="77777777" w:rsidR="00F40980" w:rsidRPr="00804957" w:rsidRDefault="00F40980" w:rsidP="00F40980">
+        <w:p w14:paraId="65630A32" w14:textId="0A84DA3F" w:rsidR="008C6194" w:rsidRPr="00E65BEC" w:rsidRDefault="008C6194" w:rsidP="008C6194">
           <w:pPr>
-            <w:pStyle w:val="28"/>
+            <w:pStyle w:val="a7"/>
+            <w:ind w:right="-292"/>
             <w:rPr>
-              <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               <w:b/>
               <w:bCs/>
-              <w:sz w:val="16"/>
-              <w:szCs w:val="16"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
             </w:rPr>
           </w:pPr>
-          <w:r w:rsidRPr="00653240">
+        </w:p>
+      </w:tc>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="11353" w:type="dxa"/>
+          <w:tcBorders>
+            <w:left w:val="nil"/>
+          </w:tcBorders>
+          <w:vAlign w:val="center"/>
+        </w:tcPr>
+        <w:p w14:paraId="238B058B" w14:textId="25B56739" w:rsidR="008C6194" w:rsidRPr="00E65BEC" w:rsidRDefault="004279AB" w:rsidP="008C6194">
+          <w:pPr>
+            <w:pStyle w:val="a7"/>
             <w:rPr>
-              <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               <w:b/>
-              <w:noProof/>
-[...1 lines deleted...]
-              <w:szCs w:val="16"/>
+              <w:bCs/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
             </w:rPr>
-            <w:drawing>
-[...46 lines deleted...]
-            </w:drawing>
+          </w:pPr>
+          <w:r w:rsidRPr="00E65BEC">
+            <w:rPr>
+              <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              <w:b/>
+              <w:bCs/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+              <w:lang w:val="ru-RU"/>
+            </w:rPr>
+            <w:t>О</w:t>
+          </w:r>
+          <w:r w:rsidR="008C6194" w:rsidRPr="00E65BEC">
+            <w:rPr>
+              <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              <w:b/>
+              <w:bCs/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+              <w:lang w:val="ru-RU"/>
+            </w:rPr>
+            <w:t>писани</w:t>
+          </w:r>
+          <w:r w:rsidRPr="00E65BEC">
+            <w:rPr>
+              <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              <w:b/>
+              <w:bCs/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+              <w:lang w:val="ru-RU"/>
+            </w:rPr>
+            <w:t>е</w:t>
+          </w:r>
+          <w:r w:rsidR="008C6194" w:rsidRPr="00E65BEC">
+            <w:rPr>
+              <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              <w:b/>
+              <w:bCs/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+              <w:lang w:val="ru-RU"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> области аккредитации </w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
-          <w:tcW w:w="9090" w:type="dxa"/>
-[...2 lines deleted...]
-          </w:tcBorders>
+          <w:tcW w:w="2268" w:type="dxa"/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
-        <w:p w14:paraId="51AD1F7B" w14:textId="77777777" w:rsidR="00F40980" w:rsidRPr="00CF1D3E" w:rsidRDefault="00F40980" w:rsidP="00F40980">
+        <w:p w14:paraId="2760761F" w14:textId="77777777" w:rsidR="008C6194" w:rsidRPr="00E65BEC" w:rsidRDefault="007E6E0A" w:rsidP="008C6194">
           <w:pPr>
-            <w:pStyle w:val="28"/>
-            <w:jc w:val="center"/>
+            <w:pStyle w:val="a7"/>
+            <w:ind w:right="0"/>
             <w:rPr>
-              <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-              <w:szCs w:val="24"/>
+              <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              <w:b/>
+              <w:bCs/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+              <w:lang w:val="en-US"/>
             </w:rPr>
           </w:pPr>
-          <w:r w:rsidRPr="00CF1D3E">
+          <w:r w:rsidRPr="00E65BEC">
             <w:rPr>
-              <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...31 lines deleted...]
-              <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               <w:b/>
               <w:bCs/>
-              <w:sz w:val="16"/>
-              <w:szCs w:val="16"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+              <w:lang w:val="en-US"/>
             </w:rPr>
-          </w:pPr>
-[...6 lines deleted...]
-            <w:t>«БЕЛОРУССКИЙ ГОСУДАРСТВЕННЫЙ ЦЕНТР АККРЕДИТАЦИИ»</w:t>
+            <w:t>BY/112 2.0293</w:t>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
-  <w:p w14:paraId="034E2B3B" w14:textId="77777777" w:rsidR="00F40980" w:rsidRDefault="00F40980">
+  <w:p w14:paraId="31F024D9" w14:textId="77777777" w:rsidR="00B53AEA" w:rsidRPr="008C6194" w:rsidRDefault="00B53AEA" w:rsidP="008C6194">
     <w:pPr>
       <w:pStyle w:val="a7"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:tbl>
+    <w:tblPr>
+      <w:tblW w:w="14596" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+      <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+    </w:tblPr>
+    <w:tblGrid>
+      <w:gridCol w:w="12469"/>
+      <w:gridCol w:w="2127"/>
+    </w:tblGrid>
+    <w:tr w:rsidR="00E65BEC" w14:paraId="066A74B5" w14:textId="77777777" w:rsidTr="00E65BEC">
+      <w:trPr>
+        <w:trHeight w:val="221"/>
+      </w:trPr>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="12469" w:type="dxa"/>
+          <w:vAlign w:val="center"/>
+        </w:tcPr>
+        <w:p w14:paraId="12C48960" w14:textId="41A9844F" w:rsidR="00E65BEC" w:rsidRPr="002317A4" w:rsidRDefault="00E65BEC" w:rsidP="00E65BEC">
+          <w:pPr>
+            <w:pStyle w:val="a7"/>
+            <w:ind w:left="-20" w:right="-292" w:firstLine="0"/>
+            <w:rPr>
+              <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              <w:b/>
+              <w:bCs/>
+              <w:sz w:val="28"/>
+              <w:szCs w:val="28"/>
+            </w:rPr>
+          </w:pPr>
+          <w:bookmarkStart w:id="1" w:name="_Hlk216168479"/>
+          <w:r w:rsidRPr="00E65BEC">
+            <w:rPr>
+              <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              <w:b/>
+              <w:bCs/>
+              <w:sz w:val="28"/>
+              <w:szCs w:val="28"/>
+              <w:lang w:val="ru-RU"/>
+            </w:rPr>
+            <w:t>Открытое акционерное общество "БАТЭ"-управляющая компания холдинга Автокомпоненты"</w:t>
+          </w:r>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              <w:b/>
+              <w:bCs/>
+              <w:sz w:val="28"/>
+              <w:szCs w:val="28"/>
+              <w:lang w:val="ru-RU"/>
+            </w:rPr>
+            <w:t>, испытательная лаборатория</w:t>
+          </w:r>
+        </w:p>
+      </w:tc>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="2127" w:type="dxa"/>
+          <w:vAlign w:val="center"/>
+        </w:tcPr>
+        <w:p w14:paraId="18D6E060" w14:textId="563682D3" w:rsidR="00E65BEC" w:rsidRPr="00E65BEC" w:rsidRDefault="00E65BEC" w:rsidP="00E65BEC">
+          <w:pPr>
+            <w:pStyle w:val="a7"/>
+            <w:ind w:right="0"/>
+            <w:rPr>
+              <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              <w:b/>
+              <w:bCs/>
+              <w:sz w:val="28"/>
+              <w:szCs w:val="28"/>
+              <w:lang w:val="ru-RU"/>
+            </w:rPr>
+          </w:pPr>
+          <w:r w:rsidRPr="002317A4">
+            <w:rPr>
+              <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              <w:b/>
+              <w:bCs/>
+              <w:sz w:val="28"/>
+              <w:szCs w:val="28"/>
+              <w:lang w:val="en-US"/>
+            </w:rPr>
+            <w:t>BY/112</w:t>
+          </w:r>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              <w:b/>
+              <w:bCs/>
+              <w:sz w:val="28"/>
+              <w:szCs w:val="28"/>
+              <w:lang w:val="ru-RU"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> 2.0293</w:t>
+          </w:r>
+        </w:p>
+      </w:tc>
+    </w:tr>
+    <w:bookmarkEnd w:id="1"/>
+  </w:tbl>
+  <w:p w14:paraId="49C0CD3F" w14:textId="30B10975" w:rsidR="00CC094B" w:rsidRPr="00306EC9" w:rsidRDefault="00CC094B" w:rsidP="008C6194">
+    <w:pPr>
+      <w:pStyle w:val="a7"/>
+      <w:pBdr>
+        <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+      </w:pBdr>
+      <w:tabs>
+        <w:tab w:val="left" w:pos="11340"/>
+      </w:tabs>
+      <w:ind w:right="-31"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0C8A34CF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="6D4EE810"/>
     <w:lvl w:ilvl="0" w:tplc="0419000D">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
@@ -10749,433 +7954,345 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="7200"/>
         </w:tabs>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="1416587373">
+  <w:num w:numId="1" w16cid:durableId="118227526">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="779642304">
+  <w:num w:numId="2" w16cid:durableId="1407990886">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="1803962135">
+  <w:num w:numId="3" w16cid:durableId="804740616">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="1905140451">
+  <w:num w:numId="4" w16cid:durableId="1919289671">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="2015035829">
+  <w:num w:numId="5" w16cid:durableId="1545555331">
     <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="6" w16cid:durableId="1465660907">
+  <w:num w:numId="6" w16cid:durableId="2042171166">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="7" w16cid:durableId="1219435626">
+  <w:num w:numId="7" w16cid:durableId="1619095258">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="8" w16cid:durableId="1775051034">
+  <w:num w:numId="8" w16cid:durableId="1550410271">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="9" w16cid:durableId="323362269">
+  <w:num w:numId="9" w16cid:durableId="312179493">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="10" w16cid:durableId="1366100255">
+  <w:num w:numId="10" w16cid:durableId="1561207489">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="11" w16cid:durableId="111827485">
+  <w:num w:numId="11" w16cid:durableId="1834106352">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="12" w16cid:durableId="673264553">
+  <w:num w:numId="12" w16cid:durableId="1665088910">
     <w:abstractNumId w:val="10"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="102"/>
-[...1 lines deleted...]
-  <w:attachedTemplate r:id="rId1"/>
+  <w:zoom w:percent="111"/>
   <w:defaultTabStop w:val="708"/>
-  <w:autoHyphenation/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00B44475"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00016070"/>
+    <w:rsidRoot w:val="00EF5137"/>
     <w:rsid w:val="00022A72"/>
-    <w:rsid w:val="00030948"/>
-    <w:rsid w:val="000444EC"/>
+    <w:rsid w:val="00024E49"/>
     <w:rsid w:val="000643A6"/>
-    <w:rsid w:val="0009264B"/>
-[...3 lines deleted...]
-    <w:rsid w:val="000D1708"/>
+    <w:rsid w:val="00064F64"/>
+    <w:rsid w:val="00067FEC"/>
+    <w:rsid w:val="00090EA2"/>
+    <w:rsid w:val="000C4DD9"/>
+    <w:rsid w:val="000C60B0"/>
     <w:rsid w:val="000D49BB"/>
-    <w:rsid w:val="000E2AC4"/>
-    <w:rsid w:val="00101C03"/>
+    <w:rsid w:val="000E2802"/>
+    <w:rsid w:val="000E4A6C"/>
     <w:rsid w:val="0011070C"/>
-    <w:rsid w:val="001157ED"/>
     <w:rsid w:val="00116AD0"/>
     <w:rsid w:val="00117059"/>
-    <w:rsid w:val="001207A6"/>
     <w:rsid w:val="00120BDA"/>
-    <w:rsid w:val="00124809"/>
-[...4 lines deleted...]
-    <w:rsid w:val="00190FD3"/>
+    <w:rsid w:val="00121649"/>
+    <w:rsid w:val="00124258"/>
+    <w:rsid w:val="00132246"/>
+    <w:rsid w:val="00162213"/>
+    <w:rsid w:val="00162D37"/>
+    <w:rsid w:val="00194140"/>
     <w:rsid w:val="001956F7"/>
-    <w:rsid w:val="00195A33"/>
     <w:rsid w:val="001A4BEA"/>
-    <w:rsid w:val="001E3D8F"/>
-[...4 lines deleted...]
-    <w:rsid w:val="002002B1"/>
+    <w:rsid w:val="001A7AD9"/>
+    <w:rsid w:val="001B0E36"/>
+    <w:rsid w:val="001F51B1"/>
+    <w:rsid w:val="001F7797"/>
     <w:rsid w:val="0020355B"/>
-    <w:rsid w:val="00206B80"/>
-[...7 lines deleted...]
-    <w:rsid w:val="00280E8C"/>
+    <w:rsid w:val="00204777"/>
+    <w:rsid w:val="00222A33"/>
+    <w:rsid w:val="002505FA"/>
+    <w:rsid w:val="002667A7"/>
+    <w:rsid w:val="00285F39"/>
     <w:rsid w:val="002877C8"/>
     <w:rsid w:val="002900DE"/>
-    <w:rsid w:val="00295E4A"/>
-[...5 lines deleted...]
-    <w:rsid w:val="002F0D32"/>
+    <w:rsid w:val="002C3708"/>
+    <w:rsid w:val="002D7F51"/>
     <w:rsid w:val="003054C2"/>
-    <w:rsid w:val="00305715"/>
     <w:rsid w:val="00305E11"/>
+    <w:rsid w:val="00306EC9"/>
     <w:rsid w:val="0031023B"/>
+    <w:rsid w:val="003324CA"/>
+    <w:rsid w:val="00350D5F"/>
     <w:rsid w:val="003717D2"/>
-    <w:rsid w:val="003A193B"/>
-[...2 lines deleted...]
-    <w:rsid w:val="003B4E94"/>
+    <w:rsid w:val="00374A27"/>
+    <w:rsid w:val="003A10A8"/>
+    <w:rsid w:val="003A7C1A"/>
     <w:rsid w:val="003C130A"/>
-    <w:rsid w:val="003C2834"/>
+    <w:rsid w:val="003C7435"/>
+    <w:rsid w:val="003D7438"/>
     <w:rsid w:val="003E26A2"/>
+    <w:rsid w:val="003E6D8A"/>
+    <w:rsid w:val="003F50C5"/>
     <w:rsid w:val="00401D49"/>
-    <w:rsid w:val="00402DC4"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00436D0B"/>
+    <w:rsid w:val="004248B1"/>
+    <w:rsid w:val="004279AB"/>
     <w:rsid w:val="00437E07"/>
-    <w:rsid w:val="00457C41"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00481260"/>
+    <w:rsid w:val="00474E7B"/>
     <w:rsid w:val="004A5E4C"/>
+    <w:rsid w:val="004C53CA"/>
+    <w:rsid w:val="004E4DCC"/>
     <w:rsid w:val="004E5090"/>
-    <w:rsid w:val="00505771"/>
+    <w:rsid w:val="004E6BC8"/>
+    <w:rsid w:val="004F5A1D"/>
+    <w:rsid w:val="00500F5A"/>
     <w:rsid w:val="00507CCF"/>
-    <w:rsid w:val="00521FC2"/>
-[...2 lines deleted...]
-    <w:rsid w:val="0055563B"/>
+    <w:rsid w:val="00552FE5"/>
     <w:rsid w:val="0056070B"/>
-    <w:rsid w:val="00562D77"/>
-[...4 lines deleted...]
-    <w:rsid w:val="00582A8F"/>
+    <w:rsid w:val="00590C2E"/>
     <w:rsid w:val="00592241"/>
-    <w:rsid w:val="005A6A6A"/>
-[...3 lines deleted...]
-    <w:rsid w:val="005D4205"/>
+    <w:rsid w:val="005D5C7B"/>
     <w:rsid w:val="005E250C"/>
+    <w:rsid w:val="005E33F5"/>
     <w:rsid w:val="005E611E"/>
-    <w:rsid w:val="00614867"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00630922"/>
+    <w:rsid w:val="005E7EB9"/>
+    <w:rsid w:val="00604DAD"/>
+    <w:rsid w:val="006427FF"/>
     <w:rsid w:val="00645468"/>
-    <w:rsid w:val="006625C2"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00697905"/>
+    <w:rsid w:val="00660E39"/>
+    <w:rsid w:val="006762B3"/>
+    <w:rsid w:val="006938AF"/>
     <w:rsid w:val="006A336B"/>
-    <w:rsid w:val="006A4791"/>
-[...2 lines deleted...]
-    <w:rsid w:val="006D33D8"/>
+    <w:rsid w:val="006D5481"/>
     <w:rsid w:val="006D5DCE"/>
-    <w:rsid w:val="00704E29"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00721618"/>
+    <w:rsid w:val="006F0EAC"/>
+    <w:rsid w:val="00701135"/>
+    <w:rsid w:val="0070130C"/>
+    <w:rsid w:val="00703BB4"/>
+    <w:rsid w:val="00704077"/>
+    <w:rsid w:val="00714490"/>
     <w:rsid w:val="00731452"/>
+    <w:rsid w:val="007326F5"/>
     <w:rsid w:val="00734508"/>
     <w:rsid w:val="00741FBB"/>
-    <w:rsid w:val="0074243A"/>
-[...21 lines deleted...]
-    <w:rsid w:val="00872305"/>
+    <w:rsid w:val="00750565"/>
+    <w:rsid w:val="007624CE"/>
+    <w:rsid w:val="00796C65"/>
+    <w:rsid w:val="007B3671"/>
+    <w:rsid w:val="007D0A5D"/>
+    <w:rsid w:val="007D0D0C"/>
+    <w:rsid w:val="007E6E0A"/>
+    <w:rsid w:val="007F5916"/>
+    <w:rsid w:val="00805C5D"/>
+    <w:rsid w:val="00852622"/>
     <w:rsid w:val="00877224"/>
-    <w:rsid w:val="008A3E6F"/>
-[...6 lines deleted...]
-    <w:rsid w:val="00913B16"/>
+    <w:rsid w:val="00886D6D"/>
+    <w:rsid w:val="008A42BC"/>
+    <w:rsid w:val="008B5528"/>
+    <w:rsid w:val="008C6194"/>
+    <w:rsid w:val="008E43A5"/>
+    <w:rsid w:val="009116FC"/>
+    <w:rsid w:val="00916038"/>
+    <w:rsid w:val="00920D7B"/>
     <w:rsid w:val="00921A06"/>
-    <w:rsid w:val="009230FC"/>
-    <w:rsid w:val="00923868"/>
+    <w:rsid w:val="00933715"/>
+    <w:rsid w:val="009503C7"/>
     <w:rsid w:val="0095347E"/>
-    <w:rsid w:val="00971289"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00992CF6"/>
     <w:rsid w:val="009940B7"/>
     <w:rsid w:val="009A3A10"/>
     <w:rsid w:val="009A3E9D"/>
-    <w:rsid w:val="009B2BE1"/>
-    <w:rsid w:val="009C1C19"/>
+    <w:rsid w:val="009B2E59"/>
     <w:rsid w:val="009D5A57"/>
-    <w:rsid w:val="009E107F"/>
-[...1 lines deleted...]
-    <w:rsid w:val="009F4278"/>
+    <w:rsid w:val="009E74C3"/>
     <w:rsid w:val="009F7389"/>
-    <w:rsid w:val="00A04FE4"/>
-[...7 lines deleted...]
-    <w:rsid w:val="00A46D5C"/>
+    <w:rsid w:val="00A0063E"/>
+    <w:rsid w:val="00A13A71"/>
+    <w:rsid w:val="00A16715"/>
     <w:rsid w:val="00A47C62"/>
-    <w:rsid w:val="00A51D9A"/>
-    <w:rsid w:val="00A74B14"/>
+    <w:rsid w:val="00A70CA6"/>
     <w:rsid w:val="00A755C7"/>
-    <w:rsid w:val="00A76F8A"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00AD272A"/>
+    <w:rsid w:val="00A97717"/>
+    <w:rsid w:val="00AB1825"/>
     <w:rsid w:val="00AD4B7A"/>
-    <w:rsid w:val="00AE17DA"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00B06CF4"/>
     <w:rsid w:val="00B073DC"/>
-    <w:rsid w:val="00B145F2"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00B44475"/>
+    <w:rsid w:val="00B16BF0"/>
+    <w:rsid w:val="00B20359"/>
+    <w:rsid w:val="00B453D4"/>
+    <w:rsid w:val="00B4667C"/>
     <w:rsid w:val="00B47A0F"/>
-    <w:rsid w:val="00B55168"/>
-[...6 lines deleted...]
-    <w:rsid w:val="00B97278"/>
+    <w:rsid w:val="00B53AEA"/>
+    <w:rsid w:val="00B66F50"/>
+    <w:rsid w:val="00B67028"/>
+    <w:rsid w:val="00BA682A"/>
+    <w:rsid w:val="00BA7746"/>
+    <w:rsid w:val="00BB0188"/>
     <w:rsid w:val="00BB272F"/>
-    <w:rsid w:val="00BB5AEF"/>
+    <w:rsid w:val="00BC186A"/>
     <w:rsid w:val="00BC40FF"/>
-    <w:rsid w:val="00C00081"/>
-[...13 lines deleted...]
-    <w:rsid w:val="00C96492"/>
+    <w:rsid w:val="00BC6B2B"/>
+    <w:rsid w:val="00C13D62"/>
+    <w:rsid w:val="00C35CF2"/>
+    <w:rsid w:val="00C37284"/>
+    <w:rsid w:val="00C3769E"/>
+    <w:rsid w:val="00C52F3D"/>
+    <w:rsid w:val="00C566E9"/>
+    <w:rsid w:val="00C62C68"/>
+    <w:rsid w:val="00C943E3"/>
+    <w:rsid w:val="00C94B1C"/>
+    <w:rsid w:val="00C96463"/>
     <w:rsid w:val="00C97BC9"/>
+    <w:rsid w:val="00CA3473"/>
     <w:rsid w:val="00CA53E3"/>
-    <w:rsid w:val="00CA6ED2"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00CE671C"/>
+    <w:rsid w:val="00CC094B"/>
     <w:rsid w:val="00CF4334"/>
-    <w:rsid w:val="00D00EC8"/>
-[...8 lines deleted...]
-    <w:rsid w:val="00D8457D"/>
+    <w:rsid w:val="00D10C95"/>
+    <w:rsid w:val="00D32E61"/>
+    <w:rsid w:val="00D56371"/>
+    <w:rsid w:val="00D67756"/>
     <w:rsid w:val="00D876E6"/>
-    <w:rsid w:val="00D928F8"/>
-    <w:rsid w:val="00D96601"/>
     <w:rsid w:val="00DA5E7A"/>
+    <w:rsid w:val="00DA6561"/>
     <w:rsid w:val="00DB1FAE"/>
+    <w:rsid w:val="00DB7FF2"/>
+    <w:rsid w:val="00DC6762"/>
+    <w:rsid w:val="00DD4EA5"/>
     <w:rsid w:val="00DE6F93"/>
-    <w:rsid w:val="00DF59A1"/>
     <w:rsid w:val="00DF7DAB"/>
-    <w:rsid w:val="00E12F21"/>
-[...8 lines deleted...]
-    <w:rsid w:val="00E73F77"/>
+    <w:rsid w:val="00E13A20"/>
+    <w:rsid w:val="00E162E5"/>
+    <w:rsid w:val="00E5357F"/>
+    <w:rsid w:val="00E65BEC"/>
     <w:rsid w:val="00E750F5"/>
-    <w:rsid w:val="00E85116"/>
+    <w:rsid w:val="00E802E2"/>
+    <w:rsid w:val="00E909C3"/>
     <w:rsid w:val="00E95EA8"/>
-    <w:rsid w:val="00EA24D7"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00EC338F"/>
+    <w:rsid w:val="00EB295B"/>
+    <w:rsid w:val="00EC615C"/>
+    <w:rsid w:val="00EC76FB"/>
     <w:rsid w:val="00ED10E7"/>
-    <w:rsid w:val="00ED521E"/>
+    <w:rsid w:val="00EE7844"/>
+    <w:rsid w:val="00EF0247"/>
+    <w:rsid w:val="00EF43EE"/>
     <w:rsid w:val="00EF5137"/>
-    <w:rsid w:val="00F10CDF"/>
-[...8 lines deleted...]
-    <w:rsid w:val="00F460D9"/>
     <w:rsid w:val="00F47F4D"/>
-    <w:rsid w:val="00F54DAF"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00F864B1"/>
+    <w:rsid w:val="00F56EB5"/>
+    <w:rsid w:val="00F8255B"/>
     <w:rsid w:val="00F86DE9"/>
-    <w:rsid w:val="00F90988"/>
-    <w:rsid w:val="00F93BB0"/>
+    <w:rsid w:val="00FC0729"/>
+    <w:rsid w:val="00FC1A9B"/>
     <w:rsid w:val="00FC280E"/>
+    <w:rsid w:val="00FE1FF5"/>
     <w:rsid w:val="00FF0E0D"/>
-    <w:rsid w:val="00FF7F5D"/>
+    <w:rsid w:val="00FF49F6"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="27A6995D"/>
-  <w15:docId w15:val="{76206A86-9DC7-4A06-8C54-22AC09F7D677}"/>
+  <w14:docId w14:val="4C860717"/>
+  <w15:chartTrackingRefBased/>
+  <w15:docId w15:val="{F31C5190-0027-457A-8825-6C53451ED937}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -12094,69 +9211,69 @@
       <w:sz w:val="18"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="x-none" w:eastAsia="x-none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ab">
     <w:name w:val="Body Text"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="ac"/>
     <w:rsid w:val="00EF5137"/>
     <w:pPr>
       <w:spacing w:after="120"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="ac">
     <w:name w:val="Основной текст Знак"/>
     <w:link w:val="ab"/>
     <w:rsid w:val="00EF5137"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="ad">
-    <w:name w:val="Title"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="ad">
+    <w:name w:val="Название"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="ae"/>
     <w:qFormat/>
     <w:rsid w:val="00EF5137"/>
     <w:pPr>
       <w:spacing w:before="240" w:after="60"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:b/>
       <w:kern w:val="28"/>
       <w:sz w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="ae">
-    <w:name w:val="Заголовок Знак"/>
+    <w:name w:val="Название Знак"/>
     <w:link w:val="ad"/>
     <w:rsid w:val="00EF5137"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
       <w:b/>
       <w:kern w:val="28"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="25">
     <w:name w:val="List 2"/>
     <w:basedOn w:val="a"/>
     <w:rsid w:val="00EF5137"/>
     <w:pPr>
       <w:ind w:left="566" w:hanging="283"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="35">
     <w:name w:val="List 3"/>
     <w:basedOn w:val="a"/>
     <w:rsid w:val="00EF5137"/>
     <w:pPr>
       <w:ind w:left="849" w:hanging="283"/>
@@ -12588,1380 +9705,610 @@
       <w:color w:val="365F91"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
       <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="13">
     <w:name w:val="toc 1"/>
     <w:basedOn w:val="a"/>
     <w:next w:val="a"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:rsid w:val="00EF5137"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="26">
     <w:name w:val="toc 2"/>
     <w:basedOn w:val="a"/>
     <w:next w:val="a"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:rsid w:val="00EF5137"/>
     <w:pPr>
       <w:ind w:left="200"/>
     </w:pPr>
   </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="ConsPlusNormal">
+    <w:name w:val="ConsPlusNormal"/>
+    <w:rsid w:val="00194140"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:adjustRightInd w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="TableGrid">
+    <w:name w:val="TableGrid"/>
+    <w:rsid w:val="00CA3473"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="0" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="TableGrid1">
+    <w:name w:val="TableGrid1"/>
+    <w:rsid w:val="00805C5D"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="0" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="27">
+    <w:name w:val="Без интервала2"/>
+    <w:link w:val="NoSpacingChar"/>
+    <w:rsid w:val="00B53AEA"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="NoSpacingChar">
+    <w:name w:val="No Spacing Char"/>
+    <w:link w:val="27"/>
+    <w:locked/>
+    <w:rsid w:val="00B53AEA"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="character" w:styleId="aff">
     <w:name w:val="Placeholder Text"/>
+    <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00C24C3D"/>
+    <w:rsid w:val="00CC094B"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="14">
-[...3 lines deleted...]
-    <w:rsid w:val="00A46D5C"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="38">
+    <w:name w:val="Без интервала3"/>
+    <w:rsid w:val="00204777"/>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...20 lines deleted...]
-      <w:sz w:val="28"/>
+      <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="61">
     <w:name w:val="Без интервала6"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="007A1818"/>
+    <w:rsid w:val="006938AF"/>
     <w:pPr>
       <w:overflowPunct w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="28">
-[...2 lines deleted...]
-    <w:rsid w:val="00F40980"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="39">
+    <w:name w:val="Стиль3"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="1"/>
+    <w:rsid w:val="00796C65"/>
     <w:rPr>
-      <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
-[...21 lines deleted...]
-      <w:szCs w:val="22"/>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:sz w:val="28"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
-    <w:div w:id="39522891">
-[...11 lines deleted...]
-    </w:div>
     <w:div w:id="114981879">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="191118796">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="408235513">
-[...25 lines deleted...]
-    <w:div w:id="759567082">
+    <w:div w:id="398285452">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="890531093">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="914050670">
-[...24 lines deleted...]
-    </w:div>
     <w:div w:id="1031615714">
-      <w:bodyDiv w:val="1"/>
-[...50 lines deleted...]
-    <w:div w:id="2010016562">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2113359519">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
-<file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rIdWmImg1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/wm.png"/></Relationships>
+<file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rIdWmImg3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/wm.png"/></Relationships>
 
 </file>
 
-<file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rIdWmImg2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/wm.png"/></Relationships>
+<file path=word/_rels/footer2.xml.rels><?xml version="1.0" encoding="UTF-8"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rIdWmImg2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/wm.png"/></Relationships>
 
 </file>
 
-<file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...1 lines deleted...]
-</file>
+<file path=word/_rels/footer3.xml.rels><?xml version="1.0" encoding="UTF-8"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rIdWmImg1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/wm.png"/></Relationships>
 
-<file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...689 lines deleted...]
-</w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="1F497D"/>
+        <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="EEECE1"/>
+        <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4F81BD"/>
+        <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="C0504D"/>
+        <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="9BBB59"/>
+        <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="8064A2"/>
+        <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4BACC6"/>
+        <a:srgbClr val="5B9BD5"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="F79646"/>
+        <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0000FF"/>
+        <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="800080"/>
+        <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Стандартная">
       <a:majorFont>
-        <a:latin typeface="Cambria"/>
+        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
+        <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri"/>
+        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
+        <a:font script="Jpan" typeface="游明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Стандартная">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="50000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="110000"/>
+                <a:satMod val="105000"/>
+                <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="35000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="37000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="103000"/>
+                <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:tint val="15000"/>
-                <a:satMod val="350000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="109000"/>
+                <a:tint val="81000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="1"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:shade val="51000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="103000"/>
+                <a:lumMod val="102000"/>
+                <a:tint val="94000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="80000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:shade val="93000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="110000"/>
+                <a:lumMod val="100000"/>
+                <a:shade val="100000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="94000"/>
-                <a:satMod val="135000"/>
+                <a:lumMod val="99000"/>
+                <a:satMod val="120000"/>
+                <a:shade val="78000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="0"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
-[...8 lines deleted...]
-        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="38000"/>
+                <a:alpha val="63000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
-        </a:effectStyle>
-[...27 lines deleted...]
-          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr">
+            <a:tint val="95000"/>
+            <a:satMod val="170000"/>
+          </a:schemeClr>
+        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="40000"/>
-                <a:satMod val="350000"/>
+                <a:tint val="93000"/>
+                <a:satMod val="150000"/>
+                <a:shade val="98000"/>
+                <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="40000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="45000"/>
-[...1 lines deleted...]
-                <a:satMod val="350000"/>
+                <a:tint val="98000"/>
+                <a:satMod val="130000"/>
+                <a:shade val="90000"/>
+                <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="20000"/>
-                <a:satMod val="255000"/>
+                <a:shade val="63000"/>
+                <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:path path="circle">
-[...20 lines deleted...]
-          </a:path>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
+  <a:extLst>
+    <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+    </a:ext>
+  </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B858330C-9FBE-4922-A376-854A0652C8CC}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{88C5F04C-71D2-47FE-B73E-FFC412A996F0}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Пример ОА на 3 листах для испытательных лабораторий</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>4</Pages>
-[...1 lines deleted...]
-  <Characters>4549</Characters>
+  <Pages>5</Pages>
+  <Words>804</Words>
+  <Characters>4583</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>37</Lines>
+  <Lines>38</Lines>
   <Paragraphs>10</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>USN Team</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5336</CharactersWithSpaces>
+  <CharactersWithSpaces>5377</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
-  <dc:creator>Лосев Алексей Витальевич</dc:creator>
+  <dc:creator>Morozova</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>