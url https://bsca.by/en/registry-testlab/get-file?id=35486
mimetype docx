--- v0 (2025-10-08)
+++ v1 (2025-12-08)
@@ -88,51 +88,50 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00131F6F">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Приложение №</w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cs="Times New Roman"/>
                   <w:bCs/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="-1704773394"/>
                 <w:placeholder>
                   <w:docPart w:val="B86DE5B84EE843EDAC9A63A9ECEDE746"/>
                 </w:placeholder>
                 <w:text/>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidRPr="00131F6F">
                   <w:rPr>
                     <w:rFonts w:cs="Times New Roman"/>
                     <w:bCs/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>2</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A7420A" w:rsidRPr="00131F6F" w14:paraId="2D14B769" w14:textId="77777777" w:rsidTr="00F018EB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5848" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="6B1F8379" w14:textId="77777777" w:rsidR="00A7420A" w:rsidRPr="00131F6F" w:rsidRDefault="00A7420A" w:rsidP="00F018EB">
             <w:pPr>
               <w:pStyle w:val="38"/>
@@ -308,51 +307,50 @@
             </w:pPr>
             <w:r w:rsidRPr="00131F6F">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">на бланке № </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cs="Times New Roman"/>
                   <w:bCs/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="-2087602877"/>
                 <w:placeholder>
                   <w:docPart w:val="93FB8A5B82574D648F8D9DE90E17F041"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidRPr="00131F6F">
                   <w:rPr>
                     <w:rStyle w:val="aff"/>
                     <w:rFonts w:eastAsia="Calibri"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>____</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
           <w:p w14:paraId="28454A93" w14:textId="73B45D6C" w:rsidR="00A7420A" w:rsidRPr="00131F6F" w:rsidRDefault="00A7420A" w:rsidP="00F018EB">
             <w:pPr>
               <w:pStyle w:val="38"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00131F6F">
               <w:rPr>
@@ -362,51 +360,50 @@
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>н</w:t>
             </w:r>
             <w:r w:rsidRPr="00131F6F">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">а </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:bCs/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="-1530027058"/>
                 <w:placeholder>
                   <w:docPart w:val="DF2AE3E7D4A3457E98EEFD2DF43D8AD8"/>
                 </w:placeholder>
                 <w:text/>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="007A6A83">
                   <w:rPr>
                     <w:bCs/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>3</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidRPr="00131F6F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00131F6F">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
@@ -416,132 +413,140 @@
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A7420A" w:rsidRPr="00131F6F" w14:paraId="15E583D0" w14:textId="77777777" w:rsidTr="00F018EB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5848" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="1B516B53" w14:textId="77777777" w:rsidR="00A7420A" w:rsidRPr="00131F6F" w:rsidRDefault="00A7420A" w:rsidP="00F018EB">
             <w:pPr>
               <w:pStyle w:val="38"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3790" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1D8F1A02" w14:textId="213101DA" w:rsidR="00A7420A" w:rsidRPr="00131F6F" w:rsidRDefault="00A7420A" w:rsidP="00F018EB">
+          <w:p w14:paraId="1D8F1A02" w14:textId="3D3CFA07" w:rsidR="00A7420A" w:rsidRPr="00131F6F" w:rsidRDefault="00A7420A" w:rsidP="00F018EB">
             <w:pPr>
               <w:pStyle w:val="38"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00131F6F">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>р</w:t>
             </w:r>
             <w:r w:rsidRPr="00131F6F">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">едакция </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cs="Times New Roman"/>
                   <w:bCs/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="1604296174"/>
                 <w:placeholder>
                   <w:docPart w:val="D5B8B179C5A245359464D41B2C98A4E8"/>
                 </w:placeholder>
                 <w:text/>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="007A6A83">
                   <w:rPr>
                     <w:rFonts w:cs="Times New Roman"/>
                     <w:bCs/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
-                  <w:t>04</w:t>
+                  <w:t>0</w:t>
+                </w:r>
+                <w:r w:rsidR="00506759">
+                  <w:rPr>
+                    <w:rFonts w:cs="Times New Roman"/>
+                    <w:bCs/>
+                    <w:sz w:val="28"/>
+                    <w:szCs w:val="28"/>
+                  </w:rPr>
+                  <w:t>1</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="20FE882C" w14:textId="77777777" w:rsidR="00A7420A" w:rsidRDefault="00A7420A" w:rsidP="00A7420A"/>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="af3"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9638"/>
       </w:tblGrid>
       <w:tr w:rsidR="00A7420A" w14:paraId="1CCAB645" w14:textId="77777777" w:rsidTr="00F018EB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9751" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5FBAD002" w14:textId="19068096" w:rsidR="00A7420A" w:rsidRDefault="00A7420A" w:rsidP="00F018EB">
+          <w:p w14:paraId="5FBAD002" w14:textId="398A0876" w:rsidR="00A7420A" w:rsidRDefault="00A7420A" w:rsidP="00F018EB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="0" w:name="_Hlk78355211"/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>ОБЛАСТ</w:t>
             </w:r>
             <w:r w:rsidR="00B1764F">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Ь</w:t>
             </w:r>
             <w:r w:rsidRPr="000D49BB">
@@ -571,196 +576,229 @@
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rStyle w:val="39"/>
                 </w:rPr>
                 <w:id w:val="1876122450"/>
                 <w:placeholder>
                   <w:docPart w:val="7675A491AF114FF8B741120DCA906791"/>
                 </w:placeholder>
                 <w:date>
                   <w:dateFormat w:val="dd MMMM yyyy 'года'"/>
                   <w:lid w:val="ru-RU"/>
                   <w:storeMappedDataAs w:val="dateTime"/>
                   <w:calendar w:val="gregorian"/>
                 </w:date>
               </w:sdtPr>
               <w:sdtEndPr>
                 <w:rPr>
                   <w:rStyle w:val="a0"/>
                   <w:b/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
               </w:sdtEndPr>
               <w:sdtContent>
+                <w:r w:rsidR="00506759">
+                  <w:rPr>
+                    <w:rStyle w:val="39"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve">                         </w:t>
+                </w:r>
                 <w:r w:rsidR="007A6A83">
                   <w:rPr>
                     <w:rStyle w:val="39"/>
                   </w:rPr>
-                  <w:t>27 июня 2025 года</w:t>
+                  <w:t>2025 года</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:bookmarkEnd w:id="1"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:bookmarkEnd w:id="0"/>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:jc w:val="center"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="782"/>
         <w:gridCol w:w="1628"/>
         <w:gridCol w:w="1354"/>
         <w:gridCol w:w="1857"/>
         <w:gridCol w:w="1892"/>
         <w:gridCol w:w="2125"/>
       </w:tblGrid>
       <w:tr w:rsidR="00A7420A" w:rsidRPr="00957547" w14:paraId="28F98BA9" w14:textId="77777777" w:rsidTr="00F018EB">
         <w:trPr>
           <w:trHeight w:val="234"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9751" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="27BF2ADE" w14:textId="77777777" w:rsidR="00A7420A" w:rsidRPr="007A6A83" w:rsidRDefault="00A7420A" w:rsidP="00F018EB">
             <w:pPr>
               <w:pStyle w:val="af6"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="6BDC4A28" w14:textId="0E844A03" w:rsidR="00A7420A" w:rsidRPr="007A6A83" w:rsidRDefault="00A7420A" w:rsidP="00F018EB">
+          <w:p w14:paraId="6BDC4A28" w14:textId="0C472F74" w:rsidR="00A7420A" w:rsidRPr="007A6A83" w:rsidRDefault="00506759" w:rsidP="00F018EB">
             <w:pPr>
               <w:pStyle w:val="af6"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007A6A83">
+            <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>Производственн</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="007A6A83">
+              <w:t>п</w:t>
+            </w:r>
+            <w:r w:rsidR="00A7420A" w:rsidRPr="007A6A83">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>ой</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="007A6A83">
+              <w:t>роизводственн</w:t>
+            </w:r>
+            <w:r w:rsidR="007A6A83">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve"> лаборатори</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="007A6A83">
+              <w:t>ой</w:t>
+            </w:r>
+            <w:r w:rsidR="00A7420A" w:rsidRPr="007A6A83">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>и</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="007A6A83">
+              <w:t xml:space="preserve"> лаборатори</w:t>
+            </w:r>
+            <w:r w:rsidR="007A6A83">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve"> производственного филиала </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="007A6A83">
+              <w:t>и</w:t>
+            </w:r>
+            <w:r w:rsidR="00A7420A" w:rsidRPr="007A6A83">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:br/>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="007A6A83">
+              <w:t xml:space="preserve"> производственного филиала </w:t>
+            </w:r>
+            <w:r w:rsidR="007A6A83">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>ОАО "Савушкин продукт" в г. Иваново</w:t>
-[...5 lines deleted...]
-              <w:jc w:val="center"/>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidR="00A7420A" w:rsidRPr="007A6A83">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-            </w:pPr>
-            <w:r w:rsidRPr="007A6A83">
+              <w:t>ОАО "Савушкин продукт" в г. Иваново</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7D15D39E" w14:textId="2F1D4331" w:rsidR="00A7420A" w:rsidRPr="007A6A83" w:rsidRDefault="00A7420A" w:rsidP="00F018EB">
+            <w:pPr>
+              <w:pStyle w:val="af6"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Открыто</w:t>
+            </w:pPr>
+            <w:r w:rsidRPr="007A6A83">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00506759">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>о</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007A6A83">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>ткрыто</w:t>
             </w:r>
             <w:r w:rsidR="007A6A83">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>го</w:t>
             </w:r>
             <w:r w:rsidRPr="007A6A83">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> акционерно</w:t>
             </w:r>
             <w:r w:rsidR="007A6A83">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="ru-RU"/>
@@ -816,136 +854,132 @@
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A7420A" w:rsidRPr="007A4175" w14:paraId="1D94F5A1" w14:textId="77777777" w:rsidTr="00F018EB">
         <w:tblPrEx>
           <w:jc w:val="left"/>
           <w:tblBorders>
             <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           </w:tblBorders>
           <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="1277"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="807" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="086F9C81" w14:textId="77777777" w:rsidR="00A7420A" w:rsidRPr="007A4175" w:rsidRDefault="00A7420A" w:rsidP="00F018EB">
             <w:pPr>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="280" w:lineRule="exact"/>
               <w:ind w:left="-106" w:right="-79"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007A4175">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>№ п/п</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1638" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3CD3A6A1" w14:textId="77777777" w:rsidR="00A7420A" w:rsidRPr="007A4175" w:rsidRDefault="00A7420A" w:rsidP="00F018EB">
             <w:pPr>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="280" w:lineRule="exact"/>
               <w:ind w:left="-106" w:right="-79"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007A4175">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Наименование объекта</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1414" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1EAC36F2" w14:textId="77777777" w:rsidR="00A7420A" w:rsidRPr="007A4175" w:rsidRDefault="00A7420A" w:rsidP="00F018EB">
             <w:pPr>
               <w:ind w:left="-106" w:right="-79"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007A4175">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Код</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1875" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4FC4AE31" w14:textId="77777777" w:rsidR="00A7420A" w:rsidRDefault="00A7420A" w:rsidP="00F018EB">
             <w:pPr>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="280" w:lineRule="exact"/>
               <w:ind w:left="-106" w:right="-79"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007A4175">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Наименование </w:t>
             </w:r>
           </w:p>
@@ -977,51 +1011,50 @@
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="280" w:lineRule="exact"/>
               <w:ind w:left="-106" w:right="-79"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007A4175">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>параметры)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1876" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0ED1F9AC" w14:textId="77777777" w:rsidR="00A7420A" w:rsidRDefault="00A7420A" w:rsidP="00F018EB">
             <w:pPr>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="280" w:lineRule="exact"/>
               <w:ind w:left="-106" w:right="-79"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007A4175">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Обозначение </w:t>
             </w:r>
           </w:p>
@@ -1076,51 +1109,50 @@
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="280" w:lineRule="exact"/>
               <w:ind w:left="-106" w:right="-79"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007A4175">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>объекту</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2141" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="526EE028" w14:textId="77777777" w:rsidR="00A7420A" w:rsidRDefault="00A7420A" w:rsidP="00F018EB">
             <w:pPr>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="280" w:lineRule="exact"/>
               <w:ind w:left="-106" w:right="-79"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007A4175">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Обозначение </w:t>
             </w:r>
           </w:p>
@@ -1373,58 +1405,51 @@
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C71F97" w14:paraId="3BCE93B3" w14:textId="77777777" w:rsidTr="007A6A83">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="6"/>
           </w:tcPr>
           <w:p w14:paraId="32F35347" w14:textId="77777777" w:rsidR="00C71F97" w:rsidRDefault="007A6A83">
             <w:pPr>
               <w:ind w:left="-84" w:right="-84"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">ул. Советская, 102, г. Иваново, Брестский район, </w:t>
-[...6 lines deleted...]
-              <w:t>Брестская область</w:t>
+              <w:t>ул. Советская, 102, г. Иваново, Брестский район, Брестская область</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t>(ПФ ОАО "Савушкин продукт" в г. Иваново)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C71F97" w14:paraId="7F53EEC7" w14:textId="77777777" w:rsidTr="007A6A83">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="6"/>
           </w:tcPr>
           <w:p w14:paraId="7F0509BF" w14:textId="77777777" w:rsidR="00C71F97" w:rsidRDefault="007A6A83">
             <w:pPr>
               <w:ind w:left="-84" w:right="-84"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
@@ -1895,107 +1920,65 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="968" w:type="pct"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="4AB6AE3A" w14:textId="77777777" w:rsidR="007A6A83" w:rsidRDefault="007A6A83"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1086" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="35D3ED83" w14:textId="77777777" w:rsidR="007A6A83" w:rsidRDefault="007A6A83">
             <w:pPr>
               <w:ind w:left="-84" w:right="-84"/>
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">ГОСТ </w:t>
-[...13 lines deleted...]
-              <w:t>;</w:t>
+              <w:t>ГОСТ 29247-91;</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:br/>
-              <w:t xml:space="preserve">ГОСТ </w:t>
-[...13 lines deleted...]
-              <w:t xml:space="preserve"> п.6;</w:t>
+              <w:t>ГОСТ 5867-2023 п.6;</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:br/>
-              <w:t xml:space="preserve">ГОСТ </w:t>
-[...13 lines deleted...]
-              <w:t xml:space="preserve"> п.2</w:t>
+              <w:t>ГОСТ 5867-90 п.2</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5D46CEB2" w14:textId="77777777" w:rsidR="007A6A83" w:rsidRDefault="007A6A83">
             <w:pPr>
               <w:ind w:left="-84" w:right="-84"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007A6A83" w14:paraId="2CB9072C" w14:textId="77777777" w:rsidTr="007A6A83">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="415" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="0C4124B3" w14:textId="77777777" w:rsidR="007A6A83" w:rsidRDefault="007A6A83">
             <w:pPr>
               <w:ind w:left="-84" w:right="-84"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>1.6*</w:t>
             </w:r>
           </w:p>
@@ -2143,65 +2126,51 @@
           <w:tcPr>
             <w:tcW w:w="968" w:type="pct"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p w14:paraId="07637522" w14:textId="3B4147C4" w:rsidR="007A6A83" w:rsidRDefault="007A6A83">
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>ТР ТС 033/2013 Раздел III, п.6 Приложение 1,3,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1086" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="0D914171" w14:textId="77777777" w:rsidR="007A6A83" w:rsidRDefault="007A6A83">
             <w:pPr>
               <w:ind w:left="-84" w:right="-84"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">ГОСТ </w:t>
-[...13 lines deleted...]
-              <w:t xml:space="preserve"> п.7</w:t>
+              <w:t>ГОСТ 3623-2015 п.7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007A6A83" w14:paraId="7D16D4AF" w14:textId="77777777" w:rsidTr="007A6A83">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="415" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="3EFF83F2" w14:textId="77777777" w:rsidR="007A6A83" w:rsidRDefault="007A6A83">
             <w:pPr>
               <w:ind w:left="-84" w:right="-84"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>1.8*</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="841" w:type="pct"/>
             <w:vMerge/>
@@ -3504,65 +3473,51 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>ТР ТС 021/2011 Глава 2 статья 7 п. 2  Глава 3 статья 20 Приложение 3  раздел 2 Приложение 4 ;</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t>ТР ТС 033/2013 Раздел V, п. 16   Раздел VII, п. 32</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1086" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="01395D6E" w14:textId="23B5422F" w:rsidR="007A6A83" w:rsidRDefault="007A6A83">
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">ГОСТ </w:t>
-[...13 lines deleted...]
-              <w:t>;</w:t>
+              <w:t>ГОСТ 32219-2013;</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t>ГОСТ 32254-2013</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007A6A83" w14:paraId="76680D51" w14:textId="77777777" w:rsidTr="007A6A83">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="415" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="7A200C7B" w14:textId="77777777" w:rsidR="007A6A83" w:rsidRDefault="007A6A83">
             <w:pPr>
               <w:ind w:left="-84" w:right="-84"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>1.26.4*</w:t>
@@ -4114,57 +4069,51 @@
           <w:tcPr>
             <w:tcW w:w="841" w:type="pct"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="304E250B" w14:textId="77777777" w:rsidR="00C71F97" w:rsidRDefault="00C71F97"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="722" w:type="pct"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="40EFD124" w14:textId="77777777" w:rsidR="00C71F97" w:rsidRDefault="00C71F97"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="968" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="4B372A1E" w14:textId="77777777" w:rsidR="00C71F97" w:rsidRDefault="007A6A83">
             <w:pPr>
               <w:ind w:left="-84" w:right="-84"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">Количество мезофильных аэробных  и </w:t>
-[...5 lines deleted...]
-              <w:t>факультативно-анаэробных микроорганизмов</w:t>
+              <w:t>Количество мезофильных аэробных  и факультативно-анаэробных микроорганизмов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="968" w:type="pct"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="1E57AB26" w14:textId="77777777" w:rsidR="00C71F97" w:rsidRDefault="00C71F97"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1086" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="244D9A03" w14:textId="77777777" w:rsidR="00C71F97" w:rsidRDefault="007A6A83">
             <w:pPr>
               <w:ind w:left="-84" w:right="-84"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>ГОСТ 10444.15-94;</w:t>
             </w:r>
             <w:r>
@@ -4308,57 +4257,51 @@
           <w:p w14:paraId="27113577" w14:textId="77777777" w:rsidR="00C71F97" w:rsidRDefault="007A6A83">
             <w:pPr>
               <w:ind w:left="-84" w:right="-84"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>Удельная (объемная) активность цезия-137</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="968" w:type="pct"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p w14:paraId="5A3CEBDF" w14:textId="77777777" w:rsidR="00C71F97" w:rsidRDefault="007A6A83">
             <w:pPr>
               <w:ind w:left="-84" w:right="-84"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">ТР ТС 021/2011 Глава 2, статья 7 п.2; глава 3, </w:t>
-[...5 lines deleted...]
-              <w:t>статья 20; Приложение 4</w:t>
+              <w:t>ТР ТС 021/2011 Глава 2, статья 7 п.2; глава 3, статья 20; Приложение 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1086" w:type="pct"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p w14:paraId="6E31BB73" w14:textId="77777777" w:rsidR="00C71F97" w:rsidRDefault="007A6A83">
             <w:pPr>
               <w:ind w:left="-84" w:right="-84"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>ГОСТ 32161-2013;</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t>МВИ.МН 1823-2007</w:t>
             </w:r>
@@ -4575,148 +4518,148 @@
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00A7420A" w:rsidRPr="00DE53DA" w:rsidSect="008B3976">
       <w:headerReference w:type="default" r:id="rId8"/>
       <w:footerReference w:type="default" r:id="rId9"/>
       <w:headerReference w:type="first" r:id="rId10"/>
       <w:footerReference w:type="first" r:id="rId11"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="567" w:bottom="1134" w:left="1701" w:header="567" w:footer="335" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="52B44184" w14:textId="77777777" w:rsidR="009111AD" w:rsidRDefault="009111AD" w:rsidP="0011070C">
+    <w:p w14:paraId="7A40248F" w14:textId="77777777" w:rsidR="00B67C5E" w:rsidRDefault="00B67C5E" w:rsidP="0011070C">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="54079A08" w14:textId="77777777" w:rsidR="009111AD" w:rsidRDefault="009111AD" w:rsidP="0011070C">
+    <w:p w14:paraId="472EF49A" w14:textId="77777777" w:rsidR="00B67C5E" w:rsidRDefault="00B67C5E" w:rsidP="0011070C">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="TimesNewRomanPSMT">
-    <w:altName w:val="Calibri"/>
+    <w:altName w:val="Times New Roman"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="ArialMT">
     <w:altName w:val="MS Mincho"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="08070000" w:usb2="00000010" w:usb3="00000000" w:csb0="00020001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="4855" w:type="pct"/>
       <w:tblInd w:w="-142" w:type="dxa"/>
       <w:tblLook w:val="00A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="3399"/>
       <w:gridCol w:w="2839"/>
       <w:gridCol w:w="3120"/>
     </w:tblGrid>
     <w:tr w:rsidR="002667A7" w:rsidRPr="00CC669F" w14:paraId="622F392A" w14:textId="77777777" w:rsidTr="005E0063">
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="3399" w:type="dxa"/>
           <w:vAlign w:val="center"/>
           <w:hideMark/>
         </w:tcPr>
         <w:p w14:paraId="1EEE9D2E" w14:textId="77777777" w:rsidR="002667A7" w:rsidRPr="00B453D4" w:rsidRDefault="002667A7" w:rsidP="002667A7">
@@ -4754,74 +4697,80 @@
               <w:rFonts w:eastAsia="ArialMT"/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
               <w:lang w:val="ru-RU"/>
             </w:rPr>
             <w:t>подпись ведущего эксперта по аккредитации</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="2839" w:type="dxa"/>
           <w:vAlign w:val="center"/>
           <w:hideMark/>
         </w:tcPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:eastAsia="ArialMT"/>
               <w:lang w:val="ru-RU"/>
             </w:rPr>
             <w:id w:val="-1764913121"/>
             <w:placeholder>
               <w:docPart w:val="99F3EA57768442358FC94E753B4CAB1D"/>
             </w:placeholder>
-            <w:date w:fullDate="2025-06-27T00:00:00Z">
+            <w:date w:fullDate="2025-09-05T00:00:00Z">
               <w:dateFormat w:val="dd.MM.yyyy"/>
               <w:lid w:val="ru-RU"/>
               <w:storeMappedDataAs w:val="dateTime"/>
               <w:calendar w:val="gregorian"/>
             </w:date>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
-            <w:p w14:paraId="7462ADCC" w14:textId="77777777" w:rsidR="002667A7" w:rsidRPr="00CC669F" w:rsidRDefault="00545843" w:rsidP="002667A7">
+            <w:p w14:paraId="7462ADCC" w14:textId="5A0EBC21" w:rsidR="002667A7" w:rsidRPr="00CC669F" w:rsidRDefault="00506759" w:rsidP="002667A7">
               <w:pPr>
                 <w:pStyle w:val="61"/>
                 <w:jc w:val="center"/>
                 <w:rPr>
                   <w:rFonts w:eastAsia="ArialMT"/>
                   <w:lang w:val="ru-RU"/>
                 </w:rPr>
               </w:pPr>
-              <w:r w:rsidRPr="00545843">
+              <w:r>
                 <w:rPr>
                   <w:rFonts w:eastAsia="ArialMT"/>
                   <w:lang w:val="ru-RU"/>
                 </w:rPr>
-                <w:t>27.06.2025</w:t>
+                <w:t>05.09</w:t>
+              </w:r>
+              <w:r w:rsidR="00545843" w:rsidRPr="00545843">
+                <w:rPr>
+                  <w:rFonts w:eastAsia="ArialMT"/>
+                  <w:lang w:val="ru-RU"/>
+                </w:rPr>
+                <w:t>.2025</w:t>
               </w:r>
             </w:p>
           </w:sdtContent>
         </w:sdt>
         <w:p w14:paraId="08B27308" w14:textId="77777777" w:rsidR="002667A7" w:rsidRPr="00B453D4" w:rsidRDefault="002667A7" w:rsidP="00374A27">
           <w:pPr>
             <w:pStyle w:val="61"/>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:rFonts w:eastAsia="ArialMT"/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
               <w:lang w:val="ru-RU"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="00B453D4">
             <w:rPr>
               <w:rFonts w:eastAsia="ArialMT"/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
               <w:lang w:val="ru-RU"/>
             </w:rPr>
             <w:t>дата принятия решения</w:t>
           </w:r>
         </w:p>
@@ -4971,74 +4920,80 @@
               <w:rFonts w:eastAsia="ArialMT"/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
               <w:lang w:val="ru-RU"/>
             </w:rPr>
             <w:t>подпись ведущего эксперта по аккредитации</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="3327" w:type="dxa"/>
           <w:vAlign w:val="center"/>
           <w:hideMark/>
         </w:tcPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:eastAsia="ArialMT"/>
               <w:lang w:val="ru-RU"/>
             </w:rPr>
             <w:id w:val="1844891503"/>
             <w:placeholder>
               <w:docPart w:val="A2ED08F84D97484698DF0084D75B3F71"/>
             </w:placeholder>
-            <w:date w:fullDate="2025-06-27T00:00:00Z">
+            <w:date w:fullDate="2025-09-05T00:00:00Z">
               <w:dateFormat w:val="dd.MM.yyyy"/>
               <w:lid w:val="ru-RU"/>
               <w:storeMappedDataAs w:val="dateTime"/>
               <w:calendar w:val="gregorian"/>
             </w:date>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
-            <w:p w14:paraId="5F5AA448" w14:textId="77777777" w:rsidR="005D5C7B" w:rsidRPr="00CC669F" w:rsidRDefault="00545843" w:rsidP="005D5C7B">
+            <w:p w14:paraId="5F5AA448" w14:textId="129D05CB" w:rsidR="005D5C7B" w:rsidRPr="00CC669F" w:rsidRDefault="00506759" w:rsidP="005D5C7B">
               <w:pPr>
                 <w:pStyle w:val="61"/>
                 <w:jc w:val="center"/>
                 <w:rPr>
                   <w:rFonts w:eastAsia="ArialMT"/>
                   <w:lang w:val="ru-RU"/>
                 </w:rPr>
               </w:pPr>
-              <w:r w:rsidRPr="00545843">
+              <w:r>
                 <w:rPr>
                   <w:rFonts w:eastAsia="ArialMT"/>
                   <w:lang w:val="ru-RU"/>
                 </w:rPr>
-                <w:t>27.06.2025</w:t>
+                <w:t>05.09</w:t>
+              </w:r>
+              <w:r w:rsidR="00545843" w:rsidRPr="00545843">
+                <w:rPr>
+                  <w:rFonts w:eastAsia="ArialMT"/>
+                  <w:lang w:val="ru-RU"/>
+                </w:rPr>
+                <w:t>.2025</w:t>
               </w:r>
             </w:p>
           </w:sdtContent>
         </w:sdt>
         <w:p w14:paraId="335D5358" w14:textId="77777777" w:rsidR="005D5C7B" w:rsidRPr="00F35A04" w:rsidRDefault="005D5C7B" w:rsidP="002667A7">
           <w:pPr>
             <w:pStyle w:val="61"/>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:rFonts w:eastAsia="ArialMT"/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
               <w:lang w:val="ru-RU"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="00B453D4">
             <w:rPr>
               <w:rFonts w:eastAsia="ArialMT"/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
               <w:lang w:val="ru-RU"/>
             </w:rPr>
             <w:t>дата принятия решения</w:t>
           </w:r>
           <w:r w:rsidR="00F35A04" w:rsidRPr="00F35A04">
@@ -5125,72 +5080,72 @@
             <w:rPr>
               <w:lang w:val="ru-RU"/>
             </w:rPr>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w14:paraId="79B9E596" w14:textId="77777777" w:rsidR="00CC094B" w:rsidRPr="00CC094B" w:rsidRDefault="00CC094B" w:rsidP="002667A7">
     <w:pPr>
       <w:pStyle w:val="a9"/>
       <w:spacing w:line="240" w:lineRule="auto"/>
       <w:ind w:right="0" w:firstLine="0"/>
       <w:rPr>
         <w:lang w:val="ru-RU"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="33246096" w14:textId="77777777" w:rsidR="009111AD" w:rsidRDefault="009111AD" w:rsidP="0011070C">
+    <w:p w14:paraId="6CF9A1CD" w14:textId="77777777" w:rsidR="00B67C5E" w:rsidRDefault="00B67C5E" w:rsidP="0011070C">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="55A30BE6" w14:textId="77777777" w:rsidR="009111AD" w:rsidRDefault="009111AD" w:rsidP="0011070C">
+    <w:p w14:paraId="72CA78DE" w14:textId="77777777" w:rsidR="00B67C5E" w:rsidRDefault="00B67C5E" w:rsidP="0011070C">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p>
     <w:r xmlns:v="urn:schemas-microsoft-com:vml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
       <w:pict xmlns:v="urn:schemas-microsoft-com:vml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-        <v:shape xmlns:v="urn:schemas-microsoft-com:vml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" id="PowerPlusWaterMarkObject" o:spid="_x0000_s1025" type="#_x0000_t75" style="position:absolute; left:-200pt; top:400pt; width:300pt; height:50pt; rotation:270; fill-opacity:0.3" stroked="f" filled="t">
+        <v:shape xmlns:v="urn:schemas-microsoft-com:vml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" id="WatermarkShape" type="#_x0000_t75" style="position:absolute; left:-380pt; top:350pt; width:700pt; height:40pt; rotation:270; fill-opacity:0.3; mso-wrap-style:behind; z-index:-1" stroked="f" filled="t">
           <v:imagedata xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rIdWmImg1" o:title=""/>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="5000" w:type="pct"/>
       <w:tblInd w:w="-71" w:type="dxa"/>
       <w:tblBorders>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:left w:w="71" w:type="dxa"/>
         <w:right w:w="71" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="742"/>
       <w:gridCol w:w="8896"/>
     </w:tblGrid>
     <w:tr w:rsidR="006938AF" w:rsidRPr="00D337DC" w14:paraId="419ACD00" w14:textId="77777777" w:rsidTr="002020E1">
       <w:trPr>
         <w:trHeight w:val="752"/>
@@ -5334,51 +5289,51 @@
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:t>к аттестату аккредитации № BY/112 2.5235</w:t>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w14:paraId="6AB74BA5" w14:textId="77777777" w:rsidR="00B53AEA" w:rsidRPr="00CC094B" w:rsidRDefault="00B53AEA">
     <w:pPr>
       <w:pStyle w:val="a7"/>
       <w:rPr>
         <w:lang w:val="ru-RU"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p>
     <w:r xmlns:v="urn:schemas-microsoft-com:vml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
       <w:pict xmlns:v="urn:schemas-microsoft-com:vml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-        <v:shape xmlns:v="urn:schemas-microsoft-com:vml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" id="PowerPlusWaterMarkObject" o:spid="_x0000_s1025" type="#_x0000_t75" style="position:absolute; left:-200pt; top:400pt; width:300pt; height:50pt; rotation:270; fill-opacity:0.3" stroked="f" filled="t">
+        <v:shape xmlns:v="urn:schemas-microsoft-com:vml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" id="WatermarkShape" type="#_x0000_t75" style="position:absolute; left:-380pt; top:350pt; width:700pt; height:40pt; rotation:270; fill-opacity:0.3; mso-wrap-style:behind; z-index:-1" stroked="f" filled="t">
           <v:imagedata xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rIdWmImg2" o:title=""/>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="9683" w:type="dxa"/>
       <w:tblInd w:w="-158" w:type="dxa"/>
       <w:tblBorders>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblLook w:val="00A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="868"/>
       <w:gridCol w:w="8815"/>
     </w:tblGrid>
     <w:tr w:rsidR="00CC094B" w:rsidRPr="00804957" w14:paraId="638D4B4D" w14:textId="77777777" w:rsidTr="00683923">
       <w:trPr>
         <w:trHeight w:val="301"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="868" w:type="dxa"/>
@@ -7066,82 +7021,85 @@
     <w:rsid w:val="003A10A8"/>
     <w:rsid w:val="003B1F84"/>
     <w:rsid w:val="003B4E92"/>
     <w:rsid w:val="003C130A"/>
     <w:rsid w:val="003D4B88"/>
     <w:rsid w:val="003D539C"/>
     <w:rsid w:val="003D62BE"/>
     <w:rsid w:val="003E26A2"/>
     <w:rsid w:val="003E6D8A"/>
     <w:rsid w:val="003F50C5"/>
     <w:rsid w:val="00401D49"/>
     <w:rsid w:val="004030B9"/>
     <w:rsid w:val="00437E07"/>
     <w:rsid w:val="004449FC"/>
     <w:rsid w:val="004566B4"/>
     <w:rsid w:val="00457C9E"/>
     <w:rsid w:val="00467482"/>
     <w:rsid w:val="004A5E4C"/>
     <w:rsid w:val="004B31E2"/>
     <w:rsid w:val="004B4737"/>
     <w:rsid w:val="004C53CA"/>
     <w:rsid w:val="004E4499"/>
     <w:rsid w:val="004E5090"/>
     <w:rsid w:val="004E6BC8"/>
     <w:rsid w:val="004F5A1D"/>
+    <w:rsid w:val="00506759"/>
     <w:rsid w:val="00507CCF"/>
     <w:rsid w:val="00527F26"/>
     <w:rsid w:val="00545843"/>
     <w:rsid w:val="0056070B"/>
     <w:rsid w:val="00592241"/>
     <w:rsid w:val="005A4E4B"/>
     <w:rsid w:val="005D5C7B"/>
     <w:rsid w:val="005E0063"/>
     <w:rsid w:val="005E250C"/>
     <w:rsid w:val="005E33F5"/>
     <w:rsid w:val="005E611E"/>
     <w:rsid w:val="005E7EB9"/>
     <w:rsid w:val="00630BD9"/>
     <w:rsid w:val="00642140"/>
     <w:rsid w:val="006451EE"/>
     <w:rsid w:val="00645468"/>
     <w:rsid w:val="00651AE7"/>
     <w:rsid w:val="00656EE2"/>
     <w:rsid w:val="00672C85"/>
     <w:rsid w:val="006762B3"/>
     <w:rsid w:val="00683923"/>
     <w:rsid w:val="006853A4"/>
     <w:rsid w:val="00692B69"/>
     <w:rsid w:val="006938AF"/>
     <w:rsid w:val="006A336B"/>
     <w:rsid w:val="006D5481"/>
     <w:rsid w:val="006D5DCE"/>
     <w:rsid w:val="00712175"/>
     <w:rsid w:val="00731452"/>
     <w:rsid w:val="00734508"/>
     <w:rsid w:val="00741FBB"/>
     <w:rsid w:val="00750565"/>
+    <w:rsid w:val="00782681"/>
+    <w:rsid w:val="007A1245"/>
     <w:rsid w:val="007A6A83"/>
     <w:rsid w:val="007B3671"/>
     <w:rsid w:val="007E210E"/>
     <w:rsid w:val="007E2E1D"/>
     <w:rsid w:val="007E712B"/>
     <w:rsid w:val="007F5916"/>
     <w:rsid w:val="00805C5D"/>
     <w:rsid w:val="008147AF"/>
     <w:rsid w:val="008168D1"/>
     <w:rsid w:val="008334C0"/>
     <w:rsid w:val="00834A57"/>
     <w:rsid w:val="008667F8"/>
     <w:rsid w:val="0087336B"/>
     <w:rsid w:val="00877224"/>
     <w:rsid w:val="00886D6D"/>
     <w:rsid w:val="008B3976"/>
     <w:rsid w:val="008B5528"/>
     <w:rsid w:val="008D7BD2"/>
     <w:rsid w:val="008E43A5"/>
     <w:rsid w:val="008F66CD"/>
     <w:rsid w:val="009111AD"/>
     <w:rsid w:val="00916038"/>
     <w:rsid w:val="00921A06"/>
     <w:rsid w:val="00934119"/>
     <w:rsid w:val="009503C7"/>
@@ -7153,94 +7111,98 @@
     <w:rsid w:val="009A3E9D"/>
     <w:rsid w:val="009D5A57"/>
     <w:rsid w:val="009E4075"/>
     <w:rsid w:val="009E5066"/>
     <w:rsid w:val="009E74C3"/>
     <w:rsid w:val="009F7389"/>
     <w:rsid w:val="00A0063E"/>
     <w:rsid w:val="00A36DD0"/>
     <w:rsid w:val="00A47C62"/>
     <w:rsid w:val="00A72C2C"/>
     <w:rsid w:val="00A7420A"/>
     <w:rsid w:val="00A755C7"/>
     <w:rsid w:val="00AB0EA7"/>
     <w:rsid w:val="00AD4B7A"/>
     <w:rsid w:val="00B073DC"/>
     <w:rsid w:val="00B16BF0"/>
     <w:rsid w:val="00B1764F"/>
     <w:rsid w:val="00B20359"/>
     <w:rsid w:val="00B371B5"/>
     <w:rsid w:val="00B453D4"/>
     <w:rsid w:val="00B4667C"/>
     <w:rsid w:val="00B47A0F"/>
     <w:rsid w:val="00B53AEA"/>
     <w:rsid w:val="00B639CF"/>
     <w:rsid w:val="00B648E9"/>
+    <w:rsid w:val="00B67C5E"/>
     <w:rsid w:val="00B87D42"/>
     <w:rsid w:val="00B9069C"/>
     <w:rsid w:val="00BA682A"/>
     <w:rsid w:val="00BA7746"/>
     <w:rsid w:val="00BB0188"/>
     <w:rsid w:val="00BB272F"/>
     <w:rsid w:val="00BB7AAD"/>
     <w:rsid w:val="00BC40FF"/>
     <w:rsid w:val="00BC6B2B"/>
     <w:rsid w:val="00C2541A"/>
     <w:rsid w:val="00C415C9"/>
     <w:rsid w:val="00C4751C"/>
     <w:rsid w:val="00C62C68"/>
     <w:rsid w:val="00C67ACE"/>
     <w:rsid w:val="00C71F97"/>
     <w:rsid w:val="00C74E05"/>
     <w:rsid w:val="00C80BF5"/>
     <w:rsid w:val="00C86FE7"/>
     <w:rsid w:val="00C94B1C"/>
     <w:rsid w:val="00C97BC9"/>
     <w:rsid w:val="00CA3473"/>
     <w:rsid w:val="00CA53E3"/>
     <w:rsid w:val="00CC094B"/>
     <w:rsid w:val="00CC669F"/>
     <w:rsid w:val="00CF4334"/>
     <w:rsid w:val="00D2438B"/>
+    <w:rsid w:val="00D66D02"/>
     <w:rsid w:val="00D74D90"/>
     <w:rsid w:val="00D876E6"/>
     <w:rsid w:val="00DA26E2"/>
     <w:rsid w:val="00DA5E7A"/>
     <w:rsid w:val="00DA6561"/>
     <w:rsid w:val="00DB1FAE"/>
     <w:rsid w:val="00DB4A98"/>
     <w:rsid w:val="00DD3C60"/>
     <w:rsid w:val="00DE53DA"/>
     <w:rsid w:val="00DE6F93"/>
     <w:rsid w:val="00DF7DAB"/>
+    <w:rsid w:val="00E135AE"/>
     <w:rsid w:val="00E2660D"/>
     <w:rsid w:val="00E32875"/>
     <w:rsid w:val="00E5357F"/>
     <w:rsid w:val="00E66147"/>
     <w:rsid w:val="00E750F5"/>
     <w:rsid w:val="00E909C3"/>
     <w:rsid w:val="00E90A64"/>
+    <w:rsid w:val="00E91232"/>
     <w:rsid w:val="00E95EA8"/>
     <w:rsid w:val="00EB31EB"/>
     <w:rsid w:val="00EB44A6"/>
     <w:rsid w:val="00EC615C"/>
     <w:rsid w:val="00EC76FB"/>
     <w:rsid w:val="00ED10E7"/>
     <w:rsid w:val="00EF0247"/>
     <w:rsid w:val="00EF5137"/>
     <w:rsid w:val="00EF5921"/>
     <w:rsid w:val="00EF6ABF"/>
     <w:rsid w:val="00F001E8"/>
     <w:rsid w:val="00F35A04"/>
     <w:rsid w:val="00F36A9F"/>
     <w:rsid w:val="00F376EE"/>
     <w:rsid w:val="00F47F4D"/>
     <w:rsid w:val="00F64A4B"/>
     <w:rsid w:val="00F8255B"/>
     <w:rsid w:val="00F86DE9"/>
     <w:rsid w:val="00F874A1"/>
     <w:rsid w:val="00FB48FC"/>
     <w:rsid w:val="00FC0729"/>
     <w:rsid w:val="00FC1A9B"/>
     <w:rsid w:val="00FC280E"/>
     <w:rsid w:val="00FF0E0D"/>
   </w:rsids>
@@ -9370,109 +9332,97 @@
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="TimesNewRomanPSMT">
-    <w:altName w:val="Calibri"/>
+    <w:altName w:val="Times New Roman"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="ArialMT">
     <w:altName w:val="MS Mincho"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="08070000" w:usb2="00000010" w:usb3="00000000" w:csb0="00020001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-[...11 lines deleted...]
-    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00BF3758"/>
     <w:rsid w:val="000106F9"/>
     <w:rsid w:val="000273CC"/>
     <w:rsid w:val="0005722E"/>
     <w:rsid w:val="00062318"/>
     <w:rsid w:val="000C04E8"/>
@@ -9494,78 +9444,82 @@
     <w:rsid w:val="00330160"/>
     <w:rsid w:val="003B26CD"/>
     <w:rsid w:val="003D4B88"/>
     <w:rsid w:val="003F6D58"/>
     <w:rsid w:val="00495C3B"/>
     <w:rsid w:val="004A3A30"/>
     <w:rsid w:val="004E797B"/>
     <w:rsid w:val="004F5804"/>
     <w:rsid w:val="00562D7C"/>
     <w:rsid w:val="00580F98"/>
     <w:rsid w:val="005A1526"/>
     <w:rsid w:val="005C3A33"/>
     <w:rsid w:val="005C3C80"/>
     <w:rsid w:val="005C4097"/>
     <w:rsid w:val="005F1A43"/>
     <w:rsid w:val="005F3BB6"/>
     <w:rsid w:val="006028CA"/>
     <w:rsid w:val="00607457"/>
     <w:rsid w:val="00684F82"/>
     <w:rsid w:val="006A0D1F"/>
     <w:rsid w:val="00754280"/>
     <w:rsid w:val="007A464A"/>
     <w:rsid w:val="007A5398"/>
     <w:rsid w:val="0080735D"/>
     <w:rsid w:val="008168D1"/>
+    <w:rsid w:val="00892E6E"/>
     <w:rsid w:val="008B46AD"/>
     <w:rsid w:val="008B4DB8"/>
     <w:rsid w:val="00A31C23"/>
     <w:rsid w:val="00A34793"/>
     <w:rsid w:val="00AD6ED6"/>
     <w:rsid w:val="00B00858"/>
     <w:rsid w:val="00B00EFB"/>
     <w:rsid w:val="00B11269"/>
     <w:rsid w:val="00B324CD"/>
     <w:rsid w:val="00B648E9"/>
     <w:rsid w:val="00BA747E"/>
     <w:rsid w:val="00BF3758"/>
     <w:rsid w:val="00C34E1C"/>
     <w:rsid w:val="00C67811"/>
     <w:rsid w:val="00C8094E"/>
     <w:rsid w:val="00C86FE7"/>
     <w:rsid w:val="00CC03D9"/>
     <w:rsid w:val="00CC7A3D"/>
     <w:rsid w:val="00D47B5E"/>
     <w:rsid w:val="00DB7154"/>
+    <w:rsid w:val="00E135AE"/>
     <w:rsid w:val="00E2660D"/>
     <w:rsid w:val="00E40A1C"/>
     <w:rsid w:val="00E66147"/>
+    <w:rsid w:val="00E91232"/>
     <w:rsid w:val="00EA0842"/>
     <w:rsid w:val="00EB7CFD"/>
     <w:rsid w:val="00ED5D04"/>
     <w:rsid w:val="00EF7515"/>
     <w:rsid w:val="00F3033A"/>
+    <w:rsid w:val="00F32209"/>
     <w:rsid w:val="00FD58DC"/>
     <w:rsid w:val="00FF1D54"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
@@ -10362,69 +10316,69 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{88C5F04C-71D2-47FE-B73E-FFC412A996F0}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>760</Words>
-  <Characters>4335</Characters>
+  <Words>762</Words>
+  <Characters>4350</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>36</Lines>
   <Paragraphs>10</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>USN Team</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5085</CharactersWithSpaces>
+  <CharactersWithSpaces>5102</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Morozova</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>