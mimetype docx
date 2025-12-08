--- v0 (2025-10-08)
+++ v1 (2025-12-08)
@@ -11488,50 +11488,59 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="26904FF1" w14:textId="77777777" w:rsidR="009B3DF3" w:rsidRDefault="009B3DF3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="7F98B961" w14:textId="77777777" w:rsidR="009B3DF3" w:rsidRDefault="009B3DF3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p>
+    <w:r xmlns:v="urn:schemas-microsoft-com:vml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
+      <w:pict xmlns:v="urn:schemas-microsoft-com:vml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
+        <v:shape xmlns:v="urn:schemas-microsoft-com:vml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" id="WatermarkShape" type="#_x0000_t75" style="position:absolute; left:-380pt; top:350pt; width:700pt; height:40pt; rotation:270; fill-opacity:0.3; mso-wrap-style:behind; z-index:-1" stroked="f" filled="t">
+          <v:imagedata xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rIdWmImg2" o:title=""/>
+        </v:shape>
+      </w:pict>
+    </w:r>
+  </w:p>
   <w:p w14:paraId="18312BE2" w14:textId="77777777" w:rsidR="00F464AF" w:rsidRDefault="002750DC">
     <w:pPr>
       <w:spacing w:after="0"/>
       <w:ind w:left="-19"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wpg">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657216" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3F5FC55F" wp14:editId="5823ACBF">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
                 <wp:posOffset>1071880</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:posOffset>360045</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="6130290" cy="508635"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapSquare wrapText="bothSides"/>
               <wp:docPr id="20588" name="Group 20588"/>
               <wp:cNvGraphicFramePr>
@@ -12054,50 +12063,59 @@
                 <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
                 <o:lock v:ext="edit" aspectratio="t"/>
               </v:shapetype>
               <v:shape id="Picture 20592" o:spid="_x0000_s1035" type="#_x0000_t75" style="position:absolute;left:535;width:3715;height:4667;visibility:visible;mso-wrap-style:square" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBBsfCexgAAAN4AAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvQv/D8gredLcBa01dJQiBeiloi+DtkX0mwezbkF2T9N93BcHjMDPfMOvtaBvRU+drxxre5goE&#10;ceFMzaWG35989gHCB2SDjWPS8EcetpuXyRpT4wY+UH8MpYgQ9ilqqEJoUyl9UZFFP3ctcfQurrMY&#10;ouxKaTocItw2MlHqXVqsOS5U2NKuouJ6vFkNJsuW+bA/3fik8t13vjof+v1Z6+nrmH2CCDSGZ/jR&#10;/jIaErVYJXC/E6+A3PwDAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAA&#10;AAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAA&#10;CwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAQbHwnsYAAADeAAAA&#10;DwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPoCAAAAAA==&#10;">
                 <v:imagedata r:id="rId2" o:title=""/>
               </v:shape>
               <w10:wrap type="square" anchorx="page" anchory="page"/>
             </v:group>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r w:rsidR="008845DF">
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
         <w:sz w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p>
+    <w:r xmlns:v="urn:schemas-microsoft-com:vml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
+      <w:pict xmlns:v="urn:schemas-microsoft-com:vml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
+        <v:shape xmlns:v="urn:schemas-microsoft-com:vml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" id="WatermarkShape" type="#_x0000_t75" style="position:absolute; left:-380pt; top:350pt; width:700pt; height:40pt; rotation:270; fill-opacity:0.3; mso-wrap-style:behind; z-index:-1" stroked="f" filled="t">
+          <v:imagedata xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rIdWmImg1" o:title=""/>
+        </v:shape>
+      </w:pict>
+    </w:r>
+  </w:p>
   <w:p w14:paraId="493D3DC7" w14:textId="77777777" w:rsidR="00F464AF" w:rsidRDefault="002750DC">
     <w:pPr>
       <w:spacing w:after="0"/>
       <w:ind w:left="-19"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wpg">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6BA6F00E" wp14:editId="39AF5B77">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
                 <wp:posOffset>1076325</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:posOffset>361950</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="6130290" cy="511683"/>
               <wp:effectExtent l="0" t="0" r="3810" b="3175"/>
               <wp:wrapSquare wrapText="bothSides"/>
               <wp:docPr id="20545" name="Group 20545"/>
               <wp:cNvGraphicFramePr>
@@ -12648,50 +12666,59 @@
                 <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
                 <o:lock v:ext="edit" aspectratio="t"/>
               </v:shapetype>
               <v:shape id="Picture 20549" o:spid="_x0000_s1045" type="#_x0000_t75" style="position:absolute;left:535;width:3715;height:4667;visibility:visible;mso-wrap-style:square" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAxdU6oxgAAAN4AAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Pi8Iw&#10;FMTvwn6H8ARvmij7R6tRilDQy4K6CN4ezbMtNi+liW33228WFvY4zMxvmM1usLXoqPWVYw3zmQJB&#10;nDtTcaHh65JNlyB8QDZYOyYN3+Rht30ZbTAxrucTdedQiAhhn6CGMoQmkdLnJVn0M9cQR+/uWosh&#10;yraQpsU+wm0tF0q9S4sVx4USG9qXlD/OT6vBpOlH1h+vT76qbP+ZrW6n7njTejIe0jWIQEP4D/+1&#10;D0bDQr29ruD3TrwCcvsDAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAA&#10;AAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAA&#10;CwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAMXVOqMYAAADeAAAA&#10;DwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPoCAAAAAA==&#10;">
                 <v:imagedata r:id="rId2" o:title=""/>
               </v:shape>
               <w10:wrap type="square" anchorx="page" anchory="page"/>
             </v:group>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r w:rsidR="008845DF">
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
         <w:sz w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p>
+    <w:r xmlns:v="urn:schemas-microsoft-com:vml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
+      <w:pict xmlns:v="urn:schemas-microsoft-com:vml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
+        <v:shape xmlns:v="urn:schemas-microsoft-com:vml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" id="WatermarkShape" type="#_x0000_t75" style="position:absolute; left:-380pt; top:350pt; width:700pt; height:40pt; rotation:270; fill-opacity:0.3; mso-wrap-style:behind; z-index:-1" stroked="f" filled="t">
+          <v:imagedata xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rIdWmImg3" o:title=""/>
+        </v:shape>
+      </w:pict>
+    </w:r>
+  </w:p>
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="9986" w:type="dxa"/>
       <w:tblInd w:w="-158" w:type="dxa"/>
       <w:tblBorders>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblLook w:val="00A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="896"/>
       <w:gridCol w:w="9090"/>
     </w:tblGrid>
     <w:tr w:rsidR="00E97AED" w:rsidRPr="00804957" w14:paraId="16A11D04" w14:textId="77777777" w:rsidTr="00D94298">
       <w:trPr>
         <w:trHeight w:val="277"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="896" w:type="dxa"/>
           <w:tcBorders>
             <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
           </w:tcBorders>
           <w:vAlign w:val="center"/>
         </w:tcPr>
@@ -13612,59 +13639,62 @@
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1490095614">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpg"/><Relationship Id="rIdWmImg2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/wm.png"/></Relationships>
+
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpg"/><Relationship Id="rIdWmImg1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/wm.png"/></Relationships>
+
 </file>
 
 <file path=word/_rels/header3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rIdWmImg3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/wm.png"/></Relationships>
+
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>