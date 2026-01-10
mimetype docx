--- v0 (2025-10-08)
+++ v1 (2026-01-10)
@@ -716,230 +716,190 @@
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> инженерно-геологических изысканий </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3D80D9AC" w14:textId="4F50E307" w:rsidR="007A4485" w:rsidRPr="007F66CA" w:rsidRDefault="00417147" w:rsidP="00417147">
             <w:pPr>
               <w:pStyle w:val="af6"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve">открытого акционерного </w:t>
-[...2 lines deleted...]
-            <w:r>
+              <w:t xml:space="preserve">открытого акционерного общества </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00417147">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve">общества </w:t>
-[...34 lines deleted...]
-              <w:t>»</w:t>
+              <w:t xml:space="preserve"> «Институт Гомельгражданпроект»</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="0360B86D" w14:textId="77777777" w:rsidR="00D223F7" w:rsidRPr="005C7B39" w:rsidRDefault="00D223F7" w:rsidP="00BE099B">
       <w:pPr>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="120" w:lineRule="auto"/>
         <w:ind w:left="142"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="4930" w:type="pct"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="562"/>
         <w:gridCol w:w="2410"/>
         <w:gridCol w:w="1137"/>
         <w:gridCol w:w="1842"/>
         <w:gridCol w:w="1700"/>
         <w:gridCol w:w="1842"/>
       </w:tblGrid>
       <w:tr w:rsidR="00F40980" w:rsidRPr="007A4175" w14:paraId="28BC4E9D" w14:textId="77777777" w:rsidTr="008130C0">
         <w:trPr>
           <w:trHeight w:val="1277"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="308FDE4D" w14:textId="77777777" w:rsidR="00F40980" w:rsidRPr="007A4175" w:rsidRDefault="00F40980" w:rsidP="007A4175">
             <w:pPr>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="280" w:lineRule="exact"/>
               <w:ind w:left="-106" w:right="-79"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007A4175">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>№ п/п</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1A500C5D" w14:textId="77777777" w:rsidR="00F40980" w:rsidRPr="007A4175" w:rsidRDefault="00F40980" w:rsidP="007A4175">
             <w:pPr>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="280" w:lineRule="exact"/>
               <w:ind w:left="-106" w:right="-79"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007A4175">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Наименование объекта</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1137" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0BF6FDD7" w14:textId="77777777" w:rsidR="00F40980" w:rsidRPr="007A4175" w:rsidRDefault="00F40980" w:rsidP="007A4175">
             <w:pPr>
               <w:ind w:left="-106" w:right="-79"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007A4175">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Код</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1842" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1D74E179" w14:textId="77777777" w:rsidR="007A4175" w:rsidRDefault="00F40980" w:rsidP="007A4175">
             <w:pPr>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="280" w:lineRule="exact"/>
               <w:ind w:left="-106" w:right="-79"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007A4175">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Наименование </w:t>
             </w:r>
           </w:p>
@@ -971,51 +931,50 @@
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="280" w:lineRule="exact"/>
               <w:ind w:left="-106" w:right="-79"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007A4175">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>параметры)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1700" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="199EAD64" w14:textId="77777777" w:rsidR="007A4175" w:rsidRDefault="00F40980" w:rsidP="007A4175">
             <w:pPr>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="280" w:lineRule="exact"/>
               <w:ind w:left="-106" w:right="-79"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007A4175">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Обозначение </w:t>
             </w:r>
           </w:p>
@@ -1070,51 +1029,50 @@
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="280" w:lineRule="exact"/>
               <w:ind w:left="-106" w:right="-79"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007A4175">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>объекту</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1842" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="682D8724" w14:textId="77777777" w:rsidR="007A4175" w:rsidRDefault="00F40980" w:rsidP="007A4175">
             <w:pPr>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="280" w:lineRule="exact"/>
               <w:ind w:left="-106" w:right="-79"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007A4175">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Обозначение </w:t>
             </w:r>
           </w:p>
@@ -1514,69 +1472,51 @@
               <w:t xml:space="preserve">инженерно-геологическая лаборатория отдела инженерно-геологических изысканий </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="124C8351" w14:textId="70989A61" w:rsidR="0090767F" w:rsidRPr="00417147" w:rsidRDefault="00417147" w:rsidP="00E274D1">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A81550">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">   ул. </w:t>
-[...17 lines deleted...]
-              <w:t>, д.6Б, 246050, г. Гомель, Гомельская область</w:t>
+              <w:t xml:space="preserve">   ул. Ирининская, д.6Б, 246050, г. Гомель, Гомельская область</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00654FF8" w:rsidRPr="0038569C" w14:paraId="17652996" w14:textId="77777777" w:rsidTr="008130C0">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:tblBorders>
           <w:tblLook w:val="0400" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="240"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
@@ -1818,67 +1758,51 @@
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="6" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="6" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="6BCFA120" w14:textId="79991C4C" w:rsidR="00654FF8" w:rsidRPr="00417147" w:rsidRDefault="00654FF8" w:rsidP="00417147">
             <w:pPr>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00417147">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">ГОСТ </w:t>
-[...15 lines deleted...]
-              <w:t xml:space="preserve"> п. 5</w:t>
+              <w:t>ГОСТ 5180-2015 п. 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00654FF8" w:rsidRPr="0038569C" w14:paraId="7EB179E7" w14:textId="77777777" w:rsidTr="003F57E3">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:tblBorders>
           <w:tblLook w:val="0400" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="240"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
@@ -2108,67 +2032,51 @@
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="6" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="6" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="1659662D" w14:textId="2DD97722" w:rsidR="00654FF8" w:rsidRPr="00417147" w:rsidRDefault="00654FF8" w:rsidP="00417147">
             <w:pPr>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00417147">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">ГОСТ </w:t>
-[...15 lines deleted...]
-              <w:t xml:space="preserve"> п. 7</w:t>
+              <w:t>ГОСТ 5180-2015 п. 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00654FF8" w:rsidRPr="0038569C" w14:paraId="1BB14929" w14:textId="77777777" w:rsidTr="003F57E3">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:tblBorders>
           <w:tblLook w:val="0400" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="240"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
@@ -2398,67 +2306,51 @@
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="6" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="6" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="5EA28410" w14:textId="01DF92E3" w:rsidR="00654FF8" w:rsidRPr="00417147" w:rsidRDefault="00654FF8" w:rsidP="00417147">
             <w:pPr>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00417147">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">ГОСТ </w:t>
-[...15 lines deleted...]
-              <w:t xml:space="preserve"> п. 8</w:t>
+              <w:t>ГОСТ 5180-2015 п. 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00654FF8" w:rsidRPr="0038569C" w14:paraId="4068FBEB" w14:textId="77777777" w:rsidTr="003F57E3">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:tblBorders>
           <w:tblLook w:val="0400" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="516"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
@@ -2643,59 +2535,51 @@
               <w:ind w:left="57"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1842" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="6" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="6" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="565F6FAE" w14:textId="77777777" w:rsidR="00654FF8" w:rsidRDefault="00654FF8" w:rsidP="00594FF9">
             <w:r w:rsidRPr="005B607D">
-              <w:t xml:space="preserve">ГОСТ </w:t>
-[...7 lines deleted...]
-              <w:t xml:space="preserve"> п. 9</w:t>
+              <w:t>ГОСТ 5180-2015 п. 9</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="72945AB6" w14:textId="77777777" w:rsidR="00654FF8" w:rsidRPr="00417147" w:rsidRDefault="00654FF8" w:rsidP="00594FF9">
             <w:pPr>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00654FF8" w:rsidRPr="0038569C" w14:paraId="2436298C" w14:textId="77777777" w:rsidTr="003F57E3">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -2916,67 +2800,51 @@
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="6" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="6" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="6B11C818" w14:textId="6D6524F6" w:rsidR="00654FF8" w:rsidRPr="00594FF9" w:rsidRDefault="00654FF8" w:rsidP="00594FF9">
             <w:pPr>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00417147">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">ГОСТ </w:t>
-[...15 lines deleted...]
-              <w:t xml:space="preserve"> п.13</w:t>
+              <w:t>ГОСТ 5180-2015 п.13</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00654FF8" w:rsidRPr="0038569C" w14:paraId="15C0EFF2" w14:textId="77777777" w:rsidTr="003F57E3">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:tblBorders>
           <w:tblLook w:val="0400" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="240"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
@@ -3184,68 +3052,59 @@
             <w:tcW w:w="1842" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="6" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="6" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="17B6570D" w14:textId="4E4E16E8" w:rsidR="00654FF8" w:rsidRPr="00417147" w:rsidRDefault="00654FF8" w:rsidP="00594FF9">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00417147">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">ГОСТ </w:t>
-[...7 lines deleted...]
-              <w:t>25584-20</w:t>
+              <w:t>ГОСТ 25584-20</w:t>
             </w:r>
             <w:r w:rsidR="004016C5">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>23</w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="00417147">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="07B06936" w14:textId="1018C782" w:rsidR="00654FF8" w:rsidRPr="00417147" w:rsidRDefault="00654FF8" w:rsidP="00594FF9">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00417147">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">п. </w:t>
             </w:r>
             <w:r w:rsidR="004016C5">
               <w:rPr>
                 <w:sz w:val="22"/>
@@ -3483,61 +3342,52 @@
             <w:tcW w:w="1842" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="6" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="6" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="78142B7D" w14:textId="77777777" w:rsidR="00654FF8" w:rsidRPr="00417147" w:rsidRDefault="00654FF8" w:rsidP="00594FF9">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00417147">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">ГОСТ </w:t>
-[...9 lines deleted...]
-            <w:proofErr w:type="gramEnd"/>
+              <w:t>ГОСТ 12248.1-2020</w:t>
+            </w:r>
           </w:p>
           <w:p w14:paraId="55D5EEAF" w14:textId="062631DD" w:rsidR="00654FF8" w:rsidRPr="00417147" w:rsidRDefault="00654FF8" w:rsidP="00594FF9">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00654FF8" w:rsidRPr="0038569C" w14:paraId="427B998C" w14:textId="77777777" w:rsidTr="00654FF8">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
@@ -3817,4640 +3667,4454 @@
             <w:tcW w:w="1842" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="6" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="6" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="69F32CDA" w14:textId="77777777" w:rsidR="00654FF8" w:rsidRPr="00594FF9" w:rsidRDefault="00654FF8" w:rsidP="00594FF9">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00594FF9">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">ГОСТ </w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="gramStart"/>
+              <w:t>ГОСТ 12536-2014</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5B2C02FD" w14:textId="310C90D8" w:rsidR="00654FF8" w:rsidRPr="00594FF9" w:rsidRDefault="00654FF8" w:rsidP="00594FF9">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="00594FF9">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>12536-2014</w:t>
-[...22 lines deleted...]
-              </w:rPr>
               <w:t>п.4.2 (ситовой анализ с промывкой водой)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00654FF8" w:rsidRPr="0038569C" w14:paraId="581B0B90" w14:textId="77777777" w:rsidTr="00FD65D7">
+      <w:tr w:rsidR="00251370" w:rsidRPr="0038569C" w14:paraId="4501CB92" w14:textId="77777777" w:rsidTr="00E776AB">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:tblBorders>
           <w:tblLook w:val="0400" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         </w:tblPrEx>
         <w:trPr>
-          <w:trHeight w:val="267"/>
+          <w:trHeight w:val="255"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:bottom w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="6" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="6" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="4501DADB" w14:textId="7ACE6D20" w:rsidR="00654FF8" w:rsidRPr="00594FF9" w:rsidRDefault="00654FF8" w:rsidP="00BE099B">
+          <w:p w14:paraId="657C0498" w14:textId="3DC35BF4" w:rsidR="00251370" w:rsidRPr="00594FF9" w:rsidRDefault="00251370" w:rsidP="00251370">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00594FF9">
+            <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>1.9*</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="6" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="6" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="61C92CA9" w14:textId="23A1AEC2" w:rsidR="00251370" w:rsidRPr="00594FF9" w:rsidRDefault="00251370" w:rsidP="00251370">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:ind w:left="57"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00417147">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Грунт</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1137" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="6" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="6" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="0CBA1E59" w14:textId="77777777" w:rsidR="00251370" w:rsidRPr="00594FF9" w:rsidRDefault="00251370" w:rsidP="00251370">
+            <w:pPr>
+              <w:spacing w:line="216" w:lineRule="auto"/>
+              <w:ind w:left="-107" w:right="-105"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00594FF9">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>100.06/</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7DC32961" w14:textId="5B2AF5F3" w:rsidR="00251370" w:rsidRPr="00654FF8" w:rsidRDefault="00251370" w:rsidP="00251370">
+            <w:pPr>
+              <w:spacing w:line="216" w:lineRule="auto"/>
+              <w:ind w:left="-107" w:right="-105"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00594FF9">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>29.040</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="6" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="6" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="0909CF9B" w14:textId="77777777" w:rsidR="00251370" w:rsidRPr="00BE099B" w:rsidRDefault="00251370" w:rsidP="00251370">
+            <w:pPr>
+              <w:overflowPunct w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE099B">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Массовая доля</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="43177436" w14:textId="586E2D39" w:rsidR="00251370" w:rsidRPr="00594FF9" w:rsidRDefault="00251370" w:rsidP="00251370">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:overflowPunct w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE099B">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>органических веществ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1700" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="6" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="6" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="75D20CC3" w14:textId="283165BA" w:rsidR="00251370" w:rsidRPr="00594FF9" w:rsidRDefault="00251370" w:rsidP="00251370">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:ind w:left="57"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE099B">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Фактические значения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="6" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="6" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="74012378" w14:textId="77777777" w:rsidR="00251370" w:rsidRPr="00BE099B" w:rsidRDefault="00251370" w:rsidP="00251370">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE099B">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>ГОСТ 26213-2021 п.6.2</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="16408A2E" w14:textId="3C9D45F4" w:rsidR="00251370" w:rsidRPr="00594FF9" w:rsidRDefault="00D516B4" w:rsidP="00251370">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE099B">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>ГОСТ 27784-88</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C704A5" w:rsidRPr="0038569C" w14:paraId="581B0B90" w14:textId="77777777" w:rsidTr="00150B04">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:tblBorders>
+          <w:tblLook w:val="0400" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="530"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="562" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="6" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="6" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="4501DADB" w14:textId="654B1C4D" w:rsidR="00C704A5" w:rsidRPr="00594FF9" w:rsidRDefault="00C704A5" w:rsidP="00251370">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1.10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="6" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="6" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="7335DEF8" w14:textId="762BA47D" w:rsidR="00C704A5" w:rsidRPr="00594FF9" w:rsidRDefault="00C704A5" w:rsidP="00251370">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:ind w:left="57"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1137" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="6" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="6" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="7335DEF8" w14:textId="57361D16" w:rsidR="00654FF8" w:rsidRPr="00594FF9" w:rsidRDefault="00654FF8" w:rsidP="00BE099B">
-[...28 lines deleted...]
-            <w:vMerge w:val="restart"/>
+          <w:p w14:paraId="53AEF347" w14:textId="77777777" w:rsidR="00C704A5" w:rsidRPr="00594FF9" w:rsidRDefault="00C704A5" w:rsidP="00251370">
+            <w:pPr>
+              <w:spacing w:line="216" w:lineRule="auto"/>
+              <w:ind w:left="-107" w:right="-105"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00594FF9">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>100.06/</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="74B7C102" w14:textId="79B7BE43" w:rsidR="00C704A5" w:rsidRPr="00654FF8" w:rsidRDefault="00C704A5" w:rsidP="00251370">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:spacing w:line="216" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00594FF9">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>29.040</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="6" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="6" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="16FDC428" w14:textId="77777777" w:rsidR="00654FF8" w:rsidRPr="00594FF9" w:rsidRDefault="00654FF8" w:rsidP="00654FF8">
-[...37 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="48745FBD" w14:textId="5994E166" w:rsidR="00C704A5" w:rsidRPr="00594FF9" w:rsidRDefault="00C704A5" w:rsidP="00251370">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:overflowPunct w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00251370">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Зольность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1700" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="6" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="6" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="3389B2CC" w14:textId="49FDC9BE" w:rsidR="00C704A5" w:rsidRPr="00594FF9" w:rsidRDefault="00C704A5" w:rsidP="00251370">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:ind w:left="57"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1842" w:type="dxa"/>
-            <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="nil"/>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...9 lines deleted...]
-            <w:pPr>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="6" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="6" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="449D0D7B" w14:textId="6BB4292C" w:rsidR="00C704A5" w:rsidRPr="00594FF9" w:rsidRDefault="00C704A5" w:rsidP="00251370">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE099B">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Массовая доля</w:t>
-[...134 lines deleted...]
-              </w:rPr>
               <w:t>ГОСТ 27784-88</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00654FF8" w:rsidRPr="0038569C" w14:paraId="3CF90616" w14:textId="77777777" w:rsidTr="00121B47">
+      <w:tr w:rsidR="00251370" w:rsidRPr="0038569C" w14:paraId="51F1C3A4" w14:textId="77777777" w:rsidTr="00594FF9">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:tblBorders>
           <w:tblLook w:val="0400" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="240"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="6" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="6" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="13111BDE" w14:textId="572CF9FE" w:rsidR="00654FF8" w:rsidRPr="00295E4A" w:rsidRDefault="00654FF8" w:rsidP="00654FF8">
+          <w:p w14:paraId="1226824D" w14:textId="7C2FB493" w:rsidR="00251370" w:rsidRPr="00295E4A" w:rsidRDefault="00251370" w:rsidP="00251370">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>1.10</w:t>
+              <w:t>1.11*</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
-            <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="6" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="6" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="1266D8CF" w14:textId="77777777" w:rsidR="00654FF8" w:rsidRPr="00295E4A" w:rsidRDefault="00654FF8" w:rsidP="00654FF8">
+          <w:p w14:paraId="6A6189BB" w14:textId="77777777" w:rsidR="00251370" w:rsidRPr="00295E4A" w:rsidRDefault="00251370" w:rsidP="00251370">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1137" w:type="dxa"/>
-            <w:vMerge/>
-            <w:tcBorders>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="6" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="6" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="0E9849C7" w14:textId="44245E1F" w:rsidR="00654FF8" w:rsidRPr="00594FF9" w:rsidRDefault="00654FF8" w:rsidP="00654FF8">
-[...7 lines deleted...]
-              </w:pBdr>
+          <w:p w14:paraId="7B7F217E" w14:textId="77777777" w:rsidR="00251370" w:rsidRPr="00594FF9" w:rsidRDefault="00251370" w:rsidP="00251370">
+            <w:pPr>
+              <w:spacing w:line="216" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00594FF9">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>100.06/</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3AEDA8E5" w14:textId="5734DC0D" w:rsidR="00251370" w:rsidRPr="00594FF9" w:rsidRDefault="00251370" w:rsidP="00251370">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:spacing w:line="216" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00594FF9">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>29.113</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1842" w:type="dxa"/>
-            <w:vMerge/>
-            <w:tcBorders>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="6" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="6" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="03532333" w14:textId="3EFDA7DE" w:rsidR="00654FF8" w:rsidRPr="00BE099B" w:rsidRDefault="00654FF8" w:rsidP="00654FF8">
-[...13 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="4A752A7D" w14:textId="21EAD38A" w:rsidR="00251370" w:rsidRPr="00BE099B" w:rsidRDefault="00251370" w:rsidP="00251370">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:overflowPunct w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE099B">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Удельное электрическое сопротивление</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1700" w:type="dxa"/>
-            <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="6" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="6" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="277A0F14" w14:textId="77777777" w:rsidR="00654FF8" w:rsidRPr="00BE099B" w:rsidRDefault="00654FF8" w:rsidP="00654FF8">
+          <w:p w14:paraId="0BEBDA53" w14:textId="77777777" w:rsidR="00251370" w:rsidRPr="00BE099B" w:rsidRDefault="00251370" w:rsidP="00251370">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1842" w:type="dxa"/>
-            <w:vMerge/>
-            <w:tcBorders>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="6" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="6" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="34B5C951" w14:textId="6E3DFF58" w:rsidR="00654FF8" w:rsidRPr="00BE099B" w:rsidRDefault="00654FF8" w:rsidP="00654FF8">
-[...7 lines deleted...]
-              </w:pBdr>
+          <w:p w14:paraId="48C20F6D" w14:textId="77777777" w:rsidR="00251370" w:rsidRPr="00BE099B" w:rsidRDefault="00251370" w:rsidP="00251370">
+            <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00BE099B">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>ГОСТ 9.602-2016</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="57D6AE93" w14:textId="77777777" w:rsidR="00251370" w:rsidRPr="00BE099B" w:rsidRDefault="00251370" w:rsidP="00251370">
+            <w:pPr>
+              <w:overflowPunct w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE099B">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Прил. А.2</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="72235E9E" w14:textId="77777777" w:rsidR="00251370" w:rsidRPr="00BE099B" w:rsidRDefault="00251370" w:rsidP="00251370">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00654FF8" w:rsidRPr="0038569C" w14:paraId="51F1C3A4" w14:textId="77777777" w:rsidTr="00594FF9">
+      <w:tr w:rsidR="00251370" w:rsidRPr="0038569C" w14:paraId="1C042F67" w14:textId="77777777" w:rsidTr="00594FF9">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:tblBorders>
           <w:tblLook w:val="0400" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="240"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="6" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="6" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="1226824D" w14:textId="7C2FB493" w:rsidR="00654FF8" w:rsidRPr="00295E4A" w:rsidRDefault="00654FF8" w:rsidP="00654FF8">
+          <w:p w14:paraId="2C31AEBA" w14:textId="72B05353" w:rsidR="00251370" w:rsidRPr="00295E4A" w:rsidRDefault="00251370" w:rsidP="00251370">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>1.11*</w:t>
+              <w:t>1.12*</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="6" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="6" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="6A6189BB" w14:textId="77777777" w:rsidR="00654FF8" w:rsidRPr="00295E4A" w:rsidRDefault="00654FF8" w:rsidP="00654FF8">
+          <w:p w14:paraId="0908EF43" w14:textId="77777777" w:rsidR="00251370" w:rsidRPr="00295E4A" w:rsidRDefault="00251370" w:rsidP="00251370">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1137" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="6" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="6" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="7B7F217E" w14:textId="77777777" w:rsidR="00654FF8" w:rsidRPr="00594FF9" w:rsidRDefault="00654FF8" w:rsidP="00654FF8">
-            <w:pPr>
+          <w:p w14:paraId="27636002" w14:textId="77777777" w:rsidR="00251370" w:rsidRPr="00594FF9" w:rsidRDefault="00251370" w:rsidP="00251370">
+            <w:pPr>
+              <w:spacing w:line="216" w:lineRule="auto"/>
+              <w:ind w:left="-107" w:right="-112"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00594FF9">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>100.06/</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3AEDA8E5" w14:textId="5734DC0D" w:rsidR="00654FF8" w:rsidRPr="00594FF9" w:rsidRDefault="00654FF8" w:rsidP="00654FF8">
-[...7 lines deleted...]
-              </w:pBdr>
+          <w:p w14:paraId="36CFA113" w14:textId="2A66FD80" w:rsidR="00251370" w:rsidRPr="00594FF9" w:rsidRDefault="00251370" w:rsidP="00251370">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:spacing w:line="216" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00594FF9">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>29.113</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1842" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="6" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="6" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="4A752A7D" w14:textId="21EAD38A" w:rsidR="00654FF8" w:rsidRPr="00BE099B" w:rsidRDefault="00654FF8" w:rsidP="00654FF8">
-[...95 lines deleted...]
-            <w:pPr>
+          <w:p w14:paraId="56633788" w14:textId="4C17E9FF" w:rsidR="00251370" w:rsidRPr="00251370" w:rsidRDefault="00251370" w:rsidP="00251370">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE099B">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Средняя плотность катодного тока</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1700" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="6" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="6" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="3756503F" w14:textId="7F07E592" w:rsidR="00251370" w:rsidRPr="00BE099B" w:rsidRDefault="00251370" w:rsidP="00251370">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:ind w:left="57"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="6" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="6" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="42AF366E" w14:textId="77777777" w:rsidR="00251370" w:rsidRPr="00BE099B" w:rsidRDefault="00251370" w:rsidP="00251370">
+            <w:pPr>
               <w:jc w:val="both"/>
-              <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE099B">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Прил. А.2</w:t>
-[...16 lines deleted...]
-            </w:pPr>
+              <w:t>ГОСТ 9.602-2016</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="055153B0" w14:textId="56C7E590" w:rsidR="00251370" w:rsidRPr="00BE099B" w:rsidRDefault="00251370" w:rsidP="00251370">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:ind w:left="57"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE099B">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Прил. Б</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00654FF8" w:rsidRPr="0038569C" w14:paraId="1C042F67" w14:textId="77777777" w:rsidTr="00594FF9">
+      <w:tr w:rsidR="00251370" w:rsidRPr="0038569C" w14:paraId="1F2F705F" w14:textId="77777777" w:rsidTr="00594FF9">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:tblBorders>
           <w:tblLook w:val="0400" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="240"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="6" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="6" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="2C31AEBA" w14:textId="72B05353" w:rsidR="00654FF8" w:rsidRPr="00295E4A" w:rsidRDefault="00654FF8" w:rsidP="00654FF8">
+          <w:p w14:paraId="7AA59E9E" w14:textId="14BCFF31" w:rsidR="00251370" w:rsidRPr="00295E4A" w:rsidRDefault="00251370" w:rsidP="00251370">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>1.12*</w:t>
+              <w:t>1.13*</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="6" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="6" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="0908EF43" w14:textId="77777777" w:rsidR="00654FF8" w:rsidRPr="00295E4A" w:rsidRDefault="00654FF8" w:rsidP="00654FF8">
+          <w:p w14:paraId="3EC30524" w14:textId="77777777" w:rsidR="00251370" w:rsidRPr="00295E4A" w:rsidRDefault="00251370" w:rsidP="00251370">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1137" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="6" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="6" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="27636002" w14:textId="77777777" w:rsidR="00654FF8" w:rsidRPr="00594FF9" w:rsidRDefault="00654FF8" w:rsidP="00654FF8">
-            <w:pPr>
+          <w:p w14:paraId="4DBEA9B7" w14:textId="77777777" w:rsidR="00251370" w:rsidRPr="00594FF9" w:rsidRDefault="00251370" w:rsidP="00251370">
+            <w:pPr>
+              <w:spacing w:line="216" w:lineRule="auto"/>
               <w:ind w:left="-107" w:right="-112"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00594FF9">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>100.06/</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="36CFA113" w14:textId="2A66FD80" w:rsidR="00654FF8" w:rsidRPr="00594FF9" w:rsidRDefault="00654FF8" w:rsidP="00654FF8">
-[...7 lines deleted...]
-              </w:pBdr>
+          <w:p w14:paraId="5AA905BA" w14:textId="2681BA9B" w:rsidR="00251370" w:rsidRPr="00594FF9" w:rsidRDefault="00251370" w:rsidP="00251370">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:spacing w:line="216" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00594FF9">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>29.113</w:t>
+              <w:t>08.149</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1842" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="6" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="6" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="56633788" w14:textId="4C17E9FF" w:rsidR="00654FF8" w:rsidRPr="00BE099B" w:rsidRDefault="00654FF8" w:rsidP="00654FF8">
-[...10 lines deleted...]
-                <w:color w:val="000000"/>
+          <w:p w14:paraId="214D8DA2" w14:textId="59E0A014" w:rsidR="00251370" w:rsidRPr="00251370" w:rsidRDefault="00251370" w:rsidP="00251370">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:overflowPunct w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE099B">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Средняя плотность катодного тока</w:t>
+              <w:t xml:space="preserve">Хлориды в пересчёте на </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00251370">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>CLˉ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1700" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="6" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="6" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="3756503F" w14:textId="7F07E592" w:rsidR="00654FF8" w:rsidRPr="00BE099B" w:rsidRDefault="00654FF8" w:rsidP="00654FF8">
+          <w:p w14:paraId="373F4A42" w14:textId="77777777" w:rsidR="00251370" w:rsidRPr="00BE099B" w:rsidRDefault="00251370" w:rsidP="00251370">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:ind w:left="57"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1842" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="6" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="6" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="42AF366E" w14:textId="77777777" w:rsidR="00654FF8" w:rsidRPr="00BE099B" w:rsidRDefault="00654FF8" w:rsidP="00654FF8">
-[...2 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="1210879E" w14:textId="1969FBF4" w:rsidR="00251370" w:rsidRPr="00BE099B" w:rsidRDefault="00251370" w:rsidP="00251370">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:ind w:left="57"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE099B">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">ГОСТ </w:t>
-[...32 lines deleted...]
-              <w:t>Прил. Б</w:t>
+              <w:t>ГОСТ 26425-85 п. 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00654FF8" w:rsidRPr="0038569C" w14:paraId="1F2F705F" w14:textId="77777777" w:rsidTr="00594FF9">
+      <w:tr w:rsidR="00251370" w:rsidRPr="0038569C" w14:paraId="38AD67DB" w14:textId="77777777" w:rsidTr="00594FF9">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:tblBorders>
           <w:tblLook w:val="0400" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="240"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="6" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="6" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="7AA59E9E" w14:textId="14BCFF31" w:rsidR="00654FF8" w:rsidRPr="00295E4A" w:rsidRDefault="00654FF8" w:rsidP="00654FF8">
+          <w:p w14:paraId="796B8588" w14:textId="3196C31C" w:rsidR="00251370" w:rsidRPr="00295E4A" w:rsidRDefault="00251370" w:rsidP="00251370">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>1.13*</w:t>
+              <w:t>1.14*</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="6" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="6" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="3EC30524" w14:textId="77777777" w:rsidR="00654FF8" w:rsidRPr="00295E4A" w:rsidRDefault="00654FF8" w:rsidP="00654FF8">
+          <w:p w14:paraId="2CEEBB14" w14:textId="77777777" w:rsidR="00251370" w:rsidRPr="00295E4A" w:rsidRDefault="00251370" w:rsidP="00251370">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1137" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="6" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="6" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="4DBEA9B7" w14:textId="77777777" w:rsidR="00654FF8" w:rsidRPr="00594FF9" w:rsidRDefault="00654FF8" w:rsidP="00654FF8">
-            <w:pPr>
+          <w:p w14:paraId="11F38D92" w14:textId="77777777" w:rsidR="00251370" w:rsidRPr="00594FF9" w:rsidRDefault="00251370" w:rsidP="00251370">
+            <w:pPr>
+              <w:spacing w:line="216" w:lineRule="auto"/>
               <w:ind w:left="-107" w:right="-112"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00594FF9">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>100.06/</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5AA905BA" w14:textId="2681BA9B" w:rsidR="00654FF8" w:rsidRPr="00594FF9" w:rsidRDefault="00654FF8" w:rsidP="00654FF8">
-[...7 lines deleted...]
-              </w:pBdr>
+          <w:p w14:paraId="5D8BADBA" w14:textId="478AC9EB" w:rsidR="00251370" w:rsidRPr="00594FF9" w:rsidRDefault="00251370" w:rsidP="00251370">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:spacing w:line="216" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00594FF9">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>08.149</w:t>
+              <w:t>08.052</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1842" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="6" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="6" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="214D8DA2" w14:textId="59E0A014" w:rsidR="00654FF8" w:rsidRPr="00BE099B" w:rsidRDefault="00654FF8" w:rsidP="00654FF8">
-[...10 lines deleted...]
-                <w:color w:val="000000"/>
+          <w:p w14:paraId="5294B301" w14:textId="327118D5" w:rsidR="00251370" w:rsidRPr="00251370" w:rsidRDefault="00251370" w:rsidP="00251370">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:overflowPunct w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE099B">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">Хлориды в пересчёте на </w:t>
-[...15 lines deleted...]
-              <w:t>ˉ</w:t>
+              <w:t xml:space="preserve">Сульфаты в пересчёте на </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00251370">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>SO42-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1700" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="6" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="6" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="373F4A42" w14:textId="77777777" w:rsidR="00654FF8" w:rsidRPr="00BE099B" w:rsidRDefault="00654FF8" w:rsidP="00654FF8">
+          <w:p w14:paraId="2DA3FF90" w14:textId="77777777" w:rsidR="00251370" w:rsidRPr="00BE099B" w:rsidRDefault="00251370" w:rsidP="00251370">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:ind w:left="57"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1842" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="6" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="6" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="1210879E" w14:textId="1969FBF4" w:rsidR="00654FF8" w:rsidRPr="00BE099B" w:rsidRDefault="00654FF8" w:rsidP="00654FF8">
+          <w:p w14:paraId="078FF4C2" w14:textId="37D282C3" w:rsidR="00251370" w:rsidRPr="00BE099B" w:rsidRDefault="00251370" w:rsidP="00251370">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:ind w:left="57"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE099B">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">ГОСТ </w:t>
-[...15 lines deleted...]
-              <w:t xml:space="preserve"> п. 1</w:t>
+              <w:t>СТБ 2432-2015 п.8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00654FF8" w:rsidRPr="0038569C" w14:paraId="38AD67DB" w14:textId="77777777" w:rsidTr="00594FF9">
+      <w:tr w:rsidR="00251370" w:rsidRPr="0038569C" w14:paraId="0C9E1C4C" w14:textId="77777777" w:rsidTr="00594FF9">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:tblBorders>
           <w:tblLook w:val="0400" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="240"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="6" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="6" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="796B8588" w14:textId="3196C31C" w:rsidR="00654FF8" w:rsidRPr="00295E4A" w:rsidRDefault="00654FF8" w:rsidP="00654FF8">
+          <w:p w14:paraId="62C617F1" w14:textId="25FE1A9A" w:rsidR="00251370" w:rsidRPr="00295E4A" w:rsidRDefault="00251370" w:rsidP="00251370">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>1.14*</w:t>
+              <w:t>1.15*</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="6" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="6" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="2CEEBB14" w14:textId="77777777" w:rsidR="00654FF8" w:rsidRPr="00295E4A" w:rsidRDefault="00654FF8" w:rsidP="00654FF8">
+          <w:p w14:paraId="64916771" w14:textId="77777777" w:rsidR="00251370" w:rsidRPr="00295E4A" w:rsidRDefault="00251370" w:rsidP="00251370">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1137" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="6" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="6" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="11F38D92" w14:textId="77777777" w:rsidR="00654FF8" w:rsidRPr="00594FF9" w:rsidRDefault="00654FF8" w:rsidP="00654FF8">
-            <w:pPr>
+          <w:p w14:paraId="21EF5573" w14:textId="77777777" w:rsidR="00251370" w:rsidRPr="00594FF9" w:rsidRDefault="00251370" w:rsidP="00251370">
+            <w:pPr>
+              <w:spacing w:line="216" w:lineRule="auto"/>
               <w:ind w:left="-107" w:right="-112"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00594FF9">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>100.06/</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5D8BADBA" w14:textId="478AC9EB" w:rsidR="00654FF8" w:rsidRPr="00594FF9" w:rsidRDefault="00654FF8" w:rsidP="00654FF8">
-[...7 lines deleted...]
-              </w:pBdr>
+          <w:p w14:paraId="393A53A9" w14:textId="75ADD1C0" w:rsidR="00251370" w:rsidRPr="00594FF9" w:rsidRDefault="00251370" w:rsidP="00251370">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:spacing w:line="216" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00594FF9">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>08.052</w:t>
+              <w:t>29.119</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1842" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="6" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="6" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="5294B301" w14:textId="327118D5" w:rsidR="00654FF8" w:rsidRPr="00BE099B" w:rsidRDefault="00654FF8" w:rsidP="00654FF8">
-[...10 lines deleted...]
-                <w:color w:val="000000"/>
+          <w:p w14:paraId="0DA84CAB" w14:textId="7576CB52" w:rsidR="00251370" w:rsidRPr="00654FF8" w:rsidRDefault="00251370" w:rsidP="00251370">
+            <w:pPr>
+              <w:overflowPunct w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE099B">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">Сульфаты в пересчёте на </w:t>
+              <w:t xml:space="preserve">Максимальная плотность грунта с содержанием частиц </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00BE099B">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-                <w:lang w:val="en-US"/>
-[...17 lines deleted...]
-              <w:t>2-</w:t>
+              </w:rPr>
+              <w:t>до 5мм</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1700" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="6" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="6" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="2DA3FF90" w14:textId="77777777" w:rsidR="00654FF8" w:rsidRPr="00BE099B" w:rsidRDefault="00654FF8" w:rsidP="00654FF8">
+          <w:p w14:paraId="0C920089" w14:textId="77777777" w:rsidR="00251370" w:rsidRPr="00BE099B" w:rsidRDefault="00251370" w:rsidP="00251370">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:ind w:left="57"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1842" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="6" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="6" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="078FF4C2" w14:textId="37D282C3" w:rsidR="00654FF8" w:rsidRPr="00BE099B" w:rsidRDefault="00654FF8" w:rsidP="00654FF8">
+          <w:p w14:paraId="60D418AA" w14:textId="77777777" w:rsidR="00251370" w:rsidRPr="00BE099B" w:rsidRDefault="00251370" w:rsidP="00251370">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE099B">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>ГОСТ 22733-2016</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="43C321ED" w14:textId="77777777" w:rsidR="00251370" w:rsidRPr="00BE099B" w:rsidRDefault="00251370" w:rsidP="00251370">
+            <w:pPr>
+              <w:overflowPunct w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:ind w:right="-112"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE099B">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">п.п.6.1.1-6.1.5, 6.1.7, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="582B3506" w14:textId="2FF957B7" w:rsidR="00251370" w:rsidRPr="00BE099B" w:rsidRDefault="00251370" w:rsidP="00251370">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:ind w:left="57"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE099B">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">СТБ </w:t>
-[...15 lines deleted...]
-              <w:t xml:space="preserve"> п.8</w:t>
+              <w:t>6.1.9-6.1.13, 6.2, 7, 8.1-8.3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00654FF8" w:rsidRPr="0038569C" w14:paraId="0C9E1C4C" w14:textId="77777777" w:rsidTr="00594FF9">
+      <w:tr w:rsidR="00251370" w:rsidRPr="0038569C" w14:paraId="29A58401" w14:textId="77777777" w:rsidTr="0011761D">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:tblBorders>
           <w:tblLook w:val="0400" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="240"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="562" w:type="dxa"/>
+            <w:tcW w:w="9493" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...55 lines deleted...]
-              </w:pBdr>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="6" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="6" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="0519AE4E" w14:textId="77777777" w:rsidR="00251370" w:rsidRPr="00A81550" w:rsidRDefault="00251370" w:rsidP="00251370">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:ind w:left="57"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...24 lines deleted...]
-              <w:ind w:left="-107" w:right="-112"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A81550">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>отдел инженерно-геологических изысканий</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="18F5D2D2" w14:textId="1B4C3100" w:rsidR="00251370" w:rsidRPr="00BE099B" w:rsidRDefault="00251370" w:rsidP="00251370">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:sz w:val="22"/>
-[...217 lines deleted...]
-              <w:t>6.1.9-6.1.13, 6.2, 7, 8.1-8.3</w:t>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A81550">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>ул. Ирининская, д.6, 246044, г. Гомель, Гомельская область</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00654FF8" w:rsidRPr="0038569C" w14:paraId="29A58401" w14:textId="77777777" w:rsidTr="0011761D">
+      <w:tr w:rsidR="00251370" w:rsidRPr="0038569C" w14:paraId="7056F942" w14:textId="77777777" w:rsidTr="00FE30F9">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:tblBorders>
           <w:tblLook w:val="0400" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="240"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9493" w:type="dxa"/>
-            <w:gridSpan w:val="6"/>
+            <w:tcW w:w="562" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-            </w:tcBorders>
-[...16 lines deleted...]
-              <w:ind w:left="57"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="6" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="6" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="44211809" w14:textId="5DCE691D" w:rsidR="00251370" w:rsidRDefault="00251370" w:rsidP="00251370">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1.16*</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="6" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="6" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="44A3F3A7" w14:textId="73BF31FE" w:rsidR="00251370" w:rsidRPr="00295E4A" w:rsidRDefault="00251370" w:rsidP="00251370">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00417147">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Грунт</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1137" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="6" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="6" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="74C1AFE7" w14:textId="77777777" w:rsidR="00251370" w:rsidRPr="00BE099B" w:rsidRDefault="00251370" w:rsidP="00251370">
+            <w:pPr>
+              <w:overflowPunct w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...16 lines deleted...]
-              <w:widowControl w:val="0"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE099B">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>100.06/</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="60C71419" w14:textId="4586153F" w:rsidR="00251370" w:rsidRPr="00BE099B" w:rsidRDefault="00251370" w:rsidP="00251370">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:overflowPunct w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...29 lines deleted...]
-              <w:t>, д.6, 246044, г. Гомель, Гомельская область</w:t>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE099B">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>29.137</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="6" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="6" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="505AF965" w14:textId="43E9F41E" w:rsidR="00251370" w:rsidRPr="00BE099B" w:rsidRDefault="00251370" w:rsidP="00251370">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:overflowPunct w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE099B">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Условное динамическое сопротивление</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1700" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="6" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="6" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="4D1E6A43" w14:textId="014701C3" w:rsidR="00251370" w:rsidRPr="00BE099B" w:rsidRDefault="00251370" w:rsidP="00251370">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:overflowPunct w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE099B">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Фактические значения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="6" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="6" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="1C1B47AB" w14:textId="77777777" w:rsidR="00251370" w:rsidRPr="00BE099B" w:rsidRDefault="00251370" w:rsidP="00251370">
+            <w:pPr>
+              <w:overflowPunct w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE099B">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">СТБ 1377-2003 </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="22DF6CA0" w14:textId="5D993CF1" w:rsidR="00251370" w:rsidRPr="00BE099B" w:rsidRDefault="00251370" w:rsidP="00251370">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:overflowPunct w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE099B">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>п.6.3, 6.4, 7.2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00654FF8" w:rsidRPr="0038569C" w14:paraId="7056F942" w14:textId="77777777" w:rsidTr="00FE30F9">
+      <w:tr w:rsidR="00251370" w:rsidRPr="0038569C" w14:paraId="7B838D46" w14:textId="77777777" w:rsidTr="00FE30F9">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:tblBorders>
           <w:tblLook w:val="0400" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="240"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="6" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="6" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="44211809" w14:textId="5DCE691D" w:rsidR="00654FF8" w:rsidRDefault="00654FF8" w:rsidP="00654FF8">
+          <w:p w14:paraId="6A5A4CDF" w14:textId="3FF12FE2" w:rsidR="00251370" w:rsidRDefault="00251370" w:rsidP="00251370">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>1.16*</w:t>
+              <w:t>1.17*</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
-            <w:vMerge w:val="restart"/>
-[...1 lines deleted...]
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="6" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="6" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="44A3F3A7" w14:textId="73BF31FE" w:rsidR="00654FF8" w:rsidRPr="00295E4A" w:rsidRDefault="00654FF8" w:rsidP="00654FF8">
-[...7 lines deleted...]
-              </w:pBdr>
+          <w:p w14:paraId="2543FA2E" w14:textId="77777777" w:rsidR="00251370" w:rsidRPr="00295E4A" w:rsidRDefault="00251370" w:rsidP="00251370">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00417147">
-[...6 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1137" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="6" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="6" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="74C1AFE7" w14:textId="77777777" w:rsidR="00654FF8" w:rsidRPr="00BE099B" w:rsidRDefault="00654FF8" w:rsidP="00654FF8">
+          <w:p w14:paraId="5AC3DC61" w14:textId="77777777" w:rsidR="00251370" w:rsidRPr="00BE099B" w:rsidRDefault="00251370" w:rsidP="00251370">
             <w:pPr>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE099B">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>100.06/</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="60C71419" w14:textId="4586153F" w:rsidR="00654FF8" w:rsidRPr="00BE099B" w:rsidRDefault="00654FF8" w:rsidP="00654FF8">
+          <w:p w14:paraId="3BE17128" w14:textId="26EA49E9" w:rsidR="00251370" w:rsidRPr="00BE099B" w:rsidRDefault="00251370" w:rsidP="00251370">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE099B">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>29.137</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1842" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="6" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="6" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="505AF965" w14:textId="43E9F41E" w:rsidR="00654FF8" w:rsidRPr="00BE099B" w:rsidRDefault="00654FF8" w:rsidP="00654FF8">
+          <w:p w14:paraId="52BED915" w14:textId="05222CDD" w:rsidR="00251370" w:rsidRPr="00BE099B" w:rsidRDefault="00251370" w:rsidP="00251370">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE099B">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Условное динамическое сопротивление</w:t>
+              <w:t>Коэффициент уплотнения песчаных грунтов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1700" w:type="dxa"/>
-            <w:vMerge w:val="restart"/>
-[...1 lines deleted...]
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="6" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="6" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="4D1E6A43" w14:textId="014701C3" w:rsidR="00654FF8" w:rsidRPr="00BE099B" w:rsidRDefault="00654FF8" w:rsidP="00654FF8">
+          <w:p w14:paraId="7E9AD464" w14:textId="77777777" w:rsidR="00251370" w:rsidRPr="00BE099B" w:rsidRDefault="00251370" w:rsidP="00251370">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BE099B">
-[...5 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1842" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="6" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="6" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="1C1B47AB" w14:textId="77777777" w:rsidR="00654FF8" w:rsidRPr="00BE099B" w:rsidRDefault="00654FF8" w:rsidP="00654FF8">
+          <w:p w14:paraId="0B1FDD20" w14:textId="77777777" w:rsidR="00251370" w:rsidRPr="00BE099B" w:rsidRDefault="00251370" w:rsidP="00251370">
             <w:pPr>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE099B">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">СТБ </w:t>
-[...18 lines deleted...]
-          <w:p w14:paraId="22DF6CA0" w14:textId="5D993CF1" w:rsidR="00654FF8" w:rsidRPr="00BE099B" w:rsidRDefault="00654FF8" w:rsidP="00654FF8">
+              <w:t xml:space="preserve">СТБ 2176-2011 </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="14D2F166" w14:textId="6072C900" w:rsidR="00251370" w:rsidRPr="00BE099B" w:rsidRDefault="00251370" w:rsidP="00251370">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE099B">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>п.6.3, 6.4, 7.2</w:t>
+              <w:t>п. 6.3.13, 6.3.15</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00654FF8" w:rsidRPr="0038569C" w14:paraId="7B838D46" w14:textId="77777777" w:rsidTr="00FE30F9">
+      <w:tr w:rsidR="00251370" w:rsidRPr="0038569C" w14:paraId="150B6727" w14:textId="77777777" w:rsidTr="00FE30F9">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:tblBorders>
           <w:tblLook w:val="0400" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="240"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="6" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="6" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="6A5A4CDF" w14:textId="3FF12FE2" w:rsidR="00654FF8" w:rsidRDefault="00654FF8" w:rsidP="00654FF8">
+          <w:p w14:paraId="40D722BE" w14:textId="2EFB6522" w:rsidR="00251370" w:rsidRDefault="00251370" w:rsidP="00251370">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>1.17*</w:t>
+              <w:t>1.18*</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="6" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="6" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="2543FA2E" w14:textId="77777777" w:rsidR="00654FF8" w:rsidRPr="00295E4A" w:rsidRDefault="00654FF8" w:rsidP="00654FF8">
+          <w:p w14:paraId="185C9C4E" w14:textId="77777777" w:rsidR="00251370" w:rsidRPr="00295E4A" w:rsidRDefault="00251370" w:rsidP="00251370">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1137" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="6" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="6" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="5AC3DC61" w14:textId="77777777" w:rsidR="00654FF8" w:rsidRPr="00BE099B" w:rsidRDefault="00654FF8" w:rsidP="00654FF8">
+          <w:p w14:paraId="2E95DD91" w14:textId="77777777" w:rsidR="00251370" w:rsidRPr="00BE099B" w:rsidRDefault="00251370" w:rsidP="00251370">
             <w:pPr>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE099B">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>100.06/</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3BE17128" w14:textId="26EA49E9" w:rsidR="00654FF8" w:rsidRPr="00BE099B" w:rsidRDefault="00654FF8" w:rsidP="00654FF8">
+          <w:p w14:paraId="33E5288A" w14:textId="4661D1FA" w:rsidR="00251370" w:rsidRPr="00BE099B" w:rsidRDefault="00251370" w:rsidP="00251370">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE099B">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>29.137</w:t>
+              <w:t>29.121</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1842" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="6" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="6" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="52BED915" w14:textId="05222CDD" w:rsidR="00654FF8" w:rsidRPr="00BE099B" w:rsidRDefault="00654FF8" w:rsidP="00654FF8">
+          <w:p w14:paraId="7951058E" w14:textId="31C1368B" w:rsidR="00251370" w:rsidRPr="00BE099B" w:rsidRDefault="00251370" w:rsidP="00251370">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE099B">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Коэффициент уплотнения песчаных грунтов</w:t>
+              <w:t>Модуль деформации</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1700" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="6" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="6" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="7E9AD464" w14:textId="77777777" w:rsidR="00654FF8" w:rsidRPr="00BE099B" w:rsidRDefault="00654FF8" w:rsidP="00654FF8">
+          <w:p w14:paraId="344F071B" w14:textId="77777777" w:rsidR="00251370" w:rsidRPr="00BE099B" w:rsidRDefault="00251370" w:rsidP="00251370">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1842" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="6" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="6" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="0B1FDD20" w14:textId="77777777" w:rsidR="00654FF8" w:rsidRPr="00BE099B" w:rsidRDefault="00654FF8" w:rsidP="00654FF8">
-            <w:pPr>
+          <w:p w14:paraId="56D06DA6" w14:textId="5C563A5A" w:rsidR="00251370" w:rsidRPr="00BE099B" w:rsidRDefault="00251370" w:rsidP="00251370">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE099B">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">СТБ </w:t>
-[...42 lines deleted...]
-              <w:t>п. 6.3.13, 6.3.15</w:t>
+              <w:t>ГОСТ 20276.1-2020</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00654FF8" w:rsidRPr="0038569C" w14:paraId="150B6727" w14:textId="77777777" w:rsidTr="00FE30F9">
+      <w:tr w:rsidR="00251370" w:rsidRPr="0038569C" w14:paraId="11DBBC7C" w14:textId="77777777" w:rsidTr="00FE30F9">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:tblBorders>
           <w:tblLook w:val="0400" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="240"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="6" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="6" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="40D722BE" w14:textId="2EFB6522" w:rsidR="00654FF8" w:rsidRDefault="00654FF8" w:rsidP="00654FF8">
+          <w:p w14:paraId="5EAC151C" w14:textId="7DAB28FF" w:rsidR="00251370" w:rsidRDefault="00251370" w:rsidP="00251370">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>1.18*</w:t>
+              <w:t>1.19*</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="6" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="6" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="185C9C4E" w14:textId="77777777" w:rsidR="00654FF8" w:rsidRPr="00295E4A" w:rsidRDefault="00654FF8" w:rsidP="00654FF8">
+          <w:p w14:paraId="0AB2CA16" w14:textId="77777777" w:rsidR="00251370" w:rsidRPr="00295E4A" w:rsidRDefault="00251370" w:rsidP="00251370">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1137" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="6" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="6" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="2E95DD91" w14:textId="77777777" w:rsidR="00654FF8" w:rsidRPr="00BE099B" w:rsidRDefault="00654FF8" w:rsidP="00654FF8">
+          <w:p w14:paraId="73096FF3" w14:textId="77777777" w:rsidR="00251370" w:rsidRPr="00BE099B" w:rsidRDefault="00251370" w:rsidP="00251370">
             <w:pPr>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE099B">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>100.06/</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="33E5288A" w14:textId="4661D1FA" w:rsidR="00654FF8" w:rsidRPr="00BE099B" w:rsidRDefault="00654FF8" w:rsidP="00654FF8">
+          <w:p w14:paraId="07FF6B96" w14:textId="4C18B4A3" w:rsidR="00251370" w:rsidRPr="00BE099B" w:rsidRDefault="00251370" w:rsidP="00251370">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE099B">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>29.121</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1842" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="6" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="6" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="7951058E" w14:textId="31C1368B" w:rsidR="00654FF8" w:rsidRPr="00BE099B" w:rsidRDefault="00654FF8" w:rsidP="00654FF8">
+          <w:p w14:paraId="6CCF18CE" w14:textId="6AD6B8B0" w:rsidR="00251370" w:rsidRPr="00BE099B" w:rsidRDefault="00251370" w:rsidP="00251370">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE099B">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Модуль деформации</w:t>
+              <w:t xml:space="preserve">Несущая способность (испытания грунтов натурными сваями) </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1700" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="6" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="6" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="344F071B" w14:textId="77777777" w:rsidR="00654FF8" w:rsidRPr="00BE099B" w:rsidRDefault="00654FF8" w:rsidP="00654FF8">
+          <w:p w14:paraId="5FF78355" w14:textId="77777777" w:rsidR="00251370" w:rsidRPr="00BE099B" w:rsidRDefault="00251370" w:rsidP="00251370">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1842" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="6" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="6" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="56D06DA6" w14:textId="5C563A5A" w:rsidR="00654FF8" w:rsidRPr="00BE099B" w:rsidRDefault="00654FF8" w:rsidP="00654FF8">
-[...7 lines deleted...]
-              </w:pBdr>
+          <w:p w14:paraId="4A783238" w14:textId="77777777" w:rsidR="00251370" w:rsidRPr="00BE099B" w:rsidRDefault="00251370" w:rsidP="00251370">
+            <w:pPr>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE099B">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">ГОСТ </w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="gramStart"/>
+              <w:t xml:space="preserve">СТБ 2242-2011 </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="35762E51" w14:textId="002B78F9" w:rsidR="00251370" w:rsidRPr="00BE099B" w:rsidRDefault="00251370" w:rsidP="00251370">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:overflowPunct w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="00BE099B">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>20276.1-2020</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="gramEnd"/>
+              <w:t>п.8.2, п.8.4</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00654FF8" w:rsidRPr="0038569C" w14:paraId="11DBBC7C" w14:textId="77777777" w:rsidTr="00FE30F9">
+      <w:tr w:rsidR="00251370" w:rsidRPr="0038569C" w14:paraId="1D653AEA" w14:textId="77777777" w:rsidTr="006139C0">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:tblBorders>
           <w:tblLook w:val="0400" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="240"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="562" w:type="dxa"/>
+            <w:tcW w:w="9493" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...16 lines deleted...]
-              </w:pBdr>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="6" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="6" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="789B40B1" w14:textId="77777777" w:rsidR="00251370" w:rsidRPr="00A81550" w:rsidRDefault="00251370" w:rsidP="00251370">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A81550">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">инженерно-геологическая лаборатория отдела инженерно-геологических изысканий </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="721B53A8" w14:textId="63043CF5" w:rsidR="00251370" w:rsidRDefault="00251370" w:rsidP="00251370">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:ind w:left="57"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...265 lines deleted...]
-              <w:t>п.8.2, п.8.4</w:t>
+            <w:r w:rsidRPr="00A81550">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>ул. Ирининская, д.6Б, 246050, г. Гомель, Гомельская область</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00654FF8" w:rsidRPr="0038569C" w14:paraId="1D653AEA" w14:textId="77777777" w:rsidTr="006139C0">
+      <w:tr w:rsidR="00251370" w:rsidRPr="0038569C" w14:paraId="1F5DB602" w14:textId="77777777" w:rsidTr="00B62E50">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:tblBorders>
           <w:tblLook w:val="0400" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="240"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9493" w:type="dxa"/>
-            <w:gridSpan w:val="6"/>
+            <w:tcW w:w="562" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-            </w:tcBorders>
-[...7 lines deleted...]
-          <w:p w14:paraId="789B40B1" w14:textId="77777777" w:rsidR="00654FF8" w:rsidRPr="00A81550" w:rsidRDefault="00654FF8" w:rsidP="00654FF8">
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="6" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="6" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="416EB9BD" w14:textId="033C9675" w:rsidR="00251370" w:rsidRPr="00654FF8" w:rsidRDefault="00251370" w:rsidP="00251370">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00654FF8">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>2.1*</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="6" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="6" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="4FD855E2" w14:textId="4664B675" w:rsidR="00251370" w:rsidRPr="00BE099B" w:rsidRDefault="00251370" w:rsidP="00251370">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE099B">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Подземные воды</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1137" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="6" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="6" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="2100165B" w14:textId="77777777" w:rsidR="00251370" w:rsidRDefault="00251370" w:rsidP="00251370">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:b/>
-[...13 lines deleted...]
-          <w:p w14:paraId="721B53A8" w14:textId="63043CF5" w:rsidR="00654FF8" w:rsidRDefault="00654FF8" w:rsidP="00654FF8">
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE099B">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>100.04/</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3963B138" w14:textId="3B4D569A" w:rsidR="00251370" w:rsidRPr="00BE099B" w:rsidRDefault="00251370" w:rsidP="00251370">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE099B">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>08.169</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="6" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="6" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="40927D52" w14:textId="62908817" w:rsidR="00251370" w:rsidRPr="00BE099B" w:rsidRDefault="00251370" w:rsidP="00251370">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:ind w:left="57"/>
-              <w:jc w:val="center"/>
-[...30 lines deleted...]
-              <w:t>, д.6Б, 246050, г. Гомель, Гомельская область</w:t>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE099B">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Водородный показатель (рН)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1700" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="6" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="6" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="5DC1B445" w14:textId="77777777" w:rsidR="00251370" w:rsidRPr="00BE099B" w:rsidRDefault="00251370" w:rsidP="00251370">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE099B">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Фактические</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4EDE93AC" w14:textId="6B2D93B4" w:rsidR="00251370" w:rsidRPr="00BE099B" w:rsidRDefault="00251370" w:rsidP="00251370">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:ind w:left="57"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE099B">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>значения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="6" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="6" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="4BD40201" w14:textId="1B6674AE" w:rsidR="00251370" w:rsidRPr="00BE099B" w:rsidRDefault="00251370" w:rsidP="00251370">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE099B">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>СТБ ISO 10523-2009</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00654FF8" w:rsidRPr="0038569C" w14:paraId="1F5DB602" w14:textId="77777777" w:rsidTr="00B62E50">
+      <w:tr w:rsidR="00251370" w:rsidRPr="0038569C" w14:paraId="4F91B365" w14:textId="77777777" w:rsidTr="00B62E50">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:tblBorders>
           <w:tblLook w:val="0400" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="240"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="6" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="6" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="416EB9BD" w14:textId="033C9675" w:rsidR="00654FF8" w:rsidRPr="00654FF8" w:rsidRDefault="00654FF8" w:rsidP="00654FF8">
+          <w:p w14:paraId="5BA8ABFA" w14:textId="603F20ED" w:rsidR="00251370" w:rsidRPr="00654FF8" w:rsidRDefault="00251370" w:rsidP="00251370">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00654FF8">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>2.1*</w:t>
+              <w:t>2.2*</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
-            <w:vMerge w:val="restart"/>
-[...1 lines deleted...]
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="6" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="6" w:type="dxa"/>
             </w:tcMar>
-          </w:tcPr>
-[...22 lines deleted...]
-            </w:r>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="70DA7A72" w14:textId="77777777" w:rsidR="00251370" w:rsidRPr="00295E4A" w:rsidRDefault="00251370" w:rsidP="00251370">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1137" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="6" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="6" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="2100165B" w14:textId="77777777" w:rsidR="00654FF8" w:rsidRDefault="00654FF8" w:rsidP="00654FF8">
+          <w:p w14:paraId="70CC8488" w14:textId="77777777" w:rsidR="00251370" w:rsidRDefault="00251370" w:rsidP="00251370">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE099B">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>100.04/</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3963B138" w14:textId="3B4D569A" w:rsidR="00654FF8" w:rsidRPr="00BE099B" w:rsidRDefault="00654FF8" w:rsidP="00654FF8">
+          <w:p w14:paraId="08986572" w14:textId="449705F6" w:rsidR="00251370" w:rsidRPr="00BE099B" w:rsidRDefault="00251370" w:rsidP="00251370">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE099B">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>08.169</w:t>
+              <w:t>08.149</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1842" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="6" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="6" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="40927D52" w14:textId="62908817" w:rsidR="00654FF8" w:rsidRPr="00BE099B" w:rsidRDefault="00654FF8" w:rsidP="00654FF8">
+          <w:p w14:paraId="59788DF8" w14:textId="3AF395FB" w:rsidR="00251370" w:rsidRPr="00BE099B" w:rsidRDefault="00251370" w:rsidP="00251370">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:ind w:left="57"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE099B">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Водородный показатель (рН)</w:t>
+              <w:t>Хлориды</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1700" w:type="dxa"/>
-            <w:vMerge w:val="restart"/>
-[...1 lines deleted...]
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="6" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="6" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="5DC1B445" w14:textId="77777777" w:rsidR="00654FF8" w:rsidRPr="00BE099B" w:rsidRDefault="00654FF8" w:rsidP="00654FF8">
-[...14 lines deleted...]
-          <w:p w14:paraId="4EDE93AC" w14:textId="6B2D93B4" w:rsidR="00654FF8" w:rsidRPr="00BE099B" w:rsidRDefault="00654FF8" w:rsidP="00654FF8">
+          <w:p w14:paraId="00EB4ED8" w14:textId="77777777" w:rsidR="00251370" w:rsidRPr="00BE099B" w:rsidRDefault="00251370" w:rsidP="00251370">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:ind w:left="57"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BE099B">
-[...5 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1842" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="6" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="6" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="4BD40201" w14:textId="1B6674AE" w:rsidR="00654FF8" w:rsidRPr="00BE099B" w:rsidRDefault="00654FF8" w:rsidP="00654FF8">
-            <w:pPr>
+          <w:p w14:paraId="5E3C6F96" w14:textId="2DCDA1C4" w:rsidR="00251370" w:rsidRPr="00BE099B" w:rsidRDefault="00251370" w:rsidP="00251370">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE099B">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>СТБ ISO 10523-2009</w:t>
+              <w:t>СТБ 17.13.05-39-2015</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00654FF8" w:rsidRPr="0038569C" w14:paraId="4F91B365" w14:textId="77777777" w:rsidTr="00B62E50">
+      <w:tr w:rsidR="00251370" w:rsidRPr="0038569C" w14:paraId="12B0827B" w14:textId="77777777" w:rsidTr="00B62E50">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:tblBorders>
           <w:tblLook w:val="0400" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="240"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="6" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="6" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="5BA8ABFA" w14:textId="603F20ED" w:rsidR="00654FF8" w:rsidRPr="00654FF8" w:rsidRDefault="00654FF8" w:rsidP="00654FF8">
+          <w:p w14:paraId="5F48BAA1" w14:textId="44C39F0A" w:rsidR="00251370" w:rsidRPr="00654FF8" w:rsidRDefault="00251370" w:rsidP="00251370">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00654FF8">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>2.2*</w:t>
+              <w:t>2.3*</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="6" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="6" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="70DA7A72" w14:textId="77777777" w:rsidR="00654FF8" w:rsidRPr="00295E4A" w:rsidRDefault="00654FF8" w:rsidP="00654FF8">
+          <w:p w14:paraId="042C9792" w14:textId="77777777" w:rsidR="00251370" w:rsidRPr="00295E4A" w:rsidRDefault="00251370" w:rsidP="00251370">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1137" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="6" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="6" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="70CC8488" w14:textId="77777777" w:rsidR="00654FF8" w:rsidRDefault="00654FF8" w:rsidP="00654FF8">
+          <w:p w14:paraId="740B5AEB" w14:textId="77777777" w:rsidR="00251370" w:rsidRDefault="00251370" w:rsidP="00251370">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE099B">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>100.04/</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="08986572" w14:textId="449705F6" w:rsidR="00654FF8" w:rsidRPr="00BE099B" w:rsidRDefault="00654FF8" w:rsidP="00654FF8">
+          <w:p w14:paraId="3DBF70CA" w14:textId="71055143" w:rsidR="00251370" w:rsidRPr="00BE099B" w:rsidRDefault="00251370" w:rsidP="00251370">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE099B">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>08.149</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1842" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="6" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="6" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="59788DF8" w14:textId="3AF395FB" w:rsidR="00654FF8" w:rsidRPr="00BE099B" w:rsidRDefault="00654FF8" w:rsidP="00654FF8">
+          <w:p w14:paraId="7456CA6C" w14:textId="1BA89E14" w:rsidR="00251370" w:rsidRPr="00BE099B" w:rsidRDefault="00251370" w:rsidP="00251370">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:ind w:left="57"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE099B">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Хлориды</w:t>
+              <w:t>Жёсткость</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1700" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="6" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="6" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="00EB4ED8" w14:textId="77777777" w:rsidR="00654FF8" w:rsidRPr="00BE099B" w:rsidRDefault="00654FF8" w:rsidP="00654FF8">
+          <w:p w14:paraId="40A097A8" w14:textId="77777777" w:rsidR="00251370" w:rsidRPr="00BE099B" w:rsidRDefault="00251370" w:rsidP="00251370">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:ind w:left="57"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1842" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="6" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="6" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="5E3C6F96" w14:textId="2DCDA1C4" w:rsidR="00654FF8" w:rsidRPr="00BE099B" w:rsidRDefault="00654FF8" w:rsidP="004016C5">
-[...7 lines deleted...]
-              </w:pBdr>
+          <w:p w14:paraId="6BE6DCC6" w14:textId="58BD381F" w:rsidR="00251370" w:rsidRPr="00BE099B" w:rsidRDefault="00251370" w:rsidP="00251370">
+            <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE099B">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>СТБ 17.13.05-39-2015</w:t>
+              <w:t>ГОСТ 31954-2012 п.4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00654FF8" w:rsidRPr="0038569C" w14:paraId="12B0827B" w14:textId="77777777" w:rsidTr="00B62E50">
+      <w:tr w:rsidR="00251370" w:rsidRPr="0038569C" w14:paraId="434A5CA1" w14:textId="77777777" w:rsidTr="00B62E50">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:tblBorders>
           <w:tblLook w:val="0400" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="240"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="6" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="6" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="5F48BAA1" w14:textId="44C39F0A" w:rsidR="00654FF8" w:rsidRPr="00654FF8" w:rsidRDefault="00654FF8" w:rsidP="00654FF8">
+          <w:p w14:paraId="1DD66FBB" w14:textId="5E581465" w:rsidR="00251370" w:rsidRPr="00654FF8" w:rsidRDefault="00251370" w:rsidP="00251370">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00654FF8">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>2.3*</w:t>
+              <w:t>2.4*</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="6" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="6" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="042C9792" w14:textId="77777777" w:rsidR="00654FF8" w:rsidRPr="00295E4A" w:rsidRDefault="00654FF8" w:rsidP="00654FF8">
+          </w:tcPr>
+          <w:p w14:paraId="46891015" w14:textId="77777777" w:rsidR="00251370" w:rsidRPr="00295E4A" w:rsidRDefault="00251370" w:rsidP="00251370">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1137" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="6" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="6" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="740B5AEB" w14:textId="77777777" w:rsidR="00654FF8" w:rsidRDefault="00654FF8" w:rsidP="00654FF8">
+          <w:p w14:paraId="44BCE5B9" w14:textId="77777777" w:rsidR="00251370" w:rsidRDefault="00251370" w:rsidP="00251370">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE099B">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>100.04/</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3DBF70CA" w14:textId="71055143" w:rsidR="00654FF8" w:rsidRPr="00BE099B" w:rsidRDefault="00654FF8" w:rsidP="00654FF8">
+          <w:p w14:paraId="133AC37C" w14:textId="72ABD2A5" w:rsidR="00251370" w:rsidRPr="00BE099B" w:rsidRDefault="00251370" w:rsidP="00251370">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE099B">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>08.149</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1842" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="6" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="6" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="7456CA6C" w14:textId="1BA89E14" w:rsidR="00654FF8" w:rsidRPr="00BE099B" w:rsidRDefault="00654FF8" w:rsidP="00654FF8">
+          <w:p w14:paraId="506A14F5" w14:textId="24AD4FE7" w:rsidR="00251370" w:rsidRPr="00BE099B" w:rsidRDefault="00251370" w:rsidP="00251370">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:ind w:left="57"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE099B">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Жёсткость</w:t>
+              <w:t>Гидрокарбонаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1700" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="6" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="6" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="40A097A8" w14:textId="77777777" w:rsidR="00654FF8" w:rsidRPr="00BE099B" w:rsidRDefault="00654FF8" w:rsidP="00654FF8">
+          <w:p w14:paraId="10B2DB97" w14:textId="77777777" w:rsidR="00251370" w:rsidRPr="00BE099B" w:rsidRDefault="00251370" w:rsidP="00251370">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:ind w:left="57"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1842" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="6" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="6" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="6BE6DCC6" w14:textId="58BD381F" w:rsidR="00654FF8" w:rsidRPr="00BE099B" w:rsidRDefault="00654FF8" w:rsidP="00654FF8">
+          <w:p w14:paraId="27DF2211" w14:textId="77777777" w:rsidR="00251370" w:rsidRPr="00BE099B" w:rsidRDefault="00251370" w:rsidP="00251370">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE099B">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">ГОСТ </w:t>
-[...282 lines deleted...]
-          <w:p w14:paraId="389EE881" w14:textId="362AB527" w:rsidR="00654FF8" w:rsidRPr="00BE099B" w:rsidRDefault="00654FF8" w:rsidP="00654FF8">
+              <w:t>ГОСТ 31957-2012</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="389EE881" w14:textId="362AB527" w:rsidR="00251370" w:rsidRPr="00BE099B" w:rsidRDefault="00251370" w:rsidP="00251370">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:ind w:left="57"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE099B">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>п.5.4.1, п.5.4.2 (способ 1), п.5.5.5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
@@ -8483,61 +8147,50 @@
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>* – деятельность осуществляется непосредственно в ООС;</w:t>
       </w:r>
       <w:r w:rsidRPr="006D33D8">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:br/>
         <w:t>** – деятельность осуществляется непосредственно в ООС и за пределами ООС;</w:t>
       </w:r>
       <w:r w:rsidRPr="006D33D8">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:br/>
         <w:t>*** – деятельность осуществляется за пределами ООС.</w:t>
       </w:r>
       <w:r w:rsidR="00D50B4E" w:rsidRPr="006D33D8">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-    </w:p>
-[...9 lines deleted...]
-      </w:pPr>
     </w:p>
     <w:p w14:paraId="17BEF406" w14:textId="77777777" w:rsidR="00A81550" w:rsidRPr="00594FF9" w:rsidRDefault="00A81550" w:rsidP="00A81550">
       <w:pPr>
         <w:spacing w:line="192" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0E26EF26" w14:textId="77777777" w:rsidR="00D50B4E" w:rsidRDefault="00D50B4E" w:rsidP="00D50B4E">
       <w:pPr>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001D02D0">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
@@ -8769,138 +8422,152 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бережных</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00D50B4E" w:rsidRPr="001D02D0" w:rsidSect="00654FF8">
       <w:headerReference w:type="default" r:id="rId8"/>
       <w:footerReference w:type="default" r:id="rId9"/>
       <w:headerReference w:type="first" r:id="rId10"/>
       <w:footerReference w:type="first" r:id="rId11"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="567" w:bottom="0" w:left="1701" w:header="709" w:footer="227" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="55F68F3C" w14:textId="77777777" w:rsidR="00E075C2" w:rsidRDefault="00E075C2" w:rsidP="0011070C">
+    <w:p w14:paraId="26618002" w14:textId="77777777" w:rsidR="006D314E" w:rsidRDefault="006D314E" w:rsidP="0011070C">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="695267ED" w14:textId="77777777" w:rsidR="00E075C2" w:rsidRDefault="00E075C2" w:rsidP="0011070C">
+    <w:p w14:paraId="7B98D406" w14:textId="77777777" w:rsidR="006D314E" w:rsidRDefault="006D314E" w:rsidP="0011070C">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="ArialMT">
-    <w:altName w:val="MS Mincho"/>
+    <w:altName w:val="Times New Roman"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000203" w:usb1="08070000" w:usb2="00000010" w:usb3="00000000" w:csb0="00020005" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p>
+    <w:pPr>
+      <w:rPr>
+        <w:sz w:val="2"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r xmlns:v="urn:schemas-microsoft-com:vml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
+      <w:pict xmlns:v="urn:schemas-microsoft-com:vml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
+        <v:shape xmlns:v="urn:schemas-microsoft-com:vml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" id="WatermarkShape" type="#_x0000_t75" style="position:absolute; left:-330pt; top:300pt; width:700pt; height:40pt; rotation:270; fill-opacity:0.3; mso-wrap-style:behind; z-index:-1; mso-position-horizontal:absolute; mso-position-vertical:absolute; mso-position-horizontal-relative:page; mso-position-vertical-relative:page;" stroked="f" filled="t">
+          <v:imagedata xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rIdWmImg2" o:title=""/>
+        </v:shape>
+      </w:pict>
+    </w:r>
+  </w:p>
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="4725" w:type="pct"/>
       <w:tblLook w:val="00A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="3677"/>
       <w:gridCol w:w="2241"/>
       <w:gridCol w:w="3190"/>
     </w:tblGrid>
     <w:tr w:rsidR="00124809" w:rsidRPr="00E36003" w14:paraId="1AF85C44" w14:textId="77777777" w:rsidTr="00092EA6">
       <w:trPr>
         <w:trHeight w:val="106"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="3686" w:type="dxa"/>
           <w:hideMark/>
         </w:tcPr>
         <w:p w14:paraId="1ADBA8E5" w14:textId="77777777" w:rsidR="00124809" w:rsidRPr="008130C0" w:rsidRDefault="00124809" w:rsidP="00124809">
           <w:pPr>
             <w:pStyle w:val="61"/>
             <w:rPr>
               <w:rFonts w:eastAsia="ArialMT"/>
               <w:sz w:val="20"/>
@@ -9088,50 +8755,64 @@
               <w:lang w:val="ru-RU"/>
             </w:rPr>
             <w:t>2</w:t>
           </w:r>
           <w:r w:rsidRPr="00E36003">
             <w:rPr>
               <w:lang w:val="ru-RU"/>
             </w:rPr>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w14:paraId="44F86323" w14:textId="77777777" w:rsidR="002F0D32" w:rsidRDefault="002F0D32" w:rsidP="00124809">
     <w:pPr>
       <w:pStyle w:val="a9"/>
       <w:ind w:firstLine="0"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p>
+    <w:pPr>
+      <w:rPr>
+        <w:sz w:val="2"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r xmlns:v="urn:schemas-microsoft-com:vml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
+      <w:pict xmlns:v="urn:schemas-microsoft-com:vml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
+        <v:shape xmlns:v="urn:schemas-microsoft-com:vml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" id="WatermarkShape" type="#_x0000_t75" style="position:absolute; left:-330pt; top:300pt; width:700pt; height:40pt; rotation:270; fill-opacity:0.3; mso-wrap-style:behind; z-index:-1; mso-position-horizontal:absolute; mso-position-vertical:absolute; mso-position-horizontal-relative:page; mso-position-vertical-relative:page;" stroked="f" filled="t">
+          <v:imagedata xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rIdWmImg1" o:title=""/>
+        </v:shape>
+      </w:pict>
+    </w:r>
+  </w:p>
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="4725" w:type="pct"/>
       <w:tblLook w:val="00A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="3681"/>
       <w:gridCol w:w="2240"/>
       <w:gridCol w:w="3187"/>
     </w:tblGrid>
     <w:tr w:rsidR="00A417E3" w:rsidRPr="00E36003" w14:paraId="7B1ABFC9" w14:textId="77777777" w:rsidTr="00D8457D">
       <w:trPr>
         <w:trHeight w:val="846"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="3690" w:type="dxa"/>
           <w:vAlign w:val="center"/>
           <w:hideMark/>
         </w:tcPr>
         <w:p w14:paraId="0DABDF6B" w14:textId="77777777" w:rsidR="00A417E3" w:rsidRPr="00EC338F" w:rsidRDefault="00A417E3" w:rsidP="00A417E3">
           <w:pPr>
             <w:pStyle w:val="61"/>
             <w:rPr>
               <w:rFonts w:eastAsia="ArialMT"/>
@@ -9318,58 +8999,58 @@
               <w:lang w:val="ru-RU"/>
             </w:rPr>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
     <w:bookmarkEnd w:id="2"/>
   </w:tbl>
   <w:p w14:paraId="4C3C78EE" w14:textId="77777777" w:rsidR="007A1818" w:rsidRDefault="007A1818" w:rsidP="00280E8C">
     <w:pPr>
       <w:pStyle w:val="a9"/>
       <w:ind w:firstLine="0"/>
       <w:rPr>
         <w:sz w:val="2"/>
         <w:szCs w:val="2"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="77AA353A" w14:textId="77777777" w:rsidR="00E075C2" w:rsidRDefault="00E075C2" w:rsidP="0011070C">
+    <w:p w14:paraId="2C88BC93" w14:textId="77777777" w:rsidR="006D314E" w:rsidRDefault="006D314E" w:rsidP="0011070C">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="52EC3A36" w14:textId="77777777" w:rsidR="00E075C2" w:rsidRDefault="00E075C2" w:rsidP="0011070C">
+    <w:p w14:paraId="50A8E835" w14:textId="77777777" w:rsidR="006D314E" w:rsidRDefault="006D314E" w:rsidP="0011070C">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="5001" w:type="pct"/>
       <w:tblInd w:w="-72" w:type="dxa"/>
       <w:tblBorders>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:left w:w="71" w:type="dxa"/>
         <w:right w:w="71" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="72"/>
@@ -11394,52 +11075,51 @@
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1219435626">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="1775051034">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="323362269">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="1366100255">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="111827485">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="673264553">
     <w:abstractNumId w:val="10"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:zoom w:percent="140"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:defaultTabStop w:val="708"/>
   <w:autoHyphenation/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00095397"/>
@@ -11453,136 +11133,140 @@
     <w:rsid w:val="000A6CF1"/>
     <w:rsid w:val="000B0313"/>
     <w:rsid w:val="000D1708"/>
     <w:rsid w:val="000D49BB"/>
     <w:rsid w:val="000E2AC4"/>
     <w:rsid w:val="00101C03"/>
     <w:rsid w:val="0011070C"/>
     <w:rsid w:val="001157ED"/>
     <w:rsid w:val="00116AD0"/>
     <w:rsid w:val="00117059"/>
     <w:rsid w:val="00120BDA"/>
     <w:rsid w:val="00124809"/>
     <w:rsid w:val="00147A13"/>
     <w:rsid w:val="001512FA"/>
     <w:rsid w:val="001747CA"/>
     <w:rsid w:val="001843A0"/>
     <w:rsid w:val="00190FD3"/>
     <w:rsid w:val="001956F7"/>
     <w:rsid w:val="00195A33"/>
     <w:rsid w:val="001A4BEA"/>
     <w:rsid w:val="001E3D8F"/>
     <w:rsid w:val="001E6E80"/>
     <w:rsid w:val="0020355B"/>
     <w:rsid w:val="00225907"/>
     <w:rsid w:val="00234CBD"/>
+    <w:rsid w:val="00251370"/>
     <w:rsid w:val="0026099C"/>
     <w:rsid w:val="00270035"/>
     <w:rsid w:val="0027128E"/>
     <w:rsid w:val="00280064"/>
     <w:rsid w:val="00280E8C"/>
     <w:rsid w:val="002877C8"/>
     <w:rsid w:val="002900DE"/>
     <w:rsid w:val="00293F3E"/>
     <w:rsid w:val="00295E4A"/>
     <w:rsid w:val="002D06D6"/>
     <w:rsid w:val="002D2699"/>
     <w:rsid w:val="002D28AD"/>
     <w:rsid w:val="002D6F27"/>
     <w:rsid w:val="002E503D"/>
     <w:rsid w:val="002F0D32"/>
     <w:rsid w:val="003054C2"/>
     <w:rsid w:val="00305E11"/>
     <w:rsid w:val="0031023B"/>
     <w:rsid w:val="003717D2"/>
     <w:rsid w:val="003A28BE"/>
     <w:rsid w:val="003B4E94"/>
     <w:rsid w:val="003C130A"/>
     <w:rsid w:val="003C2834"/>
     <w:rsid w:val="003E26A2"/>
     <w:rsid w:val="004016C5"/>
     <w:rsid w:val="00401D49"/>
     <w:rsid w:val="00407988"/>
     <w:rsid w:val="00410274"/>
     <w:rsid w:val="00416870"/>
     <w:rsid w:val="00417147"/>
     <w:rsid w:val="00436D0B"/>
     <w:rsid w:val="00437E07"/>
     <w:rsid w:val="00460ECA"/>
     <w:rsid w:val="004627D9"/>
     <w:rsid w:val="00481260"/>
     <w:rsid w:val="004A5E4C"/>
     <w:rsid w:val="004E5090"/>
     <w:rsid w:val="004F281F"/>
     <w:rsid w:val="00505771"/>
     <w:rsid w:val="00507CCF"/>
     <w:rsid w:val="00521FC2"/>
     <w:rsid w:val="00530F3D"/>
     <w:rsid w:val="00547530"/>
     <w:rsid w:val="0055563B"/>
     <w:rsid w:val="0056070B"/>
     <w:rsid w:val="00562D77"/>
     <w:rsid w:val="00563680"/>
     <w:rsid w:val="005812FA"/>
     <w:rsid w:val="00582A8F"/>
+    <w:rsid w:val="00591CE7"/>
     <w:rsid w:val="00592241"/>
     <w:rsid w:val="00594FF9"/>
     <w:rsid w:val="005C5B99"/>
     <w:rsid w:val="005C7B39"/>
     <w:rsid w:val="005D4205"/>
     <w:rsid w:val="005E250C"/>
     <w:rsid w:val="005E611E"/>
     <w:rsid w:val="00614867"/>
     <w:rsid w:val="00627E81"/>
     <w:rsid w:val="00630922"/>
     <w:rsid w:val="00631BCE"/>
     <w:rsid w:val="00645468"/>
     <w:rsid w:val="00654FF8"/>
     <w:rsid w:val="00693805"/>
     <w:rsid w:val="00697905"/>
     <w:rsid w:val="006A336B"/>
     <w:rsid w:val="006A4791"/>
     <w:rsid w:val="006B450F"/>
     <w:rsid w:val="006D1CDB"/>
+    <w:rsid w:val="006D314E"/>
     <w:rsid w:val="006D33D8"/>
     <w:rsid w:val="006D5DCE"/>
     <w:rsid w:val="00701F3C"/>
     <w:rsid w:val="00704E29"/>
     <w:rsid w:val="00715A45"/>
     <w:rsid w:val="0071603C"/>
     <w:rsid w:val="00731452"/>
     <w:rsid w:val="00734508"/>
     <w:rsid w:val="00741FBB"/>
     <w:rsid w:val="0074243A"/>
     <w:rsid w:val="0075090E"/>
     <w:rsid w:val="007571AF"/>
     <w:rsid w:val="0079041E"/>
     <w:rsid w:val="00792698"/>
     <w:rsid w:val="007A1818"/>
     <w:rsid w:val="007A4175"/>
     <w:rsid w:val="007A4485"/>
     <w:rsid w:val="007C05FE"/>
+    <w:rsid w:val="007C1C24"/>
     <w:rsid w:val="007C3A37"/>
     <w:rsid w:val="007C68CB"/>
     <w:rsid w:val="007F66CA"/>
     <w:rsid w:val="00811C96"/>
     <w:rsid w:val="008124DA"/>
     <w:rsid w:val="008130C0"/>
     <w:rsid w:val="00836710"/>
     <w:rsid w:val="008458D5"/>
     <w:rsid w:val="008505BA"/>
     <w:rsid w:val="00856322"/>
     <w:rsid w:val="00872305"/>
     <w:rsid w:val="00877224"/>
     <w:rsid w:val="008A3E6F"/>
     <w:rsid w:val="008B1B9D"/>
     <w:rsid w:val="008C3521"/>
     <w:rsid w:val="008D3A5C"/>
     <w:rsid w:val="008E2D26"/>
     <w:rsid w:val="008E350B"/>
     <w:rsid w:val="008F2A85"/>
     <w:rsid w:val="0090767F"/>
     <w:rsid w:val="00913B16"/>
     <w:rsid w:val="00921A06"/>
     <w:rsid w:val="009230FC"/>
     <w:rsid w:val="00923868"/>
     <w:rsid w:val="0095347E"/>
@@ -11598,85 +11282,89 @@
     <w:rsid w:val="009E4D11"/>
     <w:rsid w:val="009F7389"/>
     <w:rsid w:val="00A04FE4"/>
     <w:rsid w:val="00A063D9"/>
     <w:rsid w:val="00A33569"/>
     <w:rsid w:val="00A40143"/>
     <w:rsid w:val="00A417E3"/>
     <w:rsid w:val="00A46D5C"/>
     <w:rsid w:val="00A47C62"/>
     <w:rsid w:val="00A51D9A"/>
     <w:rsid w:val="00A74B14"/>
     <w:rsid w:val="00A755C7"/>
     <w:rsid w:val="00A76F8A"/>
     <w:rsid w:val="00A81550"/>
     <w:rsid w:val="00AB531A"/>
     <w:rsid w:val="00AD4B7A"/>
     <w:rsid w:val="00AE17DA"/>
     <w:rsid w:val="00B00CAF"/>
     <w:rsid w:val="00B06CF4"/>
     <w:rsid w:val="00B073DC"/>
     <w:rsid w:val="00B344A4"/>
     <w:rsid w:val="00B371CD"/>
     <w:rsid w:val="00B47A0F"/>
     <w:rsid w:val="00B565D4"/>
     <w:rsid w:val="00B61580"/>
+    <w:rsid w:val="00B85DED"/>
     <w:rsid w:val="00B97057"/>
     <w:rsid w:val="00B97278"/>
     <w:rsid w:val="00BB272F"/>
     <w:rsid w:val="00BB5AEF"/>
     <w:rsid w:val="00BC40FF"/>
     <w:rsid w:val="00BE099B"/>
     <w:rsid w:val="00C00081"/>
     <w:rsid w:val="00C13371"/>
     <w:rsid w:val="00C13D24"/>
     <w:rsid w:val="00C24C3D"/>
     <w:rsid w:val="00C35ED8"/>
     <w:rsid w:val="00C379B5"/>
     <w:rsid w:val="00C46E4F"/>
     <w:rsid w:val="00C60464"/>
     <w:rsid w:val="00C66929"/>
     <w:rsid w:val="00C67DD7"/>
+    <w:rsid w:val="00C704A5"/>
     <w:rsid w:val="00C72373"/>
     <w:rsid w:val="00C74B15"/>
     <w:rsid w:val="00C81513"/>
     <w:rsid w:val="00C97BC9"/>
     <w:rsid w:val="00CA53E3"/>
     <w:rsid w:val="00CA6ED2"/>
     <w:rsid w:val="00CE4302"/>
     <w:rsid w:val="00CF4334"/>
     <w:rsid w:val="00D00EC8"/>
     <w:rsid w:val="00D03574"/>
     <w:rsid w:val="00D05D1F"/>
     <w:rsid w:val="00D11528"/>
     <w:rsid w:val="00D21592"/>
     <w:rsid w:val="00D223F7"/>
     <w:rsid w:val="00D26543"/>
     <w:rsid w:val="00D4736C"/>
     <w:rsid w:val="00D50B4E"/>
+    <w:rsid w:val="00D516B4"/>
     <w:rsid w:val="00D8457D"/>
     <w:rsid w:val="00D876E6"/>
+    <w:rsid w:val="00D9379F"/>
     <w:rsid w:val="00D96601"/>
     <w:rsid w:val="00D97888"/>
     <w:rsid w:val="00DA5E7A"/>
     <w:rsid w:val="00DB1FAE"/>
     <w:rsid w:val="00DE6F93"/>
     <w:rsid w:val="00DF59A1"/>
     <w:rsid w:val="00DF7DAB"/>
     <w:rsid w:val="00E075C2"/>
     <w:rsid w:val="00E12F21"/>
     <w:rsid w:val="00E16A62"/>
     <w:rsid w:val="00E200BB"/>
     <w:rsid w:val="00E274D1"/>
     <w:rsid w:val="00E36003"/>
     <w:rsid w:val="00E41B5C"/>
     <w:rsid w:val="00E6157E"/>
     <w:rsid w:val="00E72539"/>
     <w:rsid w:val="00E73F77"/>
     <w:rsid w:val="00E750F5"/>
     <w:rsid w:val="00E85116"/>
     <w:rsid w:val="00E95EA8"/>
     <w:rsid w:val="00EA24D7"/>
     <w:rsid w:val="00EA6CEB"/>
     <w:rsid w:val="00EB34D2"/>
     <w:rsid w:val="00EC338F"/>
     <w:rsid w:val="00ED10E7"/>
@@ -13417,50 +13105,60 @@
     </w:div>
     <w:div w:id="2113359519">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
+<file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rIdWmImg2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/wm.png"/></Relationships>
+
+</file>
+
+<file path=word/_rels/footer2.xml.rels><?xml version="1.0" encoding="UTF-8"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rIdWmImg1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/wm.png"/></Relationships>
+
+</file>
+
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\user_Mogilev3\AppData\Local\SMBusiness\Files\334948_copies\&#1055;&#1088;&#1080;&#1084;&#1077;&#1088;%20&#1054;&#1040;%20&#1085;&#1072;%203%20&#1083;&#1080;&#1089;&#1090;&#1072;&#1093;%20&#1076;&#1083;&#1103;%20&#1080;&#1089;&#1087;&#1099;&#1090;&#1072;&#1090;&#1077;&#1083;&#1100;&#1085;&#1099;&#1093;%20&#1083;&#1072;&#1073;&#1086;&#1088;&#1072;&#1090;&#1086;&#1088;&#1080;&#1081;.dotx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="4F3D0D0B7810440A884F0505F3187AB8"/>
         <w:category>
           <w:name w:val="Общие"/>
           <w:gallery w:val="placeholder"/>
@@ -13625,120 +13323,124 @@
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="ArialMT">
-    <w:altName w:val="MS Mincho"/>
+    <w:altName w:val="Times New Roman"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000203" w:usb1="08070000" w:usb2="00000010" w:usb3="00000000" w:csb0="00020005" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0042507E"/>
+    <w:rsid w:val="000B666A"/>
     <w:rsid w:val="00293F3E"/>
     <w:rsid w:val="002D2699"/>
     <w:rsid w:val="0042507E"/>
+    <w:rsid w:val="00772696"/>
     <w:rsid w:val="008458D5"/>
     <w:rsid w:val="009F79E7"/>
     <w:rsid w:val="00AA4B5C"/>
+    <w:rsid w:val="00B85DED"/>
     <w:rsid w:val="00C95A9A"/>
+    <w:rsid w:val="00D9379F"/>
     <w:rsid w:val="00E651B3"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-BY"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
@@ -14479,70 +14181,70 @@
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B858330C-9FBE-4922-A376-854A0652C8CC}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Пример ОА на 3 листах для испытательных лабораторий</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>2744</Characters>
+  <Pages>2</Pages>
+  <Words>486</Words>
+  <Characters>2774</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>22</Lines>
+  <Lines>23</Lines>
   <Paragraphs>6</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>USN Team</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3219</CharactersWithSpaces>
+  <CharactersWithSpaces>3254</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>user_Mogilev3</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>