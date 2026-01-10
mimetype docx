--- v0 (2025-10-08)
+++ v1 (2026-01-10)
@@ -11,51 +11,51 @@
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="af3"/>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6253"/>
         <w:gridCol w:w="3385"/>
       </w:tblGrid>
       <w:tr w:rsidR="00F40980" w:rsidRPr="007F66CA" w14:paraId="5D9C685D" w14:textId="77777777" w:rsidTr="007F66CA">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6379" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
@@ -135,51 +135,50 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007F66CA">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Приложение №</w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cs="Times New Roman"/>
                   <w:bCs/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="1361782426"/>
                 <w:placeholder>
                   <w:docPart w:val="54B0C90B65BC495BB779BF2D511EB3B1"/>
                 </w:placeholder>
                 <w:text/>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="005D4205" w:rsidRPr="007F66CA">
                   <w:rPr>
                     <w:rFonts w:cs="Times New Roman"/>
                     <w:bCs/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>1</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F40980" w:rsidRPr="007F66CA" w14:paraId="69608DF4" w14:textId="77777777" w:rsidTr="007F66CA">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6379" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="545C96CB" w14:textId="77777777" w:rsidR="00F40980" w:rsidRPr="007F66CA" w:rsidRDefault="00F40980" w:rsidP="002020E1">
             <w:pPr>
               <w:pStyle w:val="39"/>
@@ -445,51 +444,50 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007F66CA">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">на бланке № </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cs="Times New Roman"/>
                   <w:bCs/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="-2087602877"/>
                 <w:placeholder>
                   <w:docPart w:val="BF6A1BF324624B7B9E7832365B9074C6"/>
                 </w:placeholder>
                 <w:text/>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00F80F03">
                   <w:rPr>
                     <w:rFonts w:cs="Times New Roman"/>
                     <w:bCs/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>0010468</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
           <w:p w14:paraId="038F062B" w14:textId="6E663FE5" w:rsidR="00F40980" w:rsidRPr="007F66CA" w:rsidRDefault="00F40980" w:rsidP="002020E1">
             <w:pPr>
               <w:pStyle w:val="39"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007F66CA">
               <w:rPr>
@@ -499,51 +497,50 @@
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>н</w:t>
             </w:r>
             <w:r w:rsidRPr="007F66CA">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">а </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:eastAsia="Calibri"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:highlight w:val="yellow"/>
                 </w:rPr>
                 <w:id w:val="1122807652"/>
                 <w:placeholder>
                   <w:docPart w:val="093CC08E49224EF3ABE11C3929268A18"/>
                 </w:placeholder>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="009F705F">
                   <w:rPr>
                     <w:rFonts w:eastAsia="Calibri"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>3</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidRPr="007F66CA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="007F66CA">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
@@ -594,51 +591,50 @@
               </w:rPr>
               <w:t>р</w:t>
             </w:r>
             <w:r w:rsidRPr="007F66CA">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">едакция </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cs="Times New Roman"/>
                   <w:bCs/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="1363401833"/>
                 <w:placeholder>
                   <w:docPart w:val="DB9114B66F284D49904FF2DA9EED9D92"/>
                 </w:placeholder>
                 <w:text/>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="005C7B39" w:rsidRPr="007F66CA">
                   <w:rPr>
                     <w:rFonts w:cs="Times New Roman"/>
                     <w:bCs/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>0</w:t>
                 </w:r>
                 <w:r w:rsidR="003D50AD">
                   <w:rPr>
                     <w:rFonts w:cs="Times New Roman"/>
                     <w:bCs/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>2</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
@@ -1004,62 +1000,69 @@
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00416763">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>№ п/п</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1978" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="48F9FA17" w14:textId="11DCBC50" w:rsidR="00416763" w:rsidRPr="00416763" w:rsidRDefault="00416763" w:rsidP="003D50AD">
             <w:pPr>
               <w:pStyle w:val="af6"/>
               <w:jc w:val="center"/>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00416763">
               <w:t>Наименовани</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidR="004057B3">
               <w:rPr>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>е</w:t>
             </w:r>
             <w:r w:rsidRPr="00416763">
-              <w:t xml:space="preserve"> объекта</w:t>
-            </w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00416763">
+              <w:t>объекта</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
           <w:p w14:paraId="24513172" w14:textId="38FC2F47" w:rsidR="00416763" w:rsidRPr="00416763" w:rsidRDefault="00416763" w:rsidP="003D50AD">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00416763">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>испытаний</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59E2A5A0" w14:textId="1072D766" w:rsidR="00416763" w:rsidRPr="00416763" w:rsidRDefault="00416763" w:rsidP="003D50AD">
             <w:pPr>
@@ -1090,53 +1093,55 @@
               <w:rPr>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00416763">
               <w:rPr>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>Наименование</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6E177B33" w14:textId="79D7E23D" w:rsidR="00416763" w:rsidRPr="00416763" w:rsidRDefault="00416763" w:rsidP="003D50AD">
             <w:pPr>
               <w:pStyle w:val="af6"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00416763">
               <w:rPr>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>х</w:t>
             </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00416763">
               <w:t>арактеристик</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00416763">
               <w:rPr>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>и</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="66F8C257" w14:textId="15DE50CF" w:rsidR="00416763" w:rsidRPr="00416763" w:rsidRDefault="00416763" w:rsidP="003D50AD">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00416763">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>(показатель, параметры)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -1545,89 +1550,93 @@
               </w:rPr>
               <w:t>ТКП 181-2009</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="690E6B8C" w14:textId="75F3A38F" w:rsidR="007A015F" w:rsidRPr="007A015F" w:rsidRDefault="007A015F" w:rsidP="007A015F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007A015F">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>п.Б.27.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2403" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6940DB8F" w14:textId="344A977C" w:rsidR="007A015F" w:rsidRPr="007A015F" w:rsidRDefault="0035507B" w:rsidP="003D50AD">
+          <w:p w14:paraId="6940DB8F" w14:textId="429B9DE3" w:rsidR="007A015F" w:rsidRPr="007A015F" w:rsidRDefault="003D50AD" w:rsidP="00A153AF">
             <w:pPr>
               <w:ind w:left="-107" w:right="-109"/>
-              <w:jc w:val="both"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
+              <w:t>АМИ.ГР</w:t>
+            </w:r>
+            <w:r w:rsidR="007944E9">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="003D50AD">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="0035507B">
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>0014</w:t>
+            </w:r>
+            <w:r w:rsidR="0035507B" w:rsidRPr="0035507B">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>-20</w:t>
             </w:r>
-            <w:r w:rsidR="003D50AD">
+            <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>21</w:t>
-            </w:r>
-[...1 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0035507B" w14:paraId="1CAF82F1" w14:textId="77777777" w:rsidTr="0035507B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="711" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5B1A220B" w14:textId="77777777" w:rsidR="0035507B" w:rsidRDefault="0035507B" w:rsidP="0035507B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>2.1</w:t>
             </w:r>
           </w:p>
@@ -1750,82 +1759,101 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="76744A9B" w14:textId="77777777" w:rsidR="0035507B" w:rsidRPr="007A015F" w:rsidRDefault="0035507B" w:rsidP="0035507B">
             <w:pPr>
               <w:pStyle w:val="af6"/>
               <w:rPr>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007A015F">
               <w:rPr>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>ТКП 181-2009</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0D3A94BD" w14:textId="164F5D9C" w:rsidR="0035507B" w:rsidRPr="007A015F" w:rsidRDefault="0035507B" w:rsidP="0035507B">
             <w:pPr>
               <w:pStyle w:val="af6"/>
               <w:rPr>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="007A015F">
-              <w:t>п.Б.</w:t>
+              <w:t>п.Б</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007A015F">
+              <w:t>.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>30</w:t>
             </w:r>
             <w:r w:rsidRPr="007A015F">
               <w:t>.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2403" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1B68C08C" w14:textId="0D5C2745" w:rsidR="0035507B" w:rsidRPr="0035507B" w:rsidRDefault="003D50AD" w:rsidP="0035507B">
+          <w:p w14:paraId="1B68C08C" w14:textId="6C8B2CCE" w:rsidR="0035507B" w:rsidRPr="0035507B" w:rsidRDefault="003D50AD" w:rsidP="007944E9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>АМИ.ГР.0014</w:t>
+              <w:t>АМИ.ГР</w:t>
+            </w:r>
+            <w:r w:rsidR="007944E9">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>0014</w:t>
             </w:r>
             <w:r w:rsidRPr="0035507B">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>-20</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>21</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0035507B" w14:paraId="32027679" w14:textId="77777777" w:rsidTr="0035507B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="711" w:type="dxa"/>
@@ -1971,79 +1999,98 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="16F8318D" w14:textId="77777777" w:rsidR="0035507B" w:rsidRPr="007A015F" w:rsidRDefault="0035507B" w:rsidP="0035507B">
             <w:pPr>
               <w:pStyle w:val="af6"/>
               <w:rPr>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007A015F">
               <w:rPr>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>ТКП 181-2009</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6CECD52F" w14:textId="2567EEB5" w:rsidR="0035507B" w:rsidRPr="007A015F" w:rsidRDefault="0035507B" w:rsidP="0035507B">
             <w:pPr>
               <w:pStyle w:val="af6"/>
               <w:rPr>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="007A015F">
-              <w:t>п.Б.</w:t>
+              <w:t>п.Б</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007A015F">
+              <w:t>.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>7.2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2403" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="54BB56EC" w14:textId="0BCA13D7" w:rsidR="0035507B" w:rsidRPr="0035507B" w:rsidRDefault="003D50AD" w:rsidP="0035507B">
+          <w:p w14:paraId="54BB56EC" w14:textId="4A35DC3E" w:rsidR="0035507B" w:rsidRPr="0035507B" w:rsidRDefault="003D50AD" w:rsidP="007944E9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>АМИ.ГР.0014</w:t>
+              <w:t>АМИ.ГР</w:t>
+            </w:r>
+            <w:r w:rsidR="007944E9">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>0014</w:t>
             </w:r>
             <w:r w:rsidRPr="0035507B">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>-20</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>21</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="14BD0092" w14:textId="77777777" w:rsidR="0035507B" w:rsidRDefault="0035507B">
       <w:r>
         <w:br w:type="page"/>
@@ -2239,53 +2286,55 @@
           <w:p w14:paraId="0757909E" w14:textId="77777777" w:rsidR="009F705F" w:rsidRPr="00A148CD" w:rsidRDefault="009F705F" w:rsidP="009D766A">
             <w:pPr>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A148CD">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Заземляющие </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1F994B22" w14:textId="4553C149" w:rsidR="009F705F" w:rsidRPr="00A148CD" w:rsidRDefault="009F705F" w:rsidP="00A148CD">
             <w:pPr>
               <w:pStyle w:val="af6"/>
               <w:jc w:val="both"/>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00A148CD">
               <w:t>устройства</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="56E42C78" w14:textId="386C368C" w:rsidR="009F705F" w:rsidRPr="00A148CD" w:rsidRDefault="009F705F" w:rsidP="00A148CD">
             <w:pPr>
               <w:pStyle w:val="af6"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="00A148CD">
               <w:rPr>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>27.90/ 22.000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0A8ADEA0" w14:textId="5703DF41" w:rsidR="009F705F" w:rsidRPr="00A148CD" w:rsidRDefault="009F705F" w:rsidP="00A148CD">
             <w:pPr>
@@ -2398,64 +2447,78 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A148CD">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>п.Б.29.2</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0C8B4A3D" w14:textId="003E3B69" w:rsidR="009F705F" w:rsidRPr="00A148CD" w:rsidRDefault="009F705F" w:rsidP="00A148CD">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2403" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="56ABBCC8" w14:textId="49BB17E5" w:rsidR="009F705F" w:rsidRPr="00A148CD" w:rsidRDefault="003D50AD" w:rsidP="003D50AD">
+          <w:p w14:paraId="56ABBCC8" w14:textId="65A9C32C" w:rsidR="009F705F" w:rsidRPr="00A148CD" w:rsidRDefault="003D50AD" w:rsidP="007944E9">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>АМИ.ГР.0018</w:t>
+              <w:t>АМИ.ГР</w:t>
+            </w:r>
+            <w:r w:rsidR="007944E9">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>0018</w:t>
             </w:r>
             <w:r w:rsidRPr="0035507B">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>-20</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>21</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009F705F" w14:paraId="7795E563" w14:textId="77777777" w:rsidTr="009D766A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="711" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0842E938" w14:textId="77777777" w:rsidR="009F705F" w:rsidRDefault="009F705F" w:rsidP="00A148CD">
             <w:pPr>
@@ -2879,64 +2942,78 @@
             <w:pPr>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A148CD">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>п.Б.29.8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2403" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="30A9A7C4" w14:textId="39E30614" w:rsidR="009F705F" w:rsidRPr="00A148CD" w:rsidRDefault="003D50AD" w:rsidP="003D50AD">
+          <w:p w14:paraId="30A9A7C4" w14:textId="7C5149A2" w:rsidR="009F705F" w:rsidRPr="00A148CD" w:rsidRDefault="003D50AD" w:rsidP="007944E9">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>АМИ.ГР.0012</w:t>
+              <w:t>АМИ.ГР</w:t>
+            </w:r>
+            <w:r w:rsidR="007944E9">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>0012</w:t>
             </w:r>
             <w:r w:rsidRPr="0035507B">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>-20</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>21</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009F705F" w14:paraId="4B165AEB" w14:textId="77777777" w:rsidTr="009D766A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="711" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="34FDA543" w14:textId="77777777" w:rsidR="009F705F" w:rsidRDefault="009F705F" w:rsidP="009D766A">
             <w:pPr>
@@ -3195,64 +3272,78 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009D766A">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>п.7.4</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="12A997B0" w14:textId="718E51F0" w:rsidR="009F705F" w:rsidRPr="009D766A" w:rsidRDefault="009F705F" w:rsidP="009D766A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2403" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0F2CF742" w14:textId="2C30A621" w:rsidR="009F705F" w:rsidRPr="009D766A" w:rsidRDefault="003D50AD" w:rsidP="003D50AD">
+          <w:p w14:paraId="0F2CF742" w14:textId="170E9913" w:rsidR="009F705F" w:rsidRPr="009D766A" w:rsidRDefault="003D50AD" w:rsidP="007944E9">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>АМИ.ГР.0013</w:t>
+              <w:t>АМИ.ГР</w:t>
+            </w:r>
+            <w:r w:rsidR="007944E9">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>0013</w:t>
             </w:r>
             <w:r w:rsidRPr="0035507B">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>-20</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>21</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007A3B7B" w14:paraId="618A596F" w14:textId="77777777" w:rsidTr="003E0345">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="711" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6D0876C9" w14:textId="77777777" w:rsidR="007A3B7B" w:rsidRDefault="007A3B7B" w:rsidP="009D766A">
             <w:pPr>
@@ -3423,60 +3514,69 @@
               <w:br/>
               <w:t>п. В.4.61.4</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="62D566A8" w14:textId="4CB64BB0" w:rsidR="007A3B7B" w:rsidRPr="009D766A" w:rsidRDefault="007A3B7B" w:rsidP="007A3B7B">
             <w:pPr>
               <w:ind w:left="-68" w:right="-124"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2403" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2FD034E7" w14:textId="66905360" w:rsidR="007A3B7B" w:rsidRPr="003D50AD" w:rsidRDefault="003D50AD" w:rsidP="003D50AD">
+          <w:p w14:paraId="2FD034E7" w14:textId="4622815A" w:rsidR="007A3B7B" w:rsidRPr="003D50AD" w:rsidRDefault="003D50AD" w:rsidP="007944E9">
             <w:pPr>
               <w:pStyle w:val="af6"/>
               <w:ind w:right="-86"/>
               <w:rPr>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
-              <w:t>АМИ.ГР.00</w:t>
+              <w:t>АМИ.ГР</w:t>
+            </w:r>
+            <w:r w:rsidR="007944E9">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>00</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>62</w:t>
             </w:r>
             <w:r w:rsidRPr="0035507B">
               <w:t>-20</w:t>
             </w:r>
             <w:r>
               <w:t>2</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007A3B7B" w14:paraId="41D997D8" w14:textId="77777777" w:rsidTr="003E0345">
         <w:tc>
           <w:tcPr>
@@ -3654,64 +3754,78 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009D766A">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>п. 5.3.12</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4AF5BA3D" w14:textId="77777777" w:rsidR="007A3B7B" w:rsidRPr="009D766A" w:rsidRDefault="007A3B7B" w:rsidP="006D4A79">
             <w:pPr>
               <w:ind w:left="-59"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2403" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4FF695B1" w14:textId="6226CBAC" w:rsidR="007A3B7B" w:rsidRPr="003D50AD" w:rsidRDefault="003D50AD" w:rsidP="009D766A">
+          <w:p w14:paraId="4FF695B1" w14:textId="24D0CBB2" w:rsidR="007A3B7B" w:rsidRPr="003D50AD" w:rsidRDefault="003D50AD" w:rsidP="007944E9">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003D50AD">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>АМИ.ГР.0062-2022</w:t>
+              <w:t>АМИ.ГР</w:t>
+            </w:r>
+            <w:r w:rsidR="007944E9">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003D50AD">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>0062-2022</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007A3B7B" w14:paraId="5200B9CA" w14:textId="77777777" w:rsidTr="003E0345">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="711" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="63805470" w14:textId="77777777" w:rsidR="007A3B7B" w:rsidRDefault="007A3B7B" w:rsidP="007A3B7B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>6.1</w:t>
             </w:r>
           </w:p>
@@ -3865,64 +3979,78 @@
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008D7572">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>ТКП 181-2009   п.В.4.61.4</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="29379AFD" w14:textId="5E362EAB" w:rsidR="007A3B7B" w:rsidRPr="009D766A" w:rsidRDefault="007A3B7B" w:rsidP="007A3B7B">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2403" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5541A26B" w14:textId="3FE73513" w:rsidR="007A3B7B" w:rsidRPr="003D50AD" w:rsidRDefault="003D50AD" w:rsidP="007A3B7B">
+          <w:p w14:paraId="5541A26B" w14:textId="555A03A2" w:rsidR="007A3B7B" w:rsidRPr="003D50AD" w:rsidRDefault="003D50AD" w:rsidP="007944E9">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003D50AD">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>АМИ.ГР.0062-2022</w:t>
+              <w:t>АМИ.ГР</w:t>
+            </w:r>
+            <w:r w:rsidR="007944E9">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003D50AD">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>0062-2022</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007A3B7B" w14:paraId="035AE4D2" w14:textId="77777777" w:rsidTr="00007AFD">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="711" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3A8801D8" w14:textId="77777777" w:rsidR="007A3B7B" w:rsidRDefault="007A3B7B" w:rsidP="00007AFD">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>7.1</w:t>
             </w:r>
           </w:p>
@@ -4225,64 +4353,85 @@
             <w:r w:rsidRPr="007A3B7B">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Фактические значения</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="59B679D3" w14:textId="38E646DC" w:rsidR="007A3B7B" w:rsidRPr="007A3B7B" w:rsidRDefault="007A3B7B" w:rsidP="00007AFD">
             <w:pPr>
               <w:pStyle w:val="af6"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007A3B7B">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2403" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="486C71E9" w14:textId="1DCD498D" w:rsidR="007A3B7B" w:rsidRPr="003D50AD" w:rsidRDefault="003D50AD" w:rsidP="003D50AD">
+          <w:p w14:paraId="486C71E9" w14:textId="32D969D9" w:rsidR="007A3B7B" w:rsidRPr="003D50AD" w:rsidRDefault="003D50AD" w:rsidP="007944E9">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003D50AD">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>АМИ.ГР.00</w:t>
+              <w:t>АМИ.</w:t>
+            </w:r>
+            <w:r w:rsidR="00F3125D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>МН</w:t>
+            </w:r>
+            <w:r w:rsidR="007944E9">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003D50AD">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>00</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
             <w:r w:rsidRPr="003D50AD">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>6-202</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
@@ -4684,64 +4833,85 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007A3B7B">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Фактические значения</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3D8129B3" w14:textId="77777777" w:rsidR="003D50AD" w:rsidRPr="007A3B7B" w:rsidRDefault="003D50AD" w:rsidP="003D50AD">
             <w:pPr>
               <w:pStyle w:val="af6"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2403" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1F29952A" w14:textId="22461482" w:rsidR="003D50AD" w:rsidRPr="007A3B7B" w:rsidRDefault="003D50AD" w:rsidP="003D50AD">
+          <w:p w14:paraId="1F29952A" w14:textId="7BD13A89" w:rsidR="003D50AD" w:rsidRPr="007A3B7B" w:rsidRDefault="003D50AD" w:rsidP="007944E9">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003D50AD">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>АМИ.ГР.00</w:t>
+              <w:t>АМИ.</w:t>
+            </w:r>
+            <w:r w:rsidR="00F3125D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>МН</w:t>
+            </w:r>
+            <w:r w:rsidR="007944E9">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003D50AD">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>00</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
             <w:r w:rsidRPr="003D50AD">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>6-202</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
@@ -4885,64 +5055,85 @@
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="41E81B1D" w14:textId="77777777" w:rsidR="003D50AD" w:rsidRPr="007A3B7B" w:rsidRDefault="003D50AD" w:rsidP="003D50AD">
             <w:pPr>
               <w:pStyle w:val="af6"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2403" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0064FB02" w14:textId="2E96C4A0" w:rsidR="003D50AD" w:rsidRPr="007A3B7B" w:rsidRDefault="003D50AD" w:rsidP="003D50AD">
+          <w:p w14:paraId="0064FB02" w14:textId="624C9C30" w:rsidR="003D50AD" w:rsidRPr="007A3B7B" w:rsidRDefault="003D50AD" w:rsidP="007944E9">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003D50AD">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>АМИ.ГР.00</w:t>
+              <w:t>АМИ.</w:t>
+            </w:r>
+            <w:r w:rsidR="00F3125D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>МН</w:t>
+            </w:r>
+            <w:r w:rsidR="007944E9">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003D50AD">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>00</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
             <w:r w:rsidRPr="003D50AD">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>6-202</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
@@ -5092,64 +5283,85 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="179758EF" w14:textId="77777777" w:rsidR="003D50AD" w:rsidRPr="007A3B7B" w:rsidRDefault="003D50AD" w:rsidP="003D50AD">
             <w:pPr>
               <w:pStyle w:val="af6"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2403" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="243B7BED" w14:textId="54E7B3E8" w:rsidR="003D50AD" w:rsidRPr="007A3B7B" w:rsidRDefault="003D50AD" w:rsidP="003D50AD">
+          <w:p w14:paraId="243B7BED" w14:textId="1175955E" w:rsidR="003D50AD" w:rsidRPr="007A3B7B" w:rsidRDefault="003D50AD" w:rsidP="007944E9">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003D50AD">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>АМИ.ГР.00</w:t>
+              <w:t>АМИ.</w:t>
+            </w:r>
+            <w:r w:rsidR="00F3125D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>МН</w:t>
+            </w:r>
+            <w:r w:rsidR="007944E9">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003D50AD">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>00</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
             <w:r w:rsidRPr="003D50AD">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>6-202</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
@@ -5284,64 +5496,85 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="64F51085" w14:textId="77777777" w:rsidR="003D50AD" w:rsidRPr="007A3B7B" w:rsidRDefault="003D50AD" w:rsidP="003D50AD">
             <w:pPr>
               <w:pStyle w:val="af6"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2403" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2887B05D" w14:textId="62F95B94" w:rsidR="003D50AD" w:rsidRPr="007A3B7B" w:rsidRDefault="003D50AD" w:rsidP="003D50AD">
+          <w:p w14:paraId="2887B05D" w14:textId="1C7074A7" w:rsidR="003D50AD" w:rsidRPr="007A3B7B" w:rsidRDefault="003D50AD" w:rsidP="007944E9">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003D50AD">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>АМИ.ГР.00</w:t>
+              <w:t>АМИ.</w:t>
+            </w:r>
+            <w:r w:rsidR="00F3125D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>МН</w:t>
+            </w:r>
+            <w:r w:rsidR="007944E9">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003D50AD">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>00</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
             <w:r w:rsidRPr="003D50AD">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>6-202</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
@@ -5529,87 +5762,112 @@
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00007AFD">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">НПА, в т.ч. ТНПА и другая проектная документация </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0D03B31B" w14:textId="36255D11" w:rsidR="003D50AD" w:rsidRPr="00007AFD" w:rsidRDefault="003D50AD" w:rsidP="003D50AD">
             <w:pPr>
               <w:pStyle w:val="af6"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00007AFD">
               <w:t>Фактические</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00007AFD">
               <w:t>значения</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2403" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="61FAC54F" w14:textId="560692AB" w:rsidR="003D50AD" w:rsidRPr="00007AFD" w:rsidRDefault="003D50AD" w:rsidP="003D50AD">
+          <w:p w14:paraId="61FAC54F" w14:textId="7B3D35FA" w:rsidR="003D50AD" w:rsidRPr="00007AFD" w:rsidRDefault="003D50AD" w:rsidP="007944E9">
             <w:pPr>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003D50AD">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>АМИ.ГР.00</w:t>
+              <w:t>АМИ.</w:t>
+            </w:r>
+            <w:r w:rsidR="00F3125D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>МН</w:t>
+            </w:r>
+            <w:r w:rsidR="007944E9">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003D50AD">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>00</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
             <w:r w:rsidRPr="003D50AD">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>6-202</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
@@ -5895,70 +6153,70 @@
       <w:r w:rsidRPr="001D02D0">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бережных</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00D50B4E" w:rsidRPr="001D02D0" w:rsidSect="003D50AD">
       <w:headerReference w:type="default" r:id="rId8"/>
       <w:footerReference w:type="default" r:id="rId9"/>
       <w:headerReference w:type="first" r:id="rId10"/>
       <w:footerReference w:type="first" r:id="rId11"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="1134" w:right="567" w:bottom="1134" w:left="1701" w:header="624" w:footer="340" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5FFB7D62" w14:textId="77777777" w:rsidR="00774619" w:rsidRDefault="00774619" w:rsidP="0011070C">
+    <w:p w14:paraId="3C4C279B" w14:textId="77777777" w:rsidR="008848EF" w:rsidRDefault="008848EF" w:rsidP="0011070C">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="574F1269" w14:textId="77777777" w:rsidR="00774619" w:rsidRDefault="00774619" w:rsidP="0011070C">
+    <w:p w14:paraId="781DD01E" w14:textId="77777777" w:rsidR="008848EF" w:rsidRDefault="008848EF" w:rsidP="0011070C">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
@@ -5984,51 +6242,65 @@
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="ArialMT">
     <w:altName w:val="MS Mincho"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000203" w:usb1="08070000" w:usb2="00000010" w:usb3="00000000" w:csb0="00020005" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p>
+    <w:pPr>
+      <w:rPr>
+        <w:sz w:val="2"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r xmlns:v="urn:schemas-microsoft-com:vml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
+      <w:pict xmlns:v="urn:schemas-microsoft-com:vml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
+        <v:shape xmlns:v="urn:schemas-microsoft-com:vml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" id="WatermarkShape" type="#_x0000_t75" style="position:absolute; left:-330pt; top:300pt; width:700pt; height:40pt; rotation:270; fill-opacity:0.3; mso-wrap-style:behind; z-index:-1; mso-position-horizontal:absolute; mso-position-vertical:absolute; mso-position-horizontal-relative:page; mso-position-vertical-relative:page;" stroked="f" filled="t">
+          <v:imagedata xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rIdWmImg2" o:title=""/>
+        </v:shape>
+      </w:pict>
+    </w:r>
+  </w:p>
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="5000" w:type="pct"/>
       <w:tblLook w:val="00A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="3641"/>
       <w:gridCol w:w="3162"/>
       <w:gridCol w:w="2835"/>
     </w:tblGrid>
     <w:tr w:rsidR="00910FD3" w:rsidRPr="00E36003" w14:paraId="1B3520E5" w14:textId="77777777" w:rsidTr="003D50AD">
       <w:trPr>
         <w:trHeight w:val="106"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="3642" w:type="dxa"/>
           <w:hideMark/>
         </w:tcPr>
         <w:p w14:paraId="31D8CE8C" w14:textId="6C710E39" w:rsidR="00CE3D8B" w:rsidRDefault="00CE3D8B" w:rsidP="00CE3D8B">
           <w:pPr>
             <w:pStyle w:val="61"/>
             <w:pBdr>
               <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
             </w:pBdr>
@@ -6141,89 +6413,103 @@
         </w:tcPr>
         <w:p w14:paraId="39D428FC" w14:textId="16136126" w:rsidR="00124809" w:rsidRPr="00E36003" w:rsidRDefault="00124809" w:rsidP="00124809">
           <w:pPr>
             <w:pStyle w:val="61"/>
             <w:ind w:left="-94" w:right="-70"/>
             <w:jc w:val="right"/>
             <w:rPr>
               <w:lang w:val="ru-RU"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="00E36003">
             <w:rPr>
               <w:lang w:val="ru-RU"/>
             </w:rPr>
             <w:t xml:space="preserve">    Лист </w:t>
           </w:r>
           <w:r w:rsidRPr="00E36003">
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r w:rsidRPr="00E36003">
             <w:instrText xml:space="preserve"> PAGE </w:instrText>
           </w:r>
           <w:r w:rsidRPr="00E36003">
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
-          <w:r w:rsidR="005F3AAC">
+          <w:r w:rsidR="00A153AF">
             <w:rPr>
               <w:noProof/>
             </w:rPr>
             <w:t>2</w:t>
           </w:r>
           <w:r w:rsidRPr="00E36003">
             <w:fldChar w:fldCharType="end"/>
           </w:r>
           <w:r w:rsidRPr="00E36003">
             <w:t xml:space="preserve"> </w:t>
           </w:r>
           <w:r w:rsidRPr="00E36003">
             <w:rPr>
               <w:lang w:val="ru-RU"/>
             </w:rPr>
             <w:t xml:space="preserve">Листов </w:t>
           </w:r>
           <w:r w:rsidR="009F705F">
             <w:rPr>
               <w:lang w:val="ru-RU"/>
             </w:rPr>
             <w:t>3</w:t>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w14:paraId="603BA065" w14:textId="77777777" w:rsidR="002F0D32" w:rsidRDefault="002F0D32" w:rsidP="00124809">
     <w:pPr>
       <w:pStyle w:val="a9"/>
       <w:ind w:firstLine="0"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p>
+    <w:pPr>
+      <w:rPr>
+        <w:sz w:val="2"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r xmlns:v="urn:schemas-microsoft-com:vml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
+      <w:pict xmlns:v="urn:schemas-microsoft-com:vml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
+        <v:shape xmlns:v="urn:schemas-microsoft-com:vml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" id="WatermarkShape" type="#_x0000_t75" style="position:absolute; left:-330pt; top:300pt; width:700pt; height:40pt; rotation:270; fill-opacity:0.3; mso-wrap-style:behind; z-index:-1; mso-position-horizontal:absolute; mso-position-vertical:absolute; mso-position-horizontal-relative:page; mso-position-vertical-relative:page;" stroked="f" filled="t">
+          <v:imagedata xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rIdWmImg1" o:title=""/>
+        </v:shape>
+      </w:pict>
+    </w:r>
+  </w:p>
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="5000" w:type="pct"/>
       <w:tblLook w:val="00A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="3681"/>
       <w:gridCol w:w="2240"/>
       <w:gridCol w:w="3717"/>
     </w:tblGrid>
     <w:tr w:rsidR="00A417E3" w:rsidRPr="00E36003" w14:paraId="1BFE7AEB" w14:textId="77777777" w:rsidTr="003D50AD">
       <w:trPr>
         <w:trHeight w:val="284"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="3681" w:type="dxa"/>
           <w:vAlign w:val="center"/>
           <w:hideMark/>
         </w:tcPr>
         <w:p w14:paraId="3FAE9CF2" w14:textId="77777777" w:rsidR="00A417E3" w:rsidRPr="00EC338F" w:rsidRDefault="00A417E3" w:rsidP="00A417E3">
           <w:pPr>
             <w:pStyle w:val="61"/>
             <w:rPr>
               <w:rFonts w:eastAsia="ArialMT"/>
@@ -6343,113 +6629,113 @@
         </w:tcPr>
         <w:p w14:paraId="1F0EF5F5" w14:textId="49235D7C" w:rsidR="00A417E3" w:rsidRPr="00E36003" w:rsidRDefault="00A417E3" w:rsidP="00A417E3">
           <w:pPr>
             <w:pStyle w:val="61"/>
             <w:ind w:left="-94" w:right="-70"/>
             <w:jc w:val="right"/>
             <w:rPr>
               <w:lang w:val="ru-RU"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="00E36003">
             <w:rPr>
               <w:lang w:val="ru-RU"/>
             </w:rPr>
             <w:t xml:space="preserve">    Лист </w:t>
           </w:r>
           <w:r w:rsidRPr="00E36003">
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r w:rsidRPr="00E36003">
             <w:instrText xml:space="preserve"> PAGE </w:instrText>
           </w:r>
           <w:r w:rsidRPr="00E36003">
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
-          <w:r w:rsidR="00CC683F">
+          <w:r w:rsidR="00A153AF">
             <w:rPr>
               <w:noProof/>
             </w:rPr>
             <w:t>1</w:t>
           </w:r>
           <w:r w:rsidRPr="00E36003">
             <w:fldChar w:fldCharType="end"/>
           </w:r>
           <w:r w:rsidRPr="00E36003">
             <w:t xml:space="preserve"> </w:t>
           </w:r>
           <w:r w:rsidRPr="00E36003">
             <w:rPr>
               <w:lang w:val="ru-RU"/>
             </w:rPr>
             <w:t xml:space="preserve">Листов </w:t>
           </w:r>
           <w:r w:rsidR="009A03CD">
             <w:rPr>
               <w:lang w:val="ru-RU"/>
             </w:rPr>
             <w:t>3</w:t>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
     <w:bookmarkEnd w:id="2"/>
   </w:tbl>
   <w:p w14:paraId="0CBE44B8" w14:textId="77777777" w:rsidR="007A1818" w:rsidRDefault="007A1818" w:rsidP="00280E8C">
     <w:pPr>
       <w:pStyle w:val="a9"/>
       <w:ind w:firstLine="0"/>
       <w:rPr>
         <w:sz w:val="2"/>
         <w:szCs w:val="2"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7EB275B7" w14:textId="77777777" w:rsidR="00774619" w:rsidRDefault="00774619" w:rsidP="0011070C">
+    <w:p w14:paraId="3B840786" w14:textId="77777777" w:rsidR="008848EF" w:rsidRDefault="008848EF" w:rsidP="0011070C">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="7BFE9F88" w14:textId="77777777" w:rsidR="00774619" w:rsidRDefault="00774619" w:rsidP="0011070C">
+    <w:p w14:paraId="43D5B0CB" w14:textId="77777777" w:rsidR="008848EF" w:rsidRDefault="008848EF" w:rsidP="0011070C">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="5000" w:type="pct"/>
       <w:tblInd w:w="-71" w:type="dxa"/>
       <w:tblBorders>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:left w:w="71" w:type="dxa"/>
         <w:right w:w="71" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="742"/>
       <w:gridCol w:w="8896"/>
     </w:tblGrid>
     <w:tr w:rsidR="00124809" w:rsidRPr="00D337DC" w14:paraId="64FB0D33" w14:textId="77777777" w:rsidTr="00460ECA">
       <w:trPr>
         <w:trHeight w:val="752"/>
         <w:tblHeader/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="380" w:type="pct"/>
@@ -6572,51 +6858,51 @@
           </w:r>
           <w:r w:rsidR="00C2135B">
             <w:rPr>
               <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:t>5451</w:t>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w14:paraId="0E364349" w14:textId="77777777" w:rsidR="00C24C3D" w:rsidRPr="00460ECA" w:rsidRDefault="00C24C3D" w:rsidP="00C24C3D">
     <w:pPr>
       <w:pStyle w:val="a7"/>
       <w:rPr>
         <w:lang w:val="ru-RU"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="9797" w:type="dxa"/>
       <w:tblInd w:w="-158" w:type="dxa"/>
       <w:tblBorders>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblLook w:val="00A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="896"/>
       <w:gridCol w:w="8901"/>
     </w:tblGrid>
     <w:tr w:rsidR="00F40980" w:rsidRPr="00804957" w14:paraId="70A94423" w14:textId="77777777" w:rsidTr="003D50AD">
       <w:trPr>
         <w:trHeight w:val="277"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="896" w:type="dxa"/>
           <w:tcBorders>
             <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
           </w:tcBorders>
           <w:vAlign w:val="center"/>
         </w:tcPr>
@@ -6748,51 +7034,51 @@
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="00CF1D3E">
             <w:rPr>
               <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:t>«БЕЛОРУССКИЙ ГОСУДАРСТВЕННЫЙ ЦЕНТР АККРЕДИТАЦИИ»</w:t>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w14:paraId="28A7F3D1" w14:textId="77777777" w:rsidR="00F40980" w:rsidRDefault="00F40980">
     <w:pPr>
       <w:pStyle w:val="a7"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0C8A34CF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="6D4EE810"/>
     <w:lvl w:ilvl="0" w:tplc="0419000D">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -8160,167 +8446,167 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="7200"/>
         </w:tabs>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="207575676">
+  <w:num w:numId="1" w16cid:durableId="1167556293">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="1298143691">
+  <w:num w:numId="2" w16cid:durableId="1578631522">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="1138885611">
+  <w:num w:numId="3" w16cid:durableId="314921080">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="1240600564">
+  <w:num w:numId="4" w16cid:durableId="2122919687">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="2062170279">
+  <w:num w:numId="5" w16cid:durableId="238515393">
     <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="6" w16cid:durableId="1244224935">
+  <w:num w:numId="6" w16cid:durableId="83306265">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="7" w16cid:durableId="1938904172">
+  <w:num w:numId="7" w16cid:durableId="1957523323">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="8" w16cid:durableId="575896371">
+  <w:num w:numId="8" w16cid:durableId="252200685">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="9" w16cid:durableId="1829830753">
+  <w:num w:numId="9" w16cid:durableId="234362309">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="10" w16cid:durableId="1310672244">
+  <w:num w:numId="10" w16cid:durableId="1580289255">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="11" w16cid:durableId="1869835833">
+  <w:num w:numId="11" w16cid:durableId="1882286110">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="12" w16cid:durableId="69695323">
+  <w:num w:numId="12" w16cid:durableId="2025939968">
     <w:abstractNumId w:val="10"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
-  <w:zoom w:percent="100"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="102"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:defaultTabStop w:val="708"/>
   <w:autoHyphenation/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00F31498"/>
     <w:rsid w:val="00001560"/>
     <w:rsid w:val="00007AFD"/>
     <w:rsid w:val="00022A72"/>
     <w:rsid w:val="00030948"/>
-    <w:rsid w:val="00057782"/>
     <w:rsid w:val="000643A6"/>
     <w:rsid w:val="000857D1"/>
     <w:rsid w:val="0009264B"/>
     <w:rsid w:val="00092EA6"/>
     <w:rsid w:val="000A6CF1"/>
     <w:rsid w:val="000B0313"/>
     <w:rsid w:val="000C7AF5"/>
     <w:rsid w:val="000D1708"/>
     <w:rsid w:val="000D49BB"/>
     <w:rsid w:val="000E2AC4"/>
     <w:rsid w:val="001017AB"/>
     <w:rsid w:val="00101C03"/>
     <w:rsid w:val="00103D27"/>
     <w:rsid w:val="0011070C"/>
     <w:rsid w:val="001157ED"/>
     <w:rsid w:val="00116AD0"/>
     <w:rsid w:val="00117059"/>
     <w:rsid w:val="00120BDA"/>
     <w:rsid w:val="00124809"/>
     <w:rsid w:val="00127B05"/>
     <w:rsid w:val="00147A13"/>
     <w:rsid w:val="001512FA"/>
     <w:rsid w:val="00166941"/>
     <w:rsid w:val="001747CA"/>
     <w:rsid w:val="00183E50"/>
     <w:rsid w:val="001843A0"/>
     <w:rsid w:val="001904FD"/>
     <w:rsid w:val="00190FD3"/>
     <w:rsid w:val="001956F7"/>
     <w:rsid w:val="00195A33"/>
     <w:rsid w:val="001A13C3"/>
     <w:rsid w:val="001A4BEA"/>
     <w:rsid w:val="001B5DC2"/>
     <w:rsid w:val="001C4362"/>
     <w:rsid w:val="001D650E"/>
     <w:rsid w:val="001E3D8F"/>
     <w:rsid w:val="001E5E8B"/>
     <w:rsid w:val="001E6E80"/>
     <w:rsid w:val="001F7F6C"/>
     <w:rsid w:val="0020355B"/>
+    <w:rsid w:val="00217106"/>
     <w:rsid w:val="00224AEE"/>
     <w:rsid w:val="00225907"/>
     <w:rsid w:val="00234CBD"/>
     <w:rsid w:val="00242384"/>
-    <w:rsid w:val="002571FC"/>
     <w:rsid w:val="0026099C"/>
     <w:rsid w:val="00270035"/>
     <w:rsid w:val="0027128E"/>
     <w:rsid w:val="00280064"/>
     <w:rsid w:val="00280E8C"/>
     <w:rsid w:val="002877C8"/>
     <w:rsid w:val="002900DE"/>
     <w:rsid w:val="00295E4A"/>
     <w:rsid w:val="002B7458"/>
     <w:rsid w:val="002C1C36"/>
     <w:rsid w:val="002C1D77"/>
     <w:rsid w:val="002D06D6"/>
     <w:rsid w:val="002D28AD"/>
     <w:rsid w:val="002D6F27"/>
     <w:rsid w:val="002E503D"/>
     <w:rsid w:val="002F07B3"/>
     <w:rsid w:val="002F0D32"/>
     <w:rsid w:val="003054C2"/>
     <w:rsid w:val="00305E11"/>
     <w:rsid w:val="0031023B"/>
     <w:rsid w:val="00347DF1"/>
     <w:rsid w:val="0035507B"/>
     <w:rsid w:val="003717D2"/>
     <w:rsid w:val="00377540"/>
     <w:rsid w:val="003A1AB4"/>
@@ -8380,152 +8666,156 @@
     <w:rsid w:val="005F3AAC"/>
     <w:rsid w:val="00603AFF"/>
     <w:rsid w:val="00605CF4"/>
     <w:rsid w:val="00614867"/>
     <w:rsid w:val="00627E81"/>
     <w:rsid w:val="00630922"/>
     <w:rsid w:val="00645468"/>
     <w:rsid w:val="0064697C"/>
     <w:rsid w:val="00660118"/>
     <w:rsid w:val="00693805"/>
     <w:rsid w:val="00697905"/>
     <w:rsid w:val="006A055C"/>
     <w:rsid w:val="006A336B"/>
     <w:rsid w:val="006A4791"/>
     <w:rsid w:val="006B450F"/>
     <w:rsid w:val="006B53E8"/>
     <w:rsid w:val="006C3B99"/>
     <w:rsid w:val="006D1CDB"/>
     <w:rsid w:val="006D33D8"/>
     <w:rsid w:val="006D4A79"/>
     <w:rsid w:val="006D5DCE"/>
     <w:rsid w:val="00704E29"/>
     <w:rsid w:val="00715A45"/>
     <w:rsid w:val="0071603C"/>
     <w:rsid w:val="007170BB"/>
+    <w:rsid w:val="00717547"/>
     <w:rsid w:val="00717E41"/>
     <w:rsid w:val="00731452"/>
     <w:rsid w:val="00734508"/>
     <w:rsid w:val="00741FBB"/>
     <w:rsid w:val="0074243A"/>
     <w:rsid w:val="0075090E"/>
     <w:rsid w:val="00753579"/>
     <w:rsid w:val="0075678F"/>
     <w:rsid w:val="007571AF"/>
     <w:rsid w:val="00771B1D"/>
     <w:rsid w:val="00773AC5"/>
     <w:rsid w:val="00774619"/>
     <w:rsid w:val="00776BEC"/>
     <w:rsid w:val="0079041E"/>
     <w:rsid w:val="00792698"/>
+    <w:rsid w:val="007944E9"/>
     <w:rsid w:val="007A015F"/>
     <w:rsid w:val="007A1818"/>
     <w:rsid w:val="007A3B7B"/>
     <w:rsid w:val="007A4175"/>
     <w:rsid w:val="007A4485"/>
     <w:rsid w:val="007B7450"/>
     <w:rsid w:val="007C05FE"/>
     <w:rsid w:val="007C0627"/>
     <w:rsid w:val="007C3A37"/>
     <w:rsid w:val="007E2735"/>
     <w:rsid w:val="007F44AE"/>
     <w:rsid w:val="007F55C7"/>
     <w:rsid w:val="007F66CA"/>
     <w:rsid w:val="0080033B"/>
     <w:rsid w:val="008101A2"/>
     <w:rsid w:val="008124DA"/>
     <w:rsid w:val="008130C0"/>
     <w:rsid w:val="00836710"/>
     <w:rsid w:val="008505BA"/>
     <w:rsid w:val="00856322"/>
     <w:rsid w:val="00864B6E"/>
     <w:rsid w:val="00872305"/>
     <w:rsid w:val="00874931"/>
     <w:rsid w:val="00877224"/>
+    <w:rsid w:val="008848EF"/>
     <w:rsid w:val="008873D7"/>
     <w:rsid w:val="0089339F"/>
     <w:rsid w:val="008A3E6F"/>
     <w:rsid w:val="008B1B9D"/>
     <w:rsid w:val="008C3521"/>
     <w:rsid w:val="008D3A5C"/>
     <w:rsid w:val="008D5942"/>
     <w:rsid w:val="008E2D26"/>
     <w:rsid w:val="008E350B"/>
     <w:rsid w:val="008F1755"/>
     <w:rsid w:val="00906719"/>
     <w:rsid w:val="0090767F"/>
     <w:rsid w:val="00910FD3"/>
     <w:rsid w:val="00913B16"/>
     <w:rsid w:val="00921A06"/>
     <w:rsid w:val="009230FC"/>
     <w:rsid w:val="00923868"/>
     <w:rsid w:val="00945D27"/>
     <w:rsid w:val="0095347E"/>
     <w:rsid w:val="009644A2"/>
     <w:rsid w:val="0096690A"/>
     <w:rsid w:val="00971289"/>
     <w:rsid w:val="00983EAE"/>
     <w:rsid w:val="00992024"/>
     <w:rsid w:val="00992CF6"/>
     <w:rsid w:val="009940B7"/>
     <w:rsid w:val="009A0245"/>
     <w:rsid w:val="009A03CD"/>
     <w:rsid w:val="009A3A10"/>
     <w:rsid w:val="009A3E9D"/>
     <w:rsid w:val="009C1C19"/>
     <w:rsid w:val="009D5A57"/>
     <w:rsid w:val="009D766A"/>
     <w:rsid w:val="009E107F"/>
     <w:rsid w:val="009E4D11"/>
     <w:rsid w:val="009F4CC1"/>
     <w:rsid w:val="009F705F"/>
     <w:rsid w:val="009F7389"/>
     <w:rsid w:val="00A00CAB"/>
     <w:rsid w:val="00A04FE4"/>
     <w:rsid w:val="00A063D9"/>
     <w:rsid w:val="00A11535"/>
     <w:rsid w:val="00A148CD"/>
+    <w:rsid w:val="00A153AF"/>
     <w:rsid w:val="00A33569"/>
     <w:rsid w:val="00A40143"/>
     <w:rsid w:val="00A417E3"/>
     <w:rsid w:val="00A4269B"/>
     <w:rsid w:val="00A46D5C"/>
     <w:rsid w:val="00A47C62"/>
     <w:rsid w:val="00A51D9A"/>
     <w:rsid w:val="00A66AE0"/>
     <w:rsid w:val="00A71156"/>
     <w:rsid w:val="00A74B14"/>
     <w:rsid w:val="00A755C7"/>
     <w:rsid w:val="00A76F8A"/>
     <w:rsid w:val="00A81284"/>
+    <w:rsid w:val="00A83E0B"/>
     <w:rsid w:val="00AA5AA1"/>
     <w:rsid w:val="00AB531A"/>
     <w:rsid w:val="00AC5226"/>
     <w:rsid w:val="00AD4B7A"/>
     <w:rsid w:val="00AE17DA"/>
     <w:rsid w:val="00B00CAF"/>
-    <w:rsid w:val="00B05565"/>
     <w:rsid w:val="00B06CF4"/>
     <w:rsid w:val="00B073DC"/>
     <w:rsid w:val="00B344A4"/>
     <w:rsid w:val="00B371CD"/>
     <w:rsid w:val="00B47A0F"/>
     <w:rsid w:val="00B565D4"/>
     <w:rsid w:val="00B61580"/>
     <w:rsid w:val="00B94B56"/>
     <w:rsid w:val="00B97057"/>
     <w:rsid w:val="00B97278"/>
     <w:rsid w:val="00BB272F"/>
     <w:rsid w:val="00BB5AEF"/>
     <w:rsid w:val="00BC40FF"/>
     <w:rsid w:val="00C00081"/>
     <w:rsid w:val="00C13371"/>
     <w:rsid w:val="00C13D24"/>
     <w:rsid w:val="00C2135B"/>
     <w:rsid w:val="00C24C3D"/>
     <w:rsid w:val="00C35D2A"/>
     <w:rsid w:val="00C35ED8"/>
     <w:rsid w:val="00C379B5"/>
     <w:rsid w:val="00C46E4F"/>
     <w:rsid w:val="00C554F0"/>
     <w:rsid w:val="00C60464"/>
     <w:rsid w:val="00C66929"/>
@@ -8565,120 +8855,125 @@
     <w:rsid w:val="00DB1FAE"/>
     <w:rsid w:val="00DD2646"/>
     <w:rsid w:val="00DD55FE"/>
     <w:rsid w:val="00DE6F93"/>
     <w:rsid w:val="00DF2D68"/>
     <w:rsid w:val="00DF59A1"/>
     <w:rsid w:val="00DF7DAB"/>
     <w:rsid w:val="00E12F21"/>
     <w:rsid w:val="00E16A62"/>
     <w:rsid w:val="00E17594"/>
     <w:rsid w:val="00E200BB"/>
     <w:rsid w:val="00E274D1"/>
     <w:rsid w:val="00E30EBD"/>
     <w:rsid w:val="00E36003"/>
     <w:rsid w:val="00E41B5C"/>
     <w:rsid w:val="00E41C63"/>
     <w:rsid w:val="00E6157E"/>
     <w:rsid w:val="00E72539"/>
     <w:rsid w:val="00E73F77"/>
     <w:rsid w:val="00E750F5"/>
     <w:rsid w:val="00E83E88"/>
     <w:rsid w:val="00E85116"/>
     <w:rsid w:val="00E917BE"/>
     <w:rsid w:val="00E955B1"/>
     <w:rsid w:val="00E95EA8"/>
+    <w:rsid w:val="00E97DB7"/>
+    <w:rsid w:val="00EA0E2C"/>
     <w:rsid w:val="00EA24D7"/>
     <w:rsid w:val="00EA4338"/>
     <w:rsid w:val="00EA6CEB"/>
     <w:rsid w:val="00EB34D2"/>
     <w:rsid w:val="00EC01C1"/>
     <w:rsid w:val="00EC338F"/>
     <w:rsid w:val="00ED10E7"/>
     <w:rsid w:val="00ED5C64"/>
     <w:rsid w:val="00EE78A0"/>
     <w:rsid w:val="00EF3118"/>
     <w:rsid w:val="00EF5137"/>
     <w:rsid w:val="00F03114"/>
     <w:rsid w:val="00F0516D"/>
     <w:rsid w:val="00F10CDF"/>
     <w:rsid w:val="00F112F2"/>
     <w:rsid w:val="00F11FE3"/>
     <w:rsid w:val="00F150F5"/>
     <w:rsid w:val="00F2025F"/>
+    <w:rsid w:val="00F3125D"/>
     <w:rsid w:val="00F31498"/>
     <w:rsid w:val="00F32AF8"/>
     <w:rsid w:val="00F40980"/>
     <w:rsid w:val="00F41EE4"/>
     <w:rsid w:val="00F42A42"/>
     <w:rsid w:val="00F455AB"/>
     <w:rsid w:val="00F45F0B"/>
     <w:rsid w:val="00F47F4D"/>
     <w:rsid w:val="00F549DB"/>
     <w:rsid w:val="00F701B8"/>
     <w:rsid w:val="00F74878"/>
     <w:rsid w:val="00F80F03"/>
     <w:rsid w:val="00F8235F"/>
     <w:rsid w:val="00F864B1"/>
     <w:rsid w:val="00F8653B"/>
     <w:rsid w:val="00F86DE9"/>
     <w:rsid w:val="00F90988"/>
     <w:rsid w:val="00F93BB0"/>
+    <w:rsid w:val="00F956BB"/>
+    <w:rsid w:val="00FB6C1D"/>
     <w:rsid w:val="00FC280E"/>
     <w:rsid w:val="00FF0E0D"/>
     <w:rsid w:val="00FF7907"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="725DE77B"/>
   <w15:docId w15:val="{A4852AA5-A8C5-4362-A7B7-B44A55C5FD88}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -10250,51 +10545,51 @@
     <w:rsid w:val="004044A1"/>
     <w:pPr>
       <w:ind w:left="-57" w:right="-57"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="aff1">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="001E5E8B"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="39522891">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="114981879">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -10419,68 +10714,78 @@
     </w:div>
     <w:div w:id="2113359519">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
+<file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rIdWmImg2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/wm.png"/></Relationships>
+
+</file>
+
+<file path=word/_rels/footer2.xml.rels><?xml version="1.0" encoding="UTF-8"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rIdWmImg1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/wm.png"/></Relationships>
+
+</file>
+
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\e.medina\AppData\Local\SMBusiness\Files\334948_copies\&#1055;&#1088;&#1080;&#1084;&#1077;&#1088;%20&#1054;&#1040;%20&#1085;&#1072;%203%20&#1083;&#1080;&#1089;&#1090;&#1072;&#1093;%20&#1076;&#1083;&#1103;%20&#1080;&#1089;&#1087;&#1099;&#1090;&#1072;&#1090;&#1077;&#1083;&#1100;&#1085;&#1099;&#1093;%20&#1083;&#1072;&#1073;&#1086;&#1088;&#1072;&#1090;&#1086;&#1088;&#1080;&#1081;.dotx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="54B0C90B65BC495BB779BF2D511EB3B1"/>
         <w:category>
           <w:name w:val="Общие"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{45A15DF1-2035-475C-969B-FC25915FAC3D}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00FD09A4" w:rsidRDefault="00753FB3">
           <w:pPr>
             <w:pStyle w:val="54B0C90B65BC495BB779BF2D511EB3B1"/>
           </w:pPr>
           <w:r w:rsidRPr="00204777">
             <w:rPr>
               <w:rStyle w:val="a3"/>
               <w:rFonts w:eastAsia="Calibri"/>
@@ -10623,51 +10928,51 @@
             <w:rPr>
               <w:rStyle w:val="a3"/>
               <w:rFonts w:eastAsia="Calibri"/>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:t xml:space="preserve">_ </w:t>
           </w:r>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="a3"/>
               <w:rFonts w:eastAsia="Calibri"/>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:t>года</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
@@ -10689,148 +10994,148 @@
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="ArialMT">
     <w:altName w:val="MS Mincho"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000203" w:usb1="08070000" w:usb2="00000010" w:usb3="00000000" w:csb0="00020005" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Aptos">
-    <w:charset w:val="00"/>
+  <w:font w:name="Calibri Light">
+    <w:panose1 w:val="020F0302020204030204"/>
+    <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
-[...5 lines deleted...]
-    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00753FB3"/>
     <w:rsid w:val="000175F8"/>
     <w:rsid w:val="000333A2"/>
-    <w:rsid w:val="00057782"/>
+    <w:rsid w:val="00217106"/>
+    <w:rsid w:val="002807F0"/>
     <w:rsid w:val="002D4A01"/>
     <w:rsid w:val="002D7EC7"/>
     <w:rsid w:val="002E6F56"/>
+    <w:rsid w:val="003119AF"/>
     <w:rsid w:val="0036412C"/>
     <w:rsid w:val="003823F8"/>
     <w:rsid w:val="004452E7"/>
     <w:rsid w:val="00466A3C"/>
     <w:rsid w:val="004815B3"/>
     <w:rsid w:val="005755CE"/>
     <w:rsid w:val="005B7A20"/>
     <w:rsid w:val="00624E4E"/>
     <w:rsid w:val="006A4BB1"/>
     <w:rsid w:val="006E5FB6"/>
     <w:rsid w:val="00737F49"/>
     <w:rsid w:val="00753FB3"/>
     <w:rsid w:val="00810CE1"/>
     <w:rsid w:val="008B3463"/>
     <w:rsid w:val="008C3834"/>
     <w:rsid w:val="008F065C"/>
     <w:rsid w:val="0090323E"/>
     <w:rsid w:val="009133C0"/>
     <w:rsid w:val="0093659A"/>
     <w:rsid w:val="00972E34"/>
+    <w:rsid w:val="00A83E0B"/>
+    <w:rsid w:val="00AC263A"/>
     <w:rsid w:val="00BB4E4C"/>
     <w:rsid w:val="00CC6BCA"/>
     <w:rsid w:val="00CE711A"/>
     <w:rsid w:val="00D06070"/>
     <w:rsid w:val="00D30136"/>
     <w:rsid w:val="00E44237"/>
     <w:rsid w:val="00E979E8"/>
+    <w:rsid w:val="00E97DB7"/>
     <w:rsid w:val="00EC2149"/>
     <w:rsid w:val="00EF2BDD"/>
     <w:rsid w:val="00FD09A4"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="ru-BY"/>
+  <w:themeFontLang/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
-        <w:lang w:val="ru-BY" w:eastAsia="ru-BY" w:bidi="ar-SA"/>
+        <w:lang w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -11231,51 +11536,51 @@
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="54B0C90B65BC495BB779BF2D511EB3B1">
     <w:name w:val="54B0C90B65BC495BB779BF2D511EB3B1"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="BF6A1BF324624B7B9E7832365B9074C6">
     <w:name w:val="BF6A1BF324624B7B9E7832365B9074C6"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="093CC08E49224EF3ABE11C3929268A18">
     <w:name w:val="093CC08E49224EF3ABE11C3929268A18"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="DB9114B66F284D49904FF2DA9EED9D92">
     <w:name w:val="DB9114B66F284D49904FF2DA9EED9D92"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="F902FF7AEBF9419DA160A6DBCA3FEB02">
     <w:name w:val="F902FF7AEBF9419DA160A6DBCA3FEB02"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
@@ -11531,81 +11836,81 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{242D882E-AC29-456C-9A51-C88D847AA349}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D902A7F6-36EB-498A-BFF3-1730D3E1526B}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Пример ОА на 3 листах для испытательных лабораторий</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
   <Words>584</Words>
-  <Characters>3332</Characters>
+  <Characters>3330</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>27</Lines>
   <Paragraphs>7</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>USN Team</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3909</CharactersWithSpaces>
+  <CharactersWithSpaces>3907</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>e.medina</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>