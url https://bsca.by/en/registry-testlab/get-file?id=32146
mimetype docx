--- v0 (2025-10-08)
+++ v1 (2025-12-11)
@@ -11,51 +11,51 @@
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="af2"/>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5848"/>
         <w:gridCol w:w="3790"/>
       </w:tblGrid>
       <w:tr w:rsidR="00A7420A" w:rsidRPr="00131F6F" w14:paraId="2FB93FB5" w14:textId="77777777" w:rsidTr="00F018EB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5848" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
@@ -334,51 +334,50 @@
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>н</w:t>
             </w:r>
             <w:r w:rsidRPr="00131F6F">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">а </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:eastAsia="Calibri"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="1122807652"/>
                 <w:placeholder>
                   <w:docPart w:val="0F1B0536010E4C2B96A114844A9FBEF2"/>
                 </w:placeholder>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidRPr="00700117">
                   <w:rPr>
                     <w:rFonts w:eastAsia="Calibri"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:fldChar w:fldCharType="begin"/>
                 </w:r>
                 <w:r w:rsidRPr="00700117">
                   <w:rPr>
                     <w:rFonts w:eastAsia="Calibri"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:instrText xml:space="preserve"> NUMPAGES  \# "0" \* Arabic  \* MERGEFORMAT </w:instrText>
                 </w:r>
                 <w:r w:rsidRPr="00700117">
                   <w:rPr>
                     <w:rFonts w:eastAsia="Calibri"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:fldChar w:fldCharType="separate"/>
                 </w:r>
@@ -670,130 +669,126 @@
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="589"/>
         <w:gridCol w:w="1787"/>
         <w:gridCol w:w="1276"/>
         <w:gridCol w:w="1843"/>
         <w:gridCol w:w="2126"/>
         <w:gridCol w:w="2233"/>
       </w:tblGrid>
       <w:tr w:rsidR="00E63EED" w:rsidRPr="00E63EED" w14:paraId="09C92D54" w14:textId="77777777" w:rsidTr="00E143FF">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="276"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="589" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkEnd w:id="0"/>
           <w:p w14:paraId="12248395" w14:textId="245E3B95" w:rsidR="00E63EED" w:rsidRPr="00E63EED" w:rsidRDefault="00E63EED" w:rsidP="00E63EED">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="-57" w:right="-57"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E63EED">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>№ п/п</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1787" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1DD896BD" w14:textId="4E209387" w:rsidR="00E63EED" w:rsidRPr="00E63EED" w:rsidRDefault="00E63EED" w:rsidP="00E63EED">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="-57" w:right="-57"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E63EED">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Наименование объекта</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="191B9F90" w14:textId="52C8780F" w:rsidR="00E63EED" w:rsidRPr="00E63EED" w:rsidRDefault="00E63EED" w:rsidP="00E63EED">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="-57" w:right="-57"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E63EED">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Код</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6FB2C55E" w14:textId="04600A8D" w:rsidR="00E63EED" w:rsidRPr="00E63EED" w:rsidRDefault="00E63EED" w:rsidP="00E63EED">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:ind w:left="-57" w:right="-57"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E63EED">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Наименование</w:t>
             </w:r>
           </w:p>
@@ -821,51 +816,50 @@
             </w:r>
           </w:p>
           <w:p w14:paraId="53C5150D" w14:textId="1FF23CD3" w:rsidR="00E63EED" w:rsidRPr="00E63EED" w:rsidRDefault="00E63EED" w:rsidP="00E63EED">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="-57" w:right="-57"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E63EED">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>параметры)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2B143821" w14:textId="4771912F" w:rsidR="00E63EED" w:rsidRPr="00E63EED" w:rsidRDefault="00E63EED" w:rsidP="00E63EED">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:ind w:left="-57" w:right="-57"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E63EED">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Обозначение</w:t>
             </w:r>
           </w:p>
@@ -916,51 +910,50 @@
             </w:r>
           </w:p>
           <w:p w14:paraId="4AC58756" w14:textId="3EBF509B" w:rsidR="00E63EED" w:rsidRPr="00E63EED" w:rsidRDefault="00E63EED" w:rsidP="00E63EED">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="-57" w:right="-57"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E63EED">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>объекту</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2233" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4C841BAE" w14:textId="71D6D66F" w:rsidR="00E63EED" w:rsidRPr="00E63EED" w:rsidRDefault="00E63EED" w:rsidP="00E63EED">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:ind w:left="-57" w:right="-57"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E63EED">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Обозначение</w:t>
             </w:r>
           </w:p>
@@ -1363,439 +1356,519 @@
               <w:t>*</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1787" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p w14:paraId="1BA21C39" w14:textId="1FF063BF" w:rsidR="000C72DD" w:rsidRPr="00E63EED" w:rsidRDefault="00B54C83" w:rsidP="00E143FF">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="-57" w:right="-57"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B0444A">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Добавки ферментные кормовые, </w:t>
             </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00B0444A">
               <w:rPr>
                 <w:spacing w:val="-6"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>биоконсерванты</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5D8BE366" w14:textId="40EA7882" w:rsidR="00A6645F" w:rsidRPr="00E63EED" w:rsidRDefault="00A6645F" w:rsidP="00E143FF">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="-57" w:right="-57"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E63EED">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>10.91/08.156</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5A9FBAB6" w14:textId="77777777" w:rsidR="00A6645F" w:rsidRPr="00E63EED" w:rsidRDefault="00A6645F" w:rsidP="00E63EED">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="-57" w:right="-57"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E63EED">
-[...4 lines deleted...]
-              <w:t>Ксиланазная активность</w:t>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E63EED">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Ксиланазная</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E63EED">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> активность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p w14:paraId="580FB3E0" w14:textId="0E96BD86" w:rsidR="00E143FF" w:rsidRPr="00E143FF" w:rsidRDefault="00A6645F" w:rsidP="00E63EED">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="-57" w:right="-57"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E63EED">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>ТУ</w:t>
             </w:r>
             <w:r w:rsidRPr="00E143FF">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00E63EED">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>BY</w:t>
             </w:r>
             <w:r w:rsidRPr="00E143FF">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve"> 200058575.</w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00E143FF">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>200058575.</w:t>
             </w:r>
             <w:r w:rsidR="00AA1440">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>007-2010</w:t>
             </w:r>
+            <w:proofErr w:type="gramEnd"/>
           </w:p>
           <w:p w14:paraId="225D62AB" w14:textId="77777777" w:rsidR="00E143FF" w:rsidRPr="00E143FF" w:rsidRDefault="00A6645F" w:rsidP="00E63EED">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="-57" w:right="-57"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E63EED">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>ТУ</w:t>
             </w:r>
             <w:r w:rsidRPr="00E143FF">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00E63EED">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>BY</w:t>
             </w:r>
             <w:r w:rsidRPr="00E143FF">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve"> 200058575.008-2010</w:t>
-            </w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00E143FF">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>200058575.008-2010</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
           </w:p>
           <w:p w14:paraId="54C3484A" w14:textId="63B317C3" w:rsidR="00E143FF" w:rsidRPr="00E143FF" w:rsidRDefault="00A6645F" w:rsidP="00E63EED">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="-57" w:right="-57"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E63EED">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>ТУ</w:t>
             </w:r>
             <w:r w:rsidRPr="00E143FF">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00E63EED">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>BY</w:t>
             </w:r>
             <w:r w:rsidRPr="00E143FF">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve"> 200058575.</w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00E143FF">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>200058575.</w:t>
             </w:r>
             <w:r w:rsidR="006829E1">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>009-2010</w:t>
             </w:r>
+            <w:proofErr w:type="gramEnd"/>
           </w:p>
           <w:p w14:paraId="4D47358E" w14:textId="1C502907" w:rsidR="00E143FF" w:rsidRPr="00E143FF" w:rsidRDefault="00A6645F" w:rsidP="00E63EED">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="-57" w:right="-57"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E63EED">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>ТУ</w:t>
             </w:r>
             <w:r w:rsidRPr="00E143FF">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00E63EED">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>BY</w:t>
             </w:r>
             <w:r w:rsidRPr="00E143FF">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve"> 200058575.</w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00E143FF">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>200058575.</w:t>
             </w:r>
             <w:r w:rsidR="006829E1">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>012-2012</w:t>
             </w:r>
+            <w:proofErr w:type="gramEnd"/>
           </w:p>
           <w:p w14:paraId="02F0B6A5" w14:textId="679FA696" w:rsidR="00E143FF" w:rsidRPr="00E143FF" w:rsidRDefault="00A6645F" w:rsidP="00E63EED">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="-57" w:right="-57"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E63EED">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>ТУ</w:t>
             </w:r>
             <w:r w:rsidRPr="00E143FF">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00E63EED">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>BY</w:t>
             </w:r>
             <w:r w:rsidRPr="00E143FF">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve"> 200058575.</w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00E143FF">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>200058575.</w:t>
             </w:r>
             <w:r w:rsidR="006829E1">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>014-2015</w:t>
             </w:r>
+            <w:proofErr w:type="gramEnd"/>
           </w:p>
           <w:p w14:paraId="086BAFF5" w14:textId="44636BD0" w:rsidR="00E143FF" w:rsidRPr="00B11114" w:rsidRDefault="00A6645F" w:rsidP="00E63EED">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="-57" w:right="-57"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E63EED">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>ТУ</w:t>
             </w:r>
             <w:r w:rsidRPr="00B11114">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00E63EED">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>BY</w:t>
             </w:r>
             <w:r w:rsidRPr="00B11114">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve"> 200058575.</w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00B11114">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>200058575.</w:t>
             </w:r>
             <w:r w:rsidR="006829E1" w:rsidRPr="00B11114">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>017-2015</w:t>
             </w:r>
+            <w:proofErr w:type="gramEnd"/>
           </w:p>
           <w:p w14:paraId="3CCABF38" w14:textId="021D8BE0" w:rsidR="00A6645F" w:rsidRPr="00E63EED" w:rsidRDefault="005775C3" w:rsidP="00E63EED">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="-57" w:right="-57"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E63EED">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>ТНПА и другая документация на продукцию</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2233" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3E3DB81B" w14:textId="77777777" w:rsidR="00A6645F" w:rsidRDefault="00A6645F" w:rsidP="00E63EED">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="-57" w:right="-57"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E63EED">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>МВИ.МН 3235-2009</w:t>
-            </w:r>
+              <w:t xml:space="preserve">МВИ.МН </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00E63EED">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>3235-2009</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
           </w:p>
           <w:p w14:paraId="27F66D9A" w14:textId="77777777" w:rsidR="00E143FF" w:rsidRDefault="00E143FF" w:rsidP="00E63EED">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="-57" w:right="-57"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="49169EC9" w14:textId="60CCB2DB" w:rsidR="00E143FF" w:rsidRPr="00E63EED" w:rsidRDefault="00E143FF" w:rsidP="00E63EED">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="-57" w:right="-57"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A6645F" w:rsidRPr="00E63EED" w14:paraId="19AA6CEB" w14:textId="77777777" w:rsidTr="00E143FF">
         <w:tc>
@@ -1871,90 +1944,115 @@
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>10.91/08.156</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="00D1F0E6" w14:textId="77777777" w:rsidR="00A6645F" w:rsidRPr="00E63EED" w:rsidRDefault="00A6645F" w:rsidP="00E63EED">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="-57" w:right="-57"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E63EED">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>β-глюканазная активность</w:t>
+              <w:t>β-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E63EED">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>глюканазная</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E63EED">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> активность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="111349BA" w14:textId="77777777" w:rsidR="00A6645F" w:rsidRPr="00E63EED" w:rsidRDefault="00A6645F" w:rsidP="00E63EED">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="-57" w:right="-57"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2233" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6B3B82A4" w14:textId="77777777" w:rsidR="00A6645F" w:rsidRDefault="00A6645F" w:rsidP="00E63EED">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="-57" w:right="-57"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E63EED">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>МВИ.МН 3235-2009</w:t>
-            </w:r>
+              <w:t xml:space="preserve">МВИ.МН </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00E63EED">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>3235-2009</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
           </w:p>
           <w:p w14:paraId="297BCD3C" w14:textId="77777777" w:rsidR="00E143FF" w:rsidRDefault="00E143FF" w:rsidP="00E63EED">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="-57" w:right="-57"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="2C001175" w14:textId="650FC815" w:rsidR="00E143FF" w:rsidRPr="00E63EED" w:rsidRDefault="00E143FF" w:rsidP="00E63EED">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="-57" w:right="-57"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A6645F" w:rsidRPr="00E63EED" w14:paraId="19EA7116" w14:textId="77777777" w:rsidTr="00E143FF">
         <w:tc>
@@ -2025,95 +2123,113 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E63EED">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>10.91/08.156</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7CA6FD04" w14:textId="77777777" w:rsidR="00A6645F" w:rsidRPr="00E63EED" w:rsidRDefault="00A6645F" w:rsidP="00E63EED">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="-57" w:right="-57"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E63EED">
-[...4 lines deleted...]
-              <w:t>Целлюлазная активность</w:t>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E63EED">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Целлюлазная</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E63EED">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> активность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="2D4578C4" w14:textId="77777777" w:rsidR="00A6645F" w:rsidRPr="00E63EED" w:rsidRDefault="00A6645F" w:rsidP="00E63EED">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="-57" w:right="-57"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2233" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="17B71AFD" w14:textId="77777777" w:rsidR="00A6645F" w:rsidRDefault="00A6645F" w:rsidP="00E63EED">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="-57" w:right="-57"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E63EED">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>МВИ.МН 3235-2009</w:t>
-            </w:r>
+              <w:t xml:space="preserve">МВИ.МН </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00E63EED">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>3235-2009</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
           </w:p>
           <w:p w14:paraId="365151A4" w14:textId="13B6FA02" w:rsidR="00E143FF" w:rsidRDefault="00E143FF" w:rsidP="00E63EED">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="-57" w:right="-57"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="6DA1E948" w14:textId="77777777" w:rsidR="000602D0" w:rsidRDefault="000602D0" w:rsidP="00E63EED">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="-57" w:right="-57"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="5D36C9D9" w14:textId="66932723" w:rsidR="00E143FF" w:rsidRPr="00E63EED" w:rsidRDefault="00E143FF" w:rsidP="00E63EED">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="-57" w:right="-57"/>
@@ -2194,56 +2310,65 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E63EED">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>10.91/08.156</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="06F553A5" w14:textId="77777777" w:rsidR="00A6645F" w:rsidRPr="00E63EED" w:rsidRDefault="00A6645F" w:rsidP="00E63EED">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="-57" w:right="-57"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E63EED">
-[...4 lines deleted...]
-              <w:t xml:space="preserve">Фитазная </w:t>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E63EED">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Фитазная</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E63EED">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0C969F6F" w14:textId="77777777" w:rsidR="00A6645F" w:rsidRPr="00E63EED" w:rsidRDefault="00A6645F" w:rsidP="00E63EED">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="-57" w:right="-57"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E63EED">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>активность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
@@ -2254,52 +2379,61 @@
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2233" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="232A30D0" w14:textId="77777777" w:rsidR="00A6645F" w:rsidRDefault="00A6645F" w:rsidP="00E63EED">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="-57" w:right="-57"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E63EED">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>МВИ.МН 3234-2009</w:t>
-            </w:r>
+              <w:t xml:space="preserve">МВИ.МН </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00E63EED">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>3234-2009</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
           </w:p>
           <w:p w14:paraId="11B8C100" w14:textId="77777777" w:rsidR="00E143FF" w:rsidRDefault="00E143FF" w:rsidP="00E63EED">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="-57" w:right="-57"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="08E5E1D1" w14:textId="249F637F" w:rsidR="00E143FF" w:rsidRPr="00E63EED" w:rsidRDefault="00E143FF" w:rsidP="00E63EED">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="-57" w:right="-57"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A6645F" w:rsidRPr="00E63EED" w14:paraId="32C859A2" w14:textId="77777777" w:rsidTr="00E143FF">
         <w:tc>
@@ -2370,94 +2504,119 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E63EED">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>10.91/08.156</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="781BF867" w14:textId="77777777" w:rsidR="00A6645F" w:rsidRPr="00E63EED" w:rsidRDefault="00A6645F" w:rsidP="00E63EED">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="-57" w:right="-57"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E63EED">
-[...4 lines deleted...]
-              <w:t>Глюкоамилазная активность</w:t>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E63EED">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Глюкоамилазная</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E63EED">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> активность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="64156D8B" w14:textId="77777777" w:rsidR="00A6645F" w:rsidRPr="00E63EED" w:rsidRDefault="00A6645F" w:rsidP="00E63EED">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="-57" w:right="-57"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2233" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="24A91E27" w14:textId="77777777" w:rsidR="00A6645F" w:rsidRDefault="00A6645F" w:rsidP="00E63EED">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="-57" w:right="-57"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E63EED">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>ГОСТ 20264.4-89, п.3</w:t>
+              <w:t xml:space="preserve">ГОСТ </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00E63EED">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>20264.4-89</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00E63EED">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>, п.3</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3ABFB298" w14:textId="77777777" w:rsidR="00E143FF" w:rsidRDefault="00E143FF" w:rsidP="00E63EED">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="-57" w:right="-57"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="25185D84" w14:textId="06F687AD" w:rsidR="00E143FF" w:rsidRPr="00E63EED" w:rsidRDefault="00E143FF" w:rsidP="00E63EED">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="-57" w:right="-57"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A6645F" w:rsidRPr="00E63EED" w14:paraId="69490689" w14:textId="77777777" w:rsidTr="00E143FF">
@@ -2560,94 +2719,119 @@
               </w:rPr>
               <w:t>/</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>08.156</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6CD40D83" w14:textId="77777777" w:rsidR="00A6645F" w:rsidRPr="00E63EED" w:rsidRDefault="00A6645F" w:rsidP="00E63EED">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="-57" w:right="-57"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E63EED">
-[...4 lines deleted...]
-              <w:t>Амилолитическая активность</w:t>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E63EED">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Амилолитическая</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E63EED">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> активность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="1E174271" w14:textId="77777777" w:rsidR="00A6645F" w:rsidRPr="00E63EED" w:rsidRDefault="00A6645F" w:rsidP="00E63EED">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="-57" w:right="-57"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2233" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="32697770" w14:textId="77777777" w:rsidR="00A6645F" w:rsidRDefault="00A6645F" w:rsidP="00E63EED">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="-57" w:right="-57"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E63EED">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>ГОСТ 20264.4-89, п.2</w:t>
+              <w:t xml:space="preserve">ГОСТ </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00E63EED">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>20264.4-89</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00E63EED">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>, п.2</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="138F2D41" w14:textId="77777777" w:rsidR="00E143FF" w:rsidRDefault="00E143FF" w:rsidP="00E63EED">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="-57" w:right="-57"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="7D5CB998" w14:textId="1317CFE5" w:rsidR="00E143FF" w:rsidRPr="00E63EED" w:rsidRDefault="00E143FF" w:rsidP="00E63EED">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="-57" w:right="-57"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A6645F" w:rsidRPr="00E63EED" w14:paraId="05360446" w14:textId="77777777" w:rsidTr="00E143FF">
@@ -2762,51 +2946,67 @@
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2233" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6CBA0255" w14:textId="77777777" w:rsidR="00A6645F" w:rsidRDefault="00A6645F" w:rsidP="00E63EED">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="-57" w:right="-57"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E63EED">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>ГОСТ 20264.2-88, п.2</w:t>
+              <w:t xml:space="preserve">ГОСТ </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00E63EED">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>20264.2-88</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00E63EED">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>, п.2</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="71375DD4" w14:textId="777F55BB" w:rsidR="00E143FF" w:rsidRDefault="00E143FF" w:rsidP="00E63EED">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="-57" w:right="-57"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="6B08DA65" w14:textId="77777777" w:rsidR="000602D0" w:rsidRDefault="000602D0" w:rsidP="00E63EED">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="-57" w:right="-57"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="138C3766" w14:textId="36F85DE8" w:rsidR="00E143FF" w:rsidRPr="00E63EED" w:rsidRDefault="00E143FF" w:rsidP="00E63EED">
             <w:pPr>
               <w:widowControl w:val="0"/>
@@ -2948,51 +3148,67 @@
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2233" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="427C1CEC" w14:textId="77777777" w:rsidR="00A6645F" w:rsidRDefault="00A6645F" w:rsidP="00E63EED">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="-57" w:right="-57"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E63EED">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>ГОСТ 20264.1-89, п.3.5</w:t>
+              <w:t xml:space="preserve">ГОСТ </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00E63EED">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>20264.1-89</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00E63EED">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>, п.3.5</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="36601384" w14:textId="77777777" w:rsidR="00B54C83" w:rsidRDefault="00B54C83" w:rsidP="00E63EED">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="-57" w:right="-57"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="5329487D" w14:textId="741771F8" w:rsidR="00E143FF" w:rsidRPr="00E63EED" w:rsidRDefault="00E143FF" w:rsidP="00E63EED">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="-57" w:right="-57"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A6645F" w:rsidRPr="00E63EED" w14:paraId="79D7406C" w14:textId="77777777" w:rsidTr="009A0121">
@@ -3128,51 +3344,67 @@
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2233" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5B1459E7" w14:textId="77777777" w:rsidR="00A6645F" w:rsidRDefault="00A6645F" w:rsidP="00E63EED">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="-57" w:right="-57"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E63EED">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>ГОСТ 20264.1-89, п.2</w:t>
+              <w:t xml:space="preserve">ГОСТ </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00E63EED">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>20264.1-89</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00E63EED">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>, п.2</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="13CB5060" w14:textId="36C9D29A" w:rsidR="00E143FF" w:rsidRPr="00E63EED" w:rsidRDefault="00E143FF" w:rsidP="009A0121">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:right="-57"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000602D0" w:rsidRPr="00E63EED" w14:paraId="39A1060E" w14:textId="77777777" w:rsidTr="00E143FF">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="589" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6ED89948" w14:textId="146C1411" w:rsidR="000602D0" w:rsidRDefault="000602D0" w:rsidP="000602D0">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="-57" w:right="-57"/>
               <w:rPr>
                 <w:sz w:val="22"/>
@@ -3281,415 +3513,502 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>10.89/08.156</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="100B249B" w14:textId="10E67A0D" w:rsidR="000602D0" w:rsidRPr="00E63EED" w:rsidRDefault="000602D0" w:rsidP="000602D0">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="-57" w:right="-57"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E63EED">
-[...4 lines deleted...]
-              <w:t>Ксиланазная активность</w:t>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E63EED">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Ксиланазная</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E63EED">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> активность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p w14:paraId="10F51319" w14:textId="5463DEE2" w:rsidR="000602D0" w:rsidRPr="00E143FF" w:rsidRDefault="000602D0" w:rsidP="000602D0">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="-57" w:right="-57"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E63EED">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>ТУ</w:t>
             </w:r>
             <w:r w:rsidRPr="00E143FF">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00E63EED">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>BY</w:t>
             </w:r>
             <w:r w:rsidRPr="00E143FF">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve"> 200058575.</w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00E143FF">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>200058575.</w:t>
             </w:r>
             <w:r w:rsidR="006829E1">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>019-2016</w:t>
             </w:r>
+            <w:proofErr w:type="gramEnd"/>
           </w:p>
           <w:p w14:paraId="24EA5883" w14:textId="56E821E1" w:rsidR="000602D0" w:rsidRPr="00E143FF" w:rsidRDefault="000602D0" w:rsidP="000602D0">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="-57" w:right="-57"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E63EED">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>ТУ</w:t>
             </w:r>
             <w:r w:rsidRPr="00E143FF">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00E63EED">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>BY</w:t>
             </w:r>
             <w:r w:rsidRPr="00E143FF">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve"> 200058575.</w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00E143FF">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>200058575.</w:t>
             </w:r>
             <w:r w:rsidR="00CF77B2">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>020-2016</w:t>
             </w:r>
+            <w:proofErr w:type="gramEnd"/>
           </w:p>
           <w:p w14:paraId="4D52566E" w14:textId="399EF4FE" w:rsidR="000602D0" w:rsidRPr="00D40CC5" w:rsidRDefault="000602D0" w:rsidP="000602D0">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="-57" w:right="-57"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D40CC5">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>ТУ</w:t>
             </w:r>
             <w:r w:rsidRPr="00D40CC5">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve"> BY 200058575.</w:t>
+              <w:t xml:space="preserve"> BY </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00D40CC5">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>200058575.</w:t>
             </w:r>
             <w:r w:rsidR="00CF77B2" w:rsidRPr="00D40CC5">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>035-2017</w:t>
             </w:r>
+            <w:proofErr w:type="gramEnd"/>
           </w:p>
           <w:p w14:paraId="63A98A26" w14:textId="77777777" w:rsidR="00B30F9C" w:rsidRPr="00634CA9" w:rsidRDefault="00B30F9C" w:rsidP="000602D0">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="-57" w:right="-57"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D40CC5">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>ТУ</w:t>
             </w:r>
             <w:r w:rsidRPr="00634CA9">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve"> BY 200058575.043-2018</w:t>
-            </w:r>
+              <w:t xml:space="preserve"> BY </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00634CA9">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>200058575.043-2018</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
           </w:p>
           <w:p w14:paraId="7B69508D" w14:textId="4A3162D6" w:rsidR="000602D0" w:rsidRPr="00E143FF" w:rsidRDefault="000602D0" w:rsidP="000602D0">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="-57" w:right="-57"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E63EED">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>ТУ</w:t>
             </w:r>
             <w:r w:rsidRPr="00E143FF">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00E63EED">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>BY</w:t>
             </w:r>
             <w:r w:rsidRPr="00E143FF">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve"> 200058575.</w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00E143FF">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>200058575.</w:t>
             </w:r>
             <w:r w:rsidR="00CF77B2">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>044-2018</w:t>
             </w:r>
+            <w:proofErr w:type="gramEnd"/>
           </w:p>
           <w:p w14:paraId="12442E6E" w14:textId="7B76AD12" w:rsidR="000602D0" w:rsidRPr="00E143FF" w:rsidRDefault="000602D0" w:rsidP="000602D0">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="-57" w:right="-57"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E63EED">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>ТУ</w:t>
             </w:r>
             <w:r w:rsidRPr="00E143FF">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00E63EED">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>BY</w:t>
             </w:r>
             <w:r w:rsidRPr="00E143FF">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve"> 200058575.</w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00E143FF">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>200058575.</w:t>
             </w:r>
             <w:r w:rsidR="00CF77B2">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>051-2019</w:t>
             </w:r>
+            <w:proofErr w:type="gramEnd"/>
           </w:p>
           <w:p w14:paraId="5CB5F984" w14:textId="2E2A6655" w:rsidR="000602D0" w:rsidRPr="00B11114" w:rsidRDefault="000602D0" w:rsidP="000602D0">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="-57" w:right="-57"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E63EED">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">ТУ </w:t>
             </w:r>
             <w:r w:rsidRPr="00E63EED">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>BY</w:t>
             </w:r>
             <w:r w:rsidRPr="00E63EED">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> 200058575.</w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00E63EED">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>200058575.</w:t>
             </w:r>
             <w:r w:rsidR="00CF77B2" w:rsidRPr="00B11114">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>070</w:t>
             </w:r>
             <w:r w:rsidR="00CF77B2">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>-20</w:t>
             </w:r>
             <w:r w:rsidR="00CF77B2" w:rsidRPr="00B11114">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>20</w:t>
             </w:r>
+            <w:proofErr w:type="gramEnd"/>
           </w:p>
           <w:p w14:paraId="168807B5" w14:textId="4C3228B3" w:rsidR="000602D0" w:rsidRPr="00E63EED" w:rsidRDefault="000602D0" w:rsidP="000602D0">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="-57" w:right="-57"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E63EED">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>ТНПА и другая документация на продукцию</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2233" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="766A52F0" w14:textId="77777777" w:rsidR="000602D0" w:rsidRDefault="000602D0" w:rsidP="000602D0">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="-57" w:right="-57"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E63EED">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>МВИ.МН 3235-2009</w:t>
-            </w:r>
+              <w:t xml:space="preserve">МВИ.МН </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00E63EED">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>3235-2009</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
           </w:p>
           <w:p w14:paraId="67FCB03B" w14:textId="77777777" w:rsidR="000602D0" w:rsidRDefault="000602D0" w:rsidP="000602D0">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="-57" w:right="-57"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="7B9C6379" w14:textId="77777777" w:rsidR="000602D0" w:rsidRPr="00E63EED" w:rsidRDefault="000602D0" w:rsidP="000602D0">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="-57" w:right="-57"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000602D0" w:rsidRPr="00E63EED" w14:paraId="017E383F" w14:textId="77777777" w:rsidTr="00E143FF">
         <w:tc>
@@ -3803,90 +4122,115 @@
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>10.89/08.156</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0D112032" w14:textId="74E4ED08" w:rsidR="000602D0" w:rsidRPr="00E63EED" w:rsidRDefault="000602D0" w:rsidP="000602D0">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="-57" w:right="-57"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E63EED">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>β-глюканазная активность</w:t>
+              <w:t>β-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E63EED">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>глюканазная</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E63EED">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> активность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="650CE678" w14:textId="77777777" w:rsidR="000602D0" w:rsidRPr="00E63EED" w:rsidRDefault="000602D0" w:rsidP="000602D0">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="-57" w:right="-57"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2233" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6401A8C3" w14:textId="77777777" w:rsidR="000602D0" w:rsidRDefault="000602D0" w:rsidP="000602D0">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="-57" w:right="-57"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E63EED">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>МВИ.МН 3235-2009</w:t>
-            </w:r>
+              <w:t xml:space="preserve">МВИ.МН </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00E63EED">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>3235-2009</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
           </w:p>
           <w:p w14:paraId="2EB43F2C" w14:textId="77777777" w:rsidR="000602D0" w:rsidRDefault="000602D0" w:rsidP="000602D0">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="-57" w:right="-57"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="3AF26E4C" w14:textId="77777777" w:rsidR="000602D0" w:rsidRPr="00E63EED" w:rsidRDefault="000602D0" w:rsidP="000602D0">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="-57" w:right="-57"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000602D0" w:rsidRPr="00E63EED" w14:paraId="69B4ED18" w14:textId="77777777" w:rsidTr="00E143FF">
         <w:tc>
@@ -3995,95 +4339,113 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00360CFE">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>10.89/08.156</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1CFF9187" w14:textId="0D664179" w:rsidR="000602D0" w:rsidRPr="00E63EED" w:rsidRDefault="000602D0" w:rsidP="000602D0">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="-57" w:right="-57"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E63EED">
-[...4 lines deleted...]
-              <w:t>Целлюлазная активность</w:t>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E63EED">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Целлюлазная</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E63EED">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> активность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="137E978D" w14:textId="77777777" w:rsidR="000602D0" w:rsidRPr="00E63EED" w:rsidRDefault="000602D0" w:rsidP="000602D0">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="-57" w:right="-57"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2233" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="53E837E6" w14:textId="77777777" w:rsidR="000602D0" w:rsidRDefault="000602D0" w:rsidP="000602D0">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="-57" w:right="-57"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E63EED">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>МВИ.МН 3235-2009</w:t>
-            </w:r>
+              <w:t xml:space="preserve">МВИ.МН </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00E63EED">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>3235-2009</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
           </w:p>
           <w:p w14:paraId="602043BF" w14:textId="77777777" w:rsidR="000602D0" w:rsidRDefault="000602D0" w:rsidP="000602D0">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="-57" w:right="-57"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="7A88B5D7" w14:textId="77777777" w:rsidR="000602D0" w:rsidRPr="00E63EED" w:rsidRDefault="000602D0" w:rsidP="000602D0">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="-57" w:right="-57"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000602D0" w:rsidRPr="00E63EED" w14:paraId="7BC0FF16" w14:textId="77777777" w:rsidTr="00E143FF">
         <w:tc>
@@ -4171,56 +4533,65 @@
           </w:p>
           <w:p w14:paraId="3334C6C2" w14:textId="21B84B96" w:rsidR="00360CFE" w:rsidRPr="00E63EED" w:rsidRDefault="00360CFE" w:rsidP="000602D0">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="-57" w:right="-57"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="26EA7249" w14:textId="77777777" w:rsidR="000602D0" w:rsidRPr="00E63EED" w:rsidRDefault="000602D0" w:rsidP="000602D0">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="-57" w:right="-57"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E63EED">
-[...4 lines deleted...]
-              <w:t xml:space="preserve">Фитазная </w:t>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E63EED">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Фитазная</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E63EED">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0AB9DD3E" w14:textId="0B2F1E42" w:rsidR="000602D0" w:rsidRPr="00E63EED" w:rsidRDefault="000602D0" w:rsidP="000602D0">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="-57" w:right="-57"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E63EED">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>активность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
@@ -4231,52 +4602,61 @@
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2233" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="50D3CD74" w14:textId="77777777" w:rsidR="000602D0" w:rsidRDefault="000602D0" w:rsidP="000602D0">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="-57" w:right="-57"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E63EED">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>МВИ.МН 3234-2009</w:t>
-            </w:r>
+              <w:t xml:space="preserve">МВИ.МН </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00E63EED">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>3234-2009</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
           </w:p>
           <w:p w14:paraId="687DB786" w14:textId="77777777" w:rsidR="000602D0" w:rsidRDefault="000602D0" w:rsidP="000602D0">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="-57" w:right="-57"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="3C17E535" w14:textId="77777777" w:rsidR="000602D0" w:rsidRPr="00E63EED" w:rsidRDefault="000602D0" w:rsidP="000602D0">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="-57" w:right="-57"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000602D0" w:rsidRPr="00E63EED" w14:paraId="44D62955" w14:textId="77777777" w:rsidTr="00E143FF">
         <w:tc>
@@ -4385,94 +4765,119 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00360CFE">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>10.89/08.156</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="239257EC" w14:textId="29A8853F" w:rsidR="000602D0" w:rsidRPr="00E63EED" w:rsidRDefault="000602D0" w:rsidP="000602D0">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="-57" w:right="-57"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E63EED">
-[...4 lines deleted...]
-              <w:t>Глюкоамилазная активность</w:t>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E63EED">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Глюкоамилазная</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E63EED">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> активность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="4043C636" w14:textId="77777777" w:rsidR="000602D0" w:rsidRPr="00E63EED" w:rsidRDefault="000602D0" w:rsidP="000602D0">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="-57" w:right="-57"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2233" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="39F68E76" w14:textId="77777777" w:rsidR="000602D0" w:rsidRDefault="000602D0" w:rsidP="000602D0">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="-57" w:right="-57"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E63EED">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>ГОСТ 20264.4-89, п.3</w:t>
+              <w:t xml:space="preserve">ГОСТ </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00E63EED">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>20264.4-89</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00E63EED">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>, п.3</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="42C4053B" w14:textId="77777777" w:rsidR="000602D0" w:rsidRDefault="000602D0" w:rsidP="000602D0">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="-57" w:right="-57"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="0317D86B" w14:textId="77777777" w:rsidR="000602D0" w:rsidRPr="00E63EED" w:rsidRDefault="000602D0" w:rsidP="000602D0">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="-57" w:right="-57"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000602D0" w:rsidRPr="00E63EED" w14:paraId="2287760B" w14:textId="77777777" w:rsidTr="00E143FF">
@@ -4582,94 +4987,119 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00360CFE">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>10.89/08.156</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="152977BC" w14:textId="410C8F5D" w:rsidR="000602D0" w:rsidRPr="00E63EED" w:rsidRDefault="000602D0" w:rsidP="000602D0">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="-57" w:right="-57"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E63EED">
-[...4 lines deleted...]
-              <w:t>Амилолитическая активность</w:t>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E63EED">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Амилолитическая</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E63EED">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> активность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="72E3117B" w14:textId="77777777" w:rsidR="000602D0" w:rsidRPr="00E63EED" w:rsidRDefault="000602D0" w:rsidP="000602D0">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="-57" w:right="-57"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2233" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="75098365" w14:textId="77777777" w:rsidR="000602D0" w:rsidRDefault="000602D0" w:rsidP="000602D0">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="-57" w:right="-57"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E63EED">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>ГОСТ 20264.4-89, п.2</w:t>
+              <w:t xml:space="preserve">ГОСТ </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00E63EED">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>20264.4-89</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00E63EED">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>, п.2</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0902A72A" w14:textId="77777777" w:rsidR="000602D0" w:rsidRDefault="000602D0" w:rsidP="000602D0">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="-57" w:right="-57"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="0C227FA4" w14:textId="77777777" w:rsidR="000602D0" w:rsidRPr="00E63EED" w:rsidRDefault="000602D0" w:rsidP="000602D0">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="-57" w:right="-57"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000602D0" w:rsidRPr="00E63EED" w14:paraId="36E2755E" w14:textId="77777777" w:rsidTr="00E143FF">
@@ -4853,51 +5283,67 @@
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2233" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="45D3B845" w14:textId="77777777" w:rsidR="000602D0" w:rsidRDefault="000602D0" w:rsidP="000602D0">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="-57" w:right="-57"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E63EED">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>ГОСТ 20264.2-88, п.2</w:t>
+              <w:t xml:space="preserve">ГОСТ </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00E63EED">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>20264.2-88</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00E63EED">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>, п.2</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4DF4DC45" w14:textId="77777777" w:rsidR="000602D0" w:rsidRDefault="000602D0" w:rsidP="000602D0">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="-57" w:right="-57"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="39C0DCC6" w14:textId="77777777" w:rsidR="000602D0" w:rsidRPr="00E63EED" w:rsidRDefault="000602D0" w:rsidP="000602D0">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="-57" w:right="-57"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000602D0" w:rsidRPr="00E63EED" w14:paraId="3FC3CAAC" w14:textId="77777777" w:rsidTr="00E143FF">
@@ -4945,127 +5391,120 @@
               </w:rPr>
               <w:t>*</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1787" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="7FA6EFD0" w14:textId="77777777" w:rsidR="000602D0" w:rsidRPr="00E63EED" w:rsidRDefault="000602D0" w:rsidP="000602D0">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="-57" w:right="-57"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0803B085" w14:textId="77777777" w:rsidR="00360CFE" w:rsidRDefault="00360CFE" w:rsidP="00360CFE">
-[...13 lines deleted...]
-              <w:t>20.</w:t>
+          <w:p w14:paraId="317D6B73" w14:textId="6BCDEC25" w:rsidR="00C9385A" w:rsidRPr="00C9385A" w:rsidRDefault="00C9385A" w:rsidP="00C9385A">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:ind w:left="-57" w:right="-57"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C9385A">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>20.12/08.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>12</w:t>
-[...23 lines deleted...]
-              <w:t>20.</w:t>
+              <w:t>040</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="338FEFBF" w14:textId="0EEAA307" w:rsidR="00C9385A" w:rsidRPr="00C9385A" w:rsidRDefault="00C9385A" w:rsidP="00C9385A">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:ind w:left="-57" w:right="-57"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C9385A">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>20.14/08.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>14</w:t>
-[...23 lines deleted...]
-              <w:t>10.89/08.156</w:t>
+              <w:t>040</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="424B080E" w14:textId="3DA4E9B9" w:rsidR="000602D0" w:rsidRPr="00E63EED" w:rsidRDefault="00C9385A" w:rsidP="00C9385A">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:ind w:left="-57" w:right="-57"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C9385A">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>10.89/08.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>040</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5380E6EA" w14:textId="7616E3F3" w:rsidR="000602D0" w:rsidRPr="00E63EED" w:rsidRDefault="000602D0" w:rsidP="000602D0">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="-57" w:right="-57"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E63EED">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Массовая доля влаги</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -5081,51 +5520,67 @@
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2233" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="45B3339C" w14:textId="77777777" w:rsidR="000602D0" w:rsidRDefault="000602D0" w:rsidP="000602D0">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="-57" w:right="-57"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E63EED">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>ГОСТ 20264.1-89, п.3.5</w:t>
+              <w:t xml:space="preserve">ГОСТ </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00E63EED">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>20264.1-89</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00E63EED">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>, п.3.5</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6B769876" w14:textId="77777777" w:rsidR="000602D0" w:rsidRPr="00E63EED" w:rsidRDefault="000602D0" w:rsidP="000602D0">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="-57" w:right="-57"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000602D0" w:rsidRPr="00E63EED" w14:paraId="1E64A85C" w14:textId="77777777" w:rsidTr="00E143FF">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="589" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="067253B6" w14:textId="6C62CCFD" w:rsidR="000602D0" w:rsidRDefault="000602D0" w:rsidP="000602D0">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="-57" w:right="-57"/>
               <w:rPr>
                 <w:sz w:val="22"/>
@@ -5323,51 +5778,67 @@
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2233" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="06CFBAC5" w14:textId="77777777" w:rsidR="000602D0" w:rsidRDefault="000602D0" w:rsidP="000602D0">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="-57" w:right="-57"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E63EED">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>ГОСТ 20264.1-89, п.2</w:t>
+              <w:t xml:space="preserve">ГОСТ </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00E63EED">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>20264.1-89</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00E63EED">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>, п.2</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6A3CDBE6" w14:textId="77777777" w:rsidR="000602D0" w:rsidRDefault="000602D0" w:rsidP="000602D0">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="-57" w:right="-57"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="22AB3D8A" w14:textId="77777777" w:rsidR="000602D0" w:rsidRPr="00E63EED" w:rsidRDefault="000602D0" w:rsidP="000602D0">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="-57" w:right="-57"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
@@ -5570,70 +6041,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
         <w:t>Е.В. Бережных</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="20D6C804" w14:textId="77777777" w:rsidR="00BB7AAD" w:rsidRPr="00A7420A" w:rsidRDefault="00BB7AAD" w:rsidP="00A7420A"/>
     <w:sectPr w:rsidR="00BB7AAD" w:rsidRPr="00A7420A" w:rsidSect="00E143FF">
       <w:headerReference w:type="default" r:id="rId8"/>
       <w:footerReference w:type="default" r:id="rId9"/>
       <w:headerReference w:type="first" r:id="rId10"/>
       <w:footerReference w:type="first" r:id="rId11"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="567" w:bottom="1134" w:left="1701" w:header="709" w:footer="227" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="086136F6" w14:textId="77777777" w:rsidR="00EB3782" w:rsidRDefault="00EB3782" w:rsidP="0011070C">
+    <w:p w14:paraId="1FF3FEFD" w14:textId="77777777" w:rsidR="000553D9" w:rsidRDefault="000553D9" w:rsidP="0011070C">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="788C7F7C" w14:textId="77777777" w:rsidR="00EB3782" w:rsidRDefault="00EB3782" w:rsidP="0011070C">
+    <w:p w14:paraId="3D15A56B" w14:textId="77777777" w:rsidR="000553D9" w:rsidRDefault="000553D9" w:rsidP="0011070C">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
@@ -5662,64 +6133,64 @@
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="TimesNewRomanPSMT">
     <w:altName w:val="Times New Roman"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="ArialMT">
     <w:altName w:val="Arial Unicode MS"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
-    <w:sig w:usb0="00000001" w:usb1="08070000" w:usb2="00000010" w:usb3="00000000" w:csb0="00020000" w:csb1="00000000"/>
+    <w:sig w:usb0="00000203" w:usb1="08070000" w:usb2="00000010" w:usb3="00000000" w:csb0="00020005" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="4855" w:type="pct"/>
       <w:tblInd w:w="-142" w:type="dxa"/>
       <w:tblLook w:val="00A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="3400"/>
       <w:gridCol w:w="4172"/>
       <w:gridCol w:w="1786"/>
     </w:tblGrid>
     <w:tr w:rsidR="002667A7" w:rsidRPr="00CC669F" w14:paraId="6370F8DE" w14:textId="77777777" w:rsidTr="00C62C68">
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="3402" w:type="dxa"/>
           <w:vAlign w:val="center"/>
           <w:hideMark/>
         </w:tcPr>
         <w:p w14:paraId="15B79F32" w14:textId="77777777" w:rsidR="002667A7" w:rsidRPr="00B453D4" w:rsidRDefault="002667A7" w:rsidP="002667A7">
           <w:pPr>
             <w:pStyle w:val="61"/>
             <w:rPr>
               <w:rFonts w:eastAsia="ArialMT"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
@@ -5876,51 +6347,51 @@
             <w:t>2</w:t>
           </w:r>
           <w:r w:rsidRPr="00CC669F">
             <w:rPr>
               <w:lang w:val="ru-RU"/>
             </w:rPr>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w14:paraId="00083D9C" w14:textId="77777777" w:rsidR="00CA53E3" w:rsidRPr="005128B2" w:rsidRDefault="00CA53E3">
     <w:pPr>
       <w:pStyle w:val="a9"/>
       <w:rPr>
         <w:sz w:val="2"/>
         <w:szCs w:val="2"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="4855" w:type="pct"/>
       <w:tblLook w:val="00A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="3336"/>
       <w:gridCol w:w="4296"/>
       <w:gridCol w:w="1726"/>
     </w:tblGrid>
     <w:tr w:rsidR="005D5C7B" w:rsidRPr="00460ECA" w14:paraId="3976A90F" w14:textId="77777777" w:rsidTr="00B453D4">
       <w:trPr>
         <w:trHeight w:val="66"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="3336" w:type="dxa"/>
           <w:vAlign w:val="center"/>
           <w:hideMark/>
         </w:tcPr>
         <w:p w14:paraId="229851C9" w14:textId="77777777" w:rsidR="005D5C7B" w:rsidRPr="00B453D4" w:rsidRDefault="005D5C7B" w:rsidP="005D5C7B">
           <w:pPr>
             <w:pStyle w:val="61"/>
             <w:rPr>
               <w:rFonts w:eastAsia="ArialMT"/>
@@ -6082,74 +6553,79 @@
           </w:r>
           <w:r w:rsidRPr="00CC669F">
             <w:rPr>
               <w:lang w:val="ru-RU"/>
             </w:rPr>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w14:paraId="18407B12" w14:textId="77777777" w:rsidR="00CC094B" w:rsidRPr="00CC094B" w:rsidRDefault="00CC094B" w:rsidP="002667A7">
     <w:pPr>
       <w:pStyle w:val="a9"/>
       <w:spacing w:line="240" w:lineRule="auto"/>
       <w:ind w:right="0" w:firstLine="0"/>
       <w:rPr>
         <w:lang w:val="ru-RU"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="331A4735" w14:textId="77777777" w:rsidR="00EB3782" w:rsidRDefault="00EB3782" w:rsidP="0011070C">
+    <w:p w14:paraId="61170B76" w14:textId="77777777" w:rsidR="000553D9" w:rsidRDefault="000553D9" w:rsidP="0011070C">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="03157334" w14:textId="77777777" w:rsidR="00EB3782" w:rsidRDefault="00EB3782" w:rsidP="0011070C">
+    <w:p w14:paraId="72AE4504" w14:textId="77777777" w:rsidR="000553D9" w:rsidRDefault="000553D9" w:rsidP="0011070C">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p>
+    <w:pPr>
+      <w:rPr>
+        <w:sz w:val="2"/>
+      </w:rPr>
+    </w:pPr>
     <w:r xmlns:v="urn:schemas-microsoft-com:vml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
       <w:pict xmlns:v="urn:schemas-microsoft-com:vml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-        <v:shape xmlns:v="urn:schemas-microsoft-com:vml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" id="PowerPlusWaterMarkObject" o:spid="_x0000_s1025" type="#_x0000_t75" style="position:absolute; left:-200pt; top:400pt; width:300pt; height:50pt; rotation:270; fill-opacity:0.3" stroked="f" filled="t">
+        <v:shape xmlns:v="urn:schemas-microsoft-com:vml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" id="WatermarkShape" type="#_x0000_t75" style="position:absolute; left:-370pt; top:280pt; width:700pt; height:40pt; rotation:270; fill-opacity:0.3; mso-wrap-style:behind; z-index:-1; mso-position-horizontal:absolute; mso-position-vertical:absolute" stroked="f" filled="t">
           <v:imagedata xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rIdWmImg1" o:title=""/>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="5000" w:type="pct"/>
       <w:tblInd w:w="-71" w:type="dxa"/>
       <w:tblBorders>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:left w:w="71" w:type="dxa"/>
         <w:right w:w="71" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="742"/>
       <w:gridCol w:w="8896"/>
     </w:tblGrid>
     <w:tr w:rsidR="006938AF" w:rsidRPr="00D337DC" w14:paraId="29F78DFC" w14:textId="77777777" w:rsidTr="002020E1">
       <w:trPr>
         <w:trHeight w:val="752"/>
@@ -6454,55 +6930,60 @@
             <w:rPr>
               <w:bCs/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:t>6</w:t>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w14:paraId="26AD5C91" w14:textId="77777777" w:rsidR="001C4214" w:rsidRPr="001C4214" w:rsidRDefault="001C4214">
     <w:pPr>
       <w:pStyle w:val="a7"/>
       <w:rPr>
         <w:sz w:val="2"/>
         <w:szCs w:val="2"/>
         <w:lang w:val="ru-RU"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p>
+    <w:pPr>
+      <w:rPr>
+        <w:sz w:val="2"/>
+      </w:rPr>
+    </w:pPr>
     <w:r xmlns:v="urn:schemas-microsoft-com:vml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
       <w:pict xmlns:v="urn:schemas-microsoft-com:vml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-        <v:shape xmlns:v="urn:schemas-microsoft-com:vml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" id="PowerPlusWaterMarkObject" o:spid="_x0000_s1025" type="#_x0000_t75" style="position:absolute; left:-200pt; top:400pt; width:300pt; height:50pt; rotation:270; fill-opacity:0.3" stroked="f" filled="t">
+        <v:shape xmlns:v="urn:schemas-microsoft-com:vml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" id="WatermarkShape" type="#_x0000_t75" style="position:absolute; left:-370pt; top:280pt; width:700pt; height:40pt; rotation:270; fill-opacity:0.3; mso-wrap-style:behind; z-index:-1; mso-position-horizontal:absolute; mso-position-vertical:absolute" stroked="f" filled="t">
           <v:imagedata xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rIdWmImg2" o:title=""/>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="10773" w:type="dxa"/>
       <w:tblInd w:w="-1026" w:type="dxa"/>
       <w:tblBorders>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblLook w:val="00A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="850"/>
       <w:gridCol w:w="9923"/>
     </w:tblGrid>
     <w:tr w:rsidR="00CC094B" w:rsidRPr="00804957" w14:paraId="3711A7EC" w14:textId="77777777" w:rsidTr="00E63EED">
       <w:trPr>
         <w:trHeight w:val="301"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="850" w:type="dxa"/>
@@ -6643,51 +7124,51 @@
           <w:r w:rsidRPr="00E63EED">
             <w:rPr>
               <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:t>«БЕЛОРУССКИЙ ГОСУДАРСТВЕННЫЙ ЦЕНТР АККРЕДИТАЦИИ»</w:t>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w14:paraId="3B63D1CA" w14:textId="77777777" w:rsidR="00CC094B" w:rsidRPr="00E63EED" w:rsidRDefault="00CC094B">
     <w:pPr>
       <w:pStyle w:val="a7"/>
       <w:rPr>
         <w:sz w:val="2"/>
         <w:szCs w:val="2"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0C8A34CF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="6D4EE810"/>
     <w:lvl w:ilvl="0" w:tplc="0419000D">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -8095,77 +8576,79 @@
   <w:num w:numId="6" w16cid:durableId="1741830180">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="371930798">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="921330184">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="982200675">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="510141285">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="557134024">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="1736733879">
     <w:abstractNumId w:val="10"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
-  <w:zoom w:percent="100"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="140"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00EF5137"/>
     <w:rsid w:val="00022A72"/>
     <w:rsid w:val="0005414E"/>
+    <w:rsid w:val="000553D9"/>
     <w:rsid w:val="000602D0"/>
     <w:rsid w:val="000643A6"/>
     <w:rsid w:val="00067FEC"/>
     <w:rsid w:val="00090EA2"/>
     <w:rsid w:val="00094478"/>
     <w:rsid w:val="000C72DD"/>
     <w:rsid w:val="000D49BB"/>
     <w:rsid w:val="000D5B01"/>
     <w:rsid w:val="000D7704"/>
     <w:rsid w:val="000E2802"/>
     <w:rsid w:val="0011070C"/>
     <w:rsid w:val="00114F4B"/>
     <w:rsid w:val="00116AD0"/>
     <w:rsid w:val="00117059"/>
     <w:rsid w:val="00120BDA"/>
     <w:rsid w:val="00121649"/>
     <w:rsid w:val="00132246"/>
     <w:rsid w:val="00135097"/>
     <w:rsid w:val="00162213"/>
     <w:rsid w:val="00162B68"/>
     <w:rsid w:val="00162D37"/>
     <w:rsid w:val="00194140"/>
     <w:rsid w:val="001956F7"/>
     <w:rsid w:val="001A31BA"/>
     <w:rsid w:val="001A4BEA"/>
@@ -8200,134 +8683,137 @@
     <w:rsid w:val="00437E07"/>
     <w:rsid w:val="00457C9E"/>
     <w:rsid w:val="004A29E7"/>
     <w:rsid w:val="004A5E4C"/>
     <w:rsid w:val="004B31E2"/>
     <w:rsid w:val="004B4737"/>
     <w:rsid w:val="004B65DB"/>
     <w:rsid w:val="004C53CA"/>
     <w:rsid w:val="004E4499"/>
     <w:rsid w:val="004E5090"/>
     <w:rsid w:val="004E6BC8"/>
     <w:rsid w:val="004F5A1D"/>
     <w:rsid w:val="00507CCF"/>
     <w:rsid w:val="00525EEC"/>
     <w:rsid w:val="00527F26"/>
     <w:rsid w:val="0056070B"/>
     <w:rsid w:val="005775C3"/>
     <w:rsid w:val="005867E7"/>
     <w:rsid w:val="00592241"/>
     <w:rsid w:val="005A2024"/>
     <w:rsid w:val="005A4E4B"/>
     <w:rsid w:val="005D5C7B"/>
     <w:rsid w:val="005E250C"/>
     <w:rsid w:val="005E33F5"/>
     <w:rsid w:val="005E611E"/>
+    <w:rsid w:val="005E677F"/>
     <w:rsid w:val="005E7EB9"/>
     <w:rsid w:val="006025D6"/>
     <w:rsid w:val="00620C66"/>
     <w:rsid w:val="00630BD9"/>
     <w:rsid w:val="00634CA9"/>
     <w:rsid w:val="00642140"/>
     <w:rsid w:val="00645468"/>
     <w:rsid w:val="00656EE2"/>
     <w:rsid w:val="006762B3"/>
     <w:rsid w:val="006829E1"/>
     <w:rsid w:val="00683923"/>
     <w:rsid w:val="006938AF"/>
     <w:rsid w:val="006A336B"/>
     <w:rsid w:val="006D5481"/>
     <w:rsid w:val="006D5DCE"/>
     <w:rsid w:val="00700117"/>
     <w:rsid w:val="00731452"/>
     <w:rsid w:val="00734508"/>
     <w:rsid w:val="00741FBB"/>
     <w:rsid w:val="00750565"/>
     <w:rsid w:val="007B3671"/>
     <w:rsid w:val="007E210E"/>
     <w:rsid w:val="007E2E1D"/>
     <w:rsid w:val="007E712B"/>
     <w:rsid w:val="007F5916"/>
     <w:rsid w:val="00805C5D"/>
     <w:rsid w:val="00834A57"/>
     <w:rsid w:val="008667F8"/>
     <w:rsid w:val="00877224"/>
     <w:rsid w:val="00886D6D"/>
     <w:rsid w:val="008B5528"/>
     <w:rsid w:val="008C097F"/>
     <w:rsid w:val="008E43A5"/>
     <w:rsid w:val="008F66CD"/>
     <w:rsid w:val="00916038"/>
     <w:rsid w:val="00921A06"/>
     <w:rsid w:val="00934119"/>
     <w:rsid w:val="009503C7"/>
     <w:rsid w:val="00952A14"/>
     <w:rsid w:val="0095347E"/>
     <w:rsid w:val="009940B7"/>
     <w:rsid w:val="009A0121"/>
     <w:rsid w:val="009A3A10"/>
     <w:rsid w:val="009A3E9D"/>
     <w:rsid w:val="009D5A57"/>
     <w:rsid w:val="009E4075"/>
     <w:rsid w:val="009E74C3"/>
     <w:rsid w:val="009F7389"/>
     <w:rsid w:val="00A0063E"/>
     <w:rsid w:val="00A47C62"/>
+    <w:rsid w:val="00A53CE8"/>
     <w:rsid w:val="00A6645F"/>
     <w:rsid w:val="00A66FA3"/>
     <w:rsid w:val="00A7420A"/>
     <w:rsid w:val="00A755C7"/>
     <w:rsid w:val="00A75B0E"/>
     <w:rsid w:val="00AA1440"/>
     <w:rsid w:val="00AB0EA7"/>
     <w:rsid w:val="00AD4B7A"/>
     <w:rsid w:val="00B073DC"/>
     <w:rsid w:val="00B11114"/>
     <w:rsid w:val="00B16BF0"/>
     <w:rsid w:val="00B20359"/>
     <w:rsid w:val="00B24BE8"/>
     <w:rsid w:val="00B30F9C"/>
     <w:rsid w:val="00B371B5"/>
     <w:rsid w:val="00B453D4"/>
     <w:rsid w:val="00B4667C"/>
     <w:rsid w:val="00B47A0F"/>
     <w:rsid w:val="00B53AEA"/>
     <w:rsid w:val="00B54C83"/>
     <w:rsid w:val="00BA682A"/>
     <w:rsid w:val="00BA7746"/>
     <w:rsid w:val="00BB0188"/>
     <w:rsid w:val="00BB272F"/>
     <w:rsid w:val="00BB7AAD"/>
     <w:rsid w:val="00BC40FF"/>
     <w:rsid w:val="00BC6B2B"/>
     <w:rsid w:val="00C15945"/>
     <w:rsid w:val="00C2541A"/>
     <w:rsid w:val="00C4751C"/>
     <w:rsid w:val="00C62C68"/>
     <w:rsid w:val="00C67ACE"/>
     <w:rsid w:val="00C80BF5"/>
     <w:rsid w:val="00C90257"/>
+    <w:rsid w:val="00C9385A"/>
     <w:rsid w:val="00C94B1C"/>
     <w:rsid w:val="00C97BC9"/>
     <w:rsid w:val="00CA3473"/>
     <w:rsid w:val="00CA53E3"/>
     <w:rsid w:val="00CC094B"/>
     <w:rsid w:val="00CC669F"/>
     <w:rsid w:val="00CF4334"/>
     <w:rsid w:val="00CF77B2"/>
     <w:rsid w:val="00D2438B"/>
     <w:rsid w:val="00D40CC5"/>
     <w:rsid w:val="00D40D74"/>
     <w:rsid w:val="00D43FC0"/>
     <w:rsid w:val="00D74D90"/>
     <w:rsid w:val="00D876E6"/>
     <w:rsid w:val="00DA5E7A"/>
     <w:rsid w:val="00DA6561"/>
     <w:rsid w:val="00DB1FAE"/>
     <w:rsid w:val="00DB4A98"/>
     <w:rsid w:val="00DD3C60"/>
     <w:rsid w:val="00DE6F93"/>
     <w:rsid w:val="00DF7DAB"/>
     <w:rsid w:val="00E143FF"/>
     <w:rsid w:val="00E463B8"/>
     <w:rsid w:val="00E5357F"/>
     <w:rsid w:val="00E63EED"/>
@@ -8362,51 +8848,51 @@
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="701498EE"/>
   <w15:docId w15:val="{465F2F05-6BFE-476D-B6B0-53E0A1CE4705}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -9958,51 +10444,51 @@
       <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:hint="default"/>
       <w:b w:val="0"/>
       <w:bCs w:val="0"/>
       <w:i w:val="0"/>
       <w:iCs w:val="0"/>
       <w:color w:val="000000"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="aff">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00DD3C60"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="114981879">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="191118796">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -10090,87 +10576,87 @@
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rIdWmImg1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/wm.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rIdWmImg2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/wm.png"/></Relationships>
 
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="0F1B0536010E4C2B96A114844A9FBEF2"/>
         <w:category>
           <w:name w:val="Общие"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{E2BA4299-2319-4A42-810F-710EB702730A}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00735845" w:rsidRDefault="00FF1D54" w:rsidP="00FF1D54">
           <w:pPr>
             <w:pStyle w:val="0F1B0536010E4C2B96A114844A9FBEF2"/>
           </w:pPr>
           <w:r w:rsidRPr="00300E5A">
             <w:rPr>
               <w:rStyle w:val="a3"/>
             </w:rPr>
             <w:t>Место для ввода текста.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
@@ -10199,174 +10685,177 @@
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="TimesNewRomanPSMT">
     <w:altName w:val="Times New Roman"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="ArialMT">
     <w:altName w:val="Arial Unicode MS"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
-    <w:sig w:usb0="00000001" w:usb1="08070000" w:usb2="00000010" w:usb3="00000000" w:csb0="00020000" w:csb1="00000000"/>
+    <w:sig w:usb0="00000203" w:usb1="08070000" w:usb2="00000010" w:usb3="00000000" w:csb0="00020005" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
+    <w:altName w:val="Calibri"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00BF3758"/>
     <w:rsid w:val="000106F9"/>
     <w:rsid w:val="0005722E"/>
     <w:rsid w:val="000C04E8"/>
     <w:rsid w:val="000E1676"/>
     <w:rsid w:val="00106793"/>
     <w:rsid w:val="00167CE1"/>
     <w:rsid w:val="001F086A"/>
     <w:rsid w:val="002248E6"/>
     <w:rsid w:val="002608ED"/>
     <w:rsid w:val="002751FF"/>
     <w:rsid w:val="00276313"/>
     <w:rsid w:val="002D2022"/>
     <w:rsid w:val="00330160"/>
     <w:rsid w:val="003B26CD"/>
     <w:rsid w:val="003B6682"/>
     <w:rsid w:val="003F6D58"/>
     <w:rsid w:val="0048449D"/>
     <w:rsid w:val="00495C3B"/>
     <w:rsid w:val="004A3A30"/>
     <w:rsid w:val="004F5804"/>
     <w:rsid w:val="00562D7C"/>
     <w:rsid w:val="00580F98"/>
     <w:rsid w:val="005C3A33"/>
     <w:rsid w:val="005C4097"/>
     <w:rsid w:val="005F1A43"/>
     <w:rsid w:val="005F3BB6"/>
     <w:rsid w:val="006028CA"/>
     <w:rsid w:val="00607457"/>
     <w:rsid w:val="00684F82"/>
     <w:rsid w:val="00715B81"/>
     <w:rsid w:val="00735845"/>
     <w:rsid w:val="00754280"/>
     <w:rsid w:val="007A464A"/>
+    <w:rsid w:val="007A515A"/>
     <w:rsid w:val="007A5398"/>
     <w:rsid w:val="0080735D"/>
     <w:rsid w:val="008B46AD"/>
     <w:rsid w:val="00A34793"/>
+    <w:rsid w:val="00A53CE8"/>
     <w:rsid w:val="00A807A1"/>
     <w:rsid w:val="00B00858"/>
     <w:rsid w:val="00B00EFB"/>
     <w:rsid w:val="00B11269"/>
     <w:rsid w:val="00B45E05"/>
     <w:rsid w:val="00B60B44"/>
     <w:rsid w:val="00BA747E"/>
     <w:rsid w:val="00BD74C1"/>
     <w:rsid w:val="00BF3758"/>
     <w:rsid w:val="00C34E1C"/>
     <w:rsid w:val="00C8094E"/>
     <w:rsid w:val="00CC03D9"/>
     <w:rsid w:val="00CC7A3D"/>
     <w:rsid w:val="00DB7154"/>
     <w:rsid w:val="00E01200"/>
     <w:rsid w:val="00E40A1C"/>
     <w:rsid w:val="00E463B8"/>
     <w:rsid w:val="00EA0842"/>
     <w:rsid w:val="00ED5D04"/>
     <w:rsid w:val="00EF7515"/>
     <w:rsid w:val="00F3033A"/>
     <w:rsid w:val="00F5326F"/>
     <w:rsid w:val="00FD58DC"/>
     <w:rsid w:val="00FE5296"/>
     <w:rsid w:val="00FF1D54"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -10764,51 +11253,51 @@
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="a3">
     <w:name w:val="Placeholder Text"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00FF1D54"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="0F1B0536010E4C2B96A114844A9FBEF2">
     <w:name w:val="0F1B0536010E4C2B96A114844A9FBEF2"/>
     <w:rsid w:val="00FF1D54"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>