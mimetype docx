--- v0 (2025-10-08)
+++ v1 (2025-12-10)
@@ -3846,53 +3846,58 @@
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="25DA4D2E" w14:textId="77777777" w:rsidR="000755F0" w:rsidRDefault="000755F0">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="3215782F" w14:textId="77777777" w:rsidR="000755F0" w:rsidRDefault="000755F0">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:p>
+    <w:pPr>
+      <w:rPr>
+        <w:sz w:val="2"/>
+      </w:rPr>
+    </w:pPr>
     <w:r xmlns:v="urn:schemas-microsoft-com:vml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
       <w:pict xmlns:v="urn:schemas-microsoft-com:vml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-        <v:shape xmlns:v="urn:schemas-microsoft-com:vml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" id="PowerPlusWaterMarkObject" o:spid="_x0000_s1025" type="#_x0000_t75" style="position:absolute; left:-200pt; top:400pt; width:300pt; height:50pt; rotation:270; fill-opacity:0.3" stroked="f" filled="t">
+        <v:shape xmlns:v="urn:schemas-microsoft-com:vml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" id="WatermarkShape" type="#_x0000_t75" style="position:absolute; left:-370pt; top:280pt; width:700pt; height:40pt; rotation:270; fill-opacity:0.3; mso-wrap-style:behind; z-index:-1; mso-position-horizontal:absolute; mso-position-vertical:absolute" stroked="f" filled="t">
           <v:imagedata xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rIdWmImg1" o:title=""/>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="5000" w:type="pct"/>
       <w:tblInd w:w="-71" w:type="dxa"/>
       <w:tblBorders>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:left w:w="71" w:type="dxa"/>
         <w:right w:w="71" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="742"/>
       <w:gridCol w:w="8896"/>
     </w:tblGrid>
     <w:tr w:rsidR="00DF6228" w14:paraId="1A71F96B" w14:textId="77777777">
       <w:trPr>
         <w:trHeight w:val="752"/>
@@ -4005,53 +4010,58 @@
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:bCs/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:t>Приложение № 1 к аттестату аккредитации № BY/112 2.5079</w:t>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w14:paraId="217A2C7B" w14:textId="77777777" w:rsidR="00DF6228" w:rsidRDefault="00DF6228">
     <w:pPr>
       <w:pStyle w:val="af3"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:p>
+    <w:pPr>
+      <w:rPr>
+        <w:sz w:val="2"/>
+      </w:rPr>
+    </w:pPr>
     <w:r xmlns:v="urn:schemas-microsoft-com:vml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
       <w:pict xmlns:v="urn:schemas-microsoft-com:vml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-        <v:shape xmlns:v="urn:schemas-microsoft-com:vml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" id="PowerPlusWaterMarkObject" o:spid="_x0000_s1025" type="#_x0000_t75" style="position:absolute; left:-200pt; top:400pt; width:300pt; height:50pt; rotation:270; fill-opacity:0.3" stroked="f" filled="t">
+        <v:shape xmlns:v="urn:schemas-microsoft-com:vml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" id="WatermarkShape" type="#_x0000_t75" style="position:absolute; left:-370pt; top:280pt; width:700pt; height:40pt; rotation:270; fill-opacity:0.3; mso-wrap-style:behind; z-index:-1; mso-position-horizontal:absolute; mso-position-vertical:absolute" stroked="f" filled="t">
           <v:imagedata xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rIdWmImg2" o:title=""/>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="9986" w:type="dxa"/>
       <w:tblInd w:w="-158" w:type="dxa"/>
       <w:tblBorders>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblLook w:val="00A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="896"/>
       <w:gridCol w:w="9090"/>
     </w:tblGrid>
     <w:tr w:rsidR="00DF6228" w14:paraId="11AE5DCA" w14:textId="77777777">
       <w:trPr>
         <w:trHeight w:val="277"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="896" w:type="dxa"/>