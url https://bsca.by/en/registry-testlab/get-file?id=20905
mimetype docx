--- v0 (2025-10-08)
+++ v1 (2025-12-08)
@@ -15779,51 +15779,51 @@
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="75361301" w14:textId="77777777" w:rsidR="002F72A9" w:rsidRDefault="002F72A9" w:rsidP="0011070C">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="0431582E" w14:textId="77777777" w:rsidR="002F72A9" w:rsidRDefault="002F72A9" w:rsidP="0011070C">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
   <w:p>
     <w:r xmlns:v="urn:schemas-microsoft-com:vml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
       <w:pict xmlns:v="urn:schemas-microsoft-com:vml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-        <v:shape xmlns:v="urn:schemas-microsoft-com:vml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" id="PowerPlusWaterMarkObject" o:spid="_x0000_s1025" type="#_x0000_t75" style="position:absolute; left:-200pt; top:400pt; width:300pt; height:50pt; rotation:270; fill-opacity:0.3" stroked="f" filled="t">
+        <v:shape xmlns:v="urn:schemas-microsoft-com:vml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" id="WatermarkShape" type="#_x0000_t75" style="position:absolute; left:-380pt; top:350pt; width:700pt; height:40pt; rotation:270; fill-opacity:0.3; mso-wrap-style:behind; z-index:-1" stroked="f" filled="t">
           <v:imagedata xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rIdWmImg1" o:title=""/>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
   <w:p w14:paraId="41396CE4" w14:textId="77777777" w:rsidR="002F72A9" w:rsidRDefault="002F72A9"/>
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="9922" w:type="dxa"/>
       <w:tblInd w:w="392" w:type="dxa"/>
       <w:tblBorders>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="711"/>
       <w:gridCol w:w="9211"/>
     </w:tblGrid>
     <w:tr w:rsidR="002F72A9" w:rsidRPr="004E5090" w14:paraId="4F3AA70C" w14:textId="77777777" w:rsidTr="00171AF7">
       <w:trPr>
         <w:trHeight w:val="277"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
@@ -15986,51 +15986,51 @@
             <w:t>5213</w:t>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w14:paraId="182752ED" w14:textId="77777777" w:rsidR="002F72A9" w:rsidRPr="0004192B" w:rsidRDefault="002F72A9" w:rsidP="00056B79">
     <w:pPr>
       <w:pStyle w:val="a7"/>
       <w:ind w:firstLine="0"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:sz w:val="12"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
   <w:p>
     <w:r xmlns:v="urn:schemas-microsoft-com:vml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
       <w:pict xmlns:v="urn:schemas-microsoft-com:vml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-        <v:shape xmlns:v="urn:schemas-microsoft-com:vml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" id="PowerPlusWaterMarkObject" o:spid="_x0000_s1025" type="#_x0000_t75" style="position:absolute; left:-200pt; top:400pt; width:300pt; height:50pt; rotation:270; fill-opacity:0.3" stroked="f" filled="t">
+        <v:shape xmlns:v="urn:schemas-microsoft-com:vml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" id="WatermarkShape" type="#_x0000_t75" style="position:absolute; left:-380pt; top:350pt; width:700pt; height:40pt; rotation:270; fill-opacity:0.3; mso-wrap-style:behind; z-index:-1" stroked="f" filled="t">
           <v:imagedata xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rIdWmImg2" o:title=""/>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="9922" w:type="dxa"/>
       <w:tblInd w:w="392" w:type="dxa"/>
       <w:tblBorders>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="992"/>
       <w:gridCol w:w="8930"/>
     </w:tblGrid>
     <w:tr w:rsidR="002F72A9" w:rsidRPr="00F14CE5" w14:paraId="47C1C0A3" w14:textId="77777777" w:rsidTr="00171AF7">
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="992" w:type="dxa"/>