--- v0 (2025-10-08)
+++ v1 (2026-01-10)
@@ -5096,50 +5096,64 @@
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="ArialMT">
     <w:altName w:val="MS Mincho"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000001" w:usb1="08070000" w:usb2="00000010" w:usb3="00000000" w:csb0="00020000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+  <w:p>
+    <w:pPr>
+      <w:rPr>
+        <w:sz w:val="2"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r xmlns:v="urn:schemas-microsoft-com:vml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
+      <w:pict xmlns:v="urn:schemas-microsoft-com:vml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
+        <v:shape xmlns:v="urn:schemas-microsoft-com:vml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" id="WatermarkShape" type="#_x0000_t75" style="position:absolute; left:-330pt; top:300pt; width:700pt; height:40pt; rotation:270; fill-opacity:0.3; mso-wrap-style:behind; z-index:-1; mso-position-horizontal:absolute; mso-position-vertical:absolute; mso-position-horizontal-relative:page; mso-position-vertical-relative:page;" stroked="f" filled="t">
+          <v:imagedata xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rIdWmImg1" o:title=""/>
+        </v:shape>
+      </w:pict>
+    </w:r>
+  </w:p>
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="9924" w:type="dxa"/>
       <w:tblInd w:w="-34" w:type="dxa"/>
       <w:tblLook w:val="00A0"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="2813"/>
       <w:gridCol w:w="3567"/>
       <w:gridCol w:w="3544"/>
     </w:tblGrid>
     <w:tr w:rsidR="006774AD" w:rsidRPr="00197E73" w:rsidTr="006774AD">
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="2813" w:type="dxa"/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
         <w:p w:rsidR="006774AD" w:rsidRPr="00197E73" w:rsidRDefault="006774AD" w:rsidP="00594602">
           <w:pPr>
             <w:pStyle w:val="a9"/>
             <w:rPr>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
           </w:pPr>
@@ -5291,50 +5305,64 @@
           </w:r>
           <w:fldSimple w:instr=" NUMPAGES   \* MERGEFORMAT ">
             <w:r w:rsidR="00314FC9" w:rsidRPr="00314FC9">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:fldSimple>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w:rsidR="006774AD" w:rsidRDefault="006774AD">
     <w:pPr>
       <w:pStyle w:val="a5"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+  <w:p>
+    <w:pPr>
+      <w:rPr>
+        <w:sz w:val="2"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r xmlns:v="urn:schemas-microsoft-com:vml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
+      <w:pict xmlns:v="urn:schemas-microsoft-com:vml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
+        <v:shape xmlns:v="urn:schemas-microsoft-com:vml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" id="WatermarkShape" type="#_x0000_t75" style="position:absolute; left:-330pt; top:300pt; width:700pt; height:40pt; rotation:270; fill-opacity:0.3; mso-wrap-style:behind; z-index:-1; mso-position-horizontal:absolute; mso-position-vertical:absolute; mso-position-horizontal-relative:page; mso-position-vertical-relative:page;" stroked="f" filled="t">
+          <v:imagedata xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rIdWmImg2" o:title=""/>
+        </v:shape>
+      </w:pict>
+    </w:r>
+  </w:p>
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="10065" w:type="dxa"/>
       <w:tblInd w:w="-34" w:type="dxa"/>
       <w:tblLook w:val="00A0"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="2813"/>
       <w:gridCol w:w="3567"/>
       <w:gridCol w:w="3685"/>
     </w:tblGrid>
     <w:tr w:rsidR="006774AD" w:rsidRPr="00197E73" w:rsidTr="006774AD">
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="2813" w:type="dxa"/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
         <w:p w:rsidR="006774AD" w:rsidRPr="00197E73" w:rsidRDefault="006774AD" w:rsidP="006774AD">
           <w:pPr>
             <w:pStyle w:val="a9"/>
             <w:rPr>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
           </w:pPr>
@@ -6376,50 +6404,60 @@
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/></Relationships>
 </file>
 
+<file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rIdWmImg1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/wm.png"/></Relationships>
+
+</file>
+
+<file path=word/_rels/footer2.xml.rels><?xml version="1.0" encoding="UTF-8"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rIdWmImg2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/wm.png"/></Relationships>
+
+</file>
+
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>