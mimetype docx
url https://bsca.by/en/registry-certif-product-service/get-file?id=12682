--- v0 (2025-10-08)
+++ v1 (2026-01-10)
@@ -6651,50 +6651,64 @@
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="ArialMT">
     <w:altName w:val="MS Mincho"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000001" w:usb1="08070000" w:usb2="00000010" w:usb3="00000000" w:csb0="00020000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:p>
+    <w:pPr>
+      <w:rPr>
+        <w:sz w:val="2"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r xmlns:v="urn:schemas-microsoft-com:vml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
+      <w:pict xmlns:v="urn:schemas-microsoft-com:vml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
+        <v:shape xmlns:v="urn:schemas-microsoft-com:vml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" id="WatermarkShape" type="#_x0000_t75" style="position:absolute; left:-330pt; top:300pt; width:700pt; height:40pt; rotation:270; fill-opacity:0.3; mso-wrap-style:behind; z-index:-1; mso-position-horizontal:absolute; mso-position-vertical:absolute; mso-position-horizontal-relative:page; mso-position-vertical-relative:page;" stroked="f" filled="t">
+          <v:imagedata xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rIdWmImg1" o:title=""/>
+        </v:shape>
+      </w:pict>
+    </w:r>
+  </w:p>
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="0" w:type="auto"/>
       <w:tblInd w:w="-72" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="3406"/>
       <w:gridCol w:w="2890"/>
       <w:gridCol w:w="3665"/>
     </w:tblGrid>
     <w:tr w:rsidR="00604A6F" w:rsidRPr="00110ED7" w:rsidTr="00604A6F">
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="3406" w:type="dxa"/>
           <w:tcBorders>
             <w:top w:val="nil"/>
             <w:bottom w:val="nil"/>
             <w:right w:val="nil"/>
           </w:tcBorders>
@@ -6954,50 +6968,64 @@
             <w:autoSpaceDN w:val="0"/>
             <w:adjustRightInd w:val="0"/>
             <w:jc w:val="right"/>
             <w:textAlignment w:val="baseline"/>
             <w:rPr>
               <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
               <w:lang w:val="en-US" w:eastAsia="en-US"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w:rsidR="00604A6F" w:rsidRDefault="00604A6F">
     <w:pPr>
       <w:pStyle w:val="a6"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:p>
+    <w:pPr>
+      <w:rPr>
+        <w:sz w:val="2"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r xmlns:v="urn:schemas-microsoft-com:vml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
+      <w:pict xmlns:v="urn:schemas-microsoft-com:vml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
+        <v:shape xmlns:v="urn:schemas-microsoft-com:vml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" id="WatermarkShape" type="#_x0000_t75" style="position:absolute; left:-330pt; top:300pt; width:700pt; height:40pt; rotation:270; fill-opacity:0.3; mso-wrap-style:behind; z-index:-1; mso-position-horizontal:absolute; mso-position-vertical:absolute; mso-position-horizontal-relative:page; mso-position-vertical-relative:page;" stroked="f" filled="t">
+          <v:imagedata xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rIdWmImg3" o:title=""/>
+        </v:shape>
+      </w:pict>
+    </w:r>
+  </w:p>
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="0" w:type="auto"/>
       <w:tblInd w:w="-72" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="3406"/>
       <w:gridCol w:w="2890"/>
       <w:gridCol w:w="3665"/>
     </w:tblGrid>
     <w:tr w:rsidR="00604A6F" w:rsidRPr="00110ED7" w:rsidTr="008060C6">
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="3406" w:type="dxa"/>
           <w:tcBorders>
             <w:top w:val="nil"/>
             <w:bottom w:val="nil"/>
             <w:right w:val="nil"/>
           </w:tcBorders>
@@ -7257,50 +7285,64 @@
             <w:autoSpaceDN w:val="0"/>
             <w:adjustRightInd w:val="0"/>
             <w:jc w:val="right"/>
             <w:textAlignment w:val="baseline"/>
             <w:rPr>
               <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
               <w:lang w:val="en-US" w:eastAsia="en-US"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w:rsidR="00604A6F" w:rsidRDefault="00604A6F">
     <w:pPr>
       <w:pStyle w:val="a6"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:p>
+    <w:pPr>
+      <w:rPr>
+        <w:sz w:val="2"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r xmlns:v="urn:schemas-microsoft-com:vml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
+      <w:pict xmlns:v="urn:schemas-microsoft-com:vml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
+        <v:shape xmlns:v="urn:schemas-microsoft-com:vml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" id="WatermarkShape" type="#_x0000_t75" style="position:absolute; left:-330pt; top:300pt; width:700pt; height:40pt; rotation:270; fill-opacity:0.3; mso-wrap-style:behind; z-index:-1; mso-position-horizontal:absolute; mso-position-vertical:absolute; mso-position-horizontal-relative:page; mso-position-vertical-relative:page;" stroked="f" filled="t">
+          <v:imagedata xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rIdWmImg2" o:title=""/>
+        </v:shape>
+      </w:pict>
+    </w:r>
+  </w:p>
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="0" w:type="auto"/>
       <w:tblInd w:w="-72" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="3406"/>
       <w:gridCol w:w="2890"/>
       <w:gridCol w:w="3665"/>
     </w:tblGrid>
     <w:tr w:rsidR="00604A6F" w:rsidRPr="00110ED7" w:rsidTr="008060C6">
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="3406" w:type="dxa"/>
           <w:tcBorders>
             <w:top w:val="nil"/>
             <w:bottom w:val="nil"/>
             <w:right w:val="nil"/>
           </w:tcBorders>
@@ -13561,50 +13603,65 @@
     </w:div>
     <w:div w:id="1517423817">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.normacs.ru/Doclist/doc/USC.html" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.normacs.ru/Doclist/doc/UTL.html" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.normacs.ru/Doclist/doc/UTK.html" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/></Relationships>
 </file>
 
+<file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rIdWmImg1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/wm.png"/></Relationships>
+
+</file>
+
+<file path=word/_rels/footer2.xml.rels><?xml version="1.0" encoding="UTF-8"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rIdWmImg3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/wm.png"/></Relationships>
+
+</file>
+
+<file path=word/_rels/footer3.xml.rels><?xml version="1.0" encoding="UTF-8"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rIdWmImg2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/wm.png"/></Relationships>
+
+</file>
+
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/_rels/header3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>