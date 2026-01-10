--- v0 (2025-11-04)
+++ v1 (2026-01-10)
@@ -1,1181 +1,716 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Default Extension="png" ContentType="image/png"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:tbl>
-[...270 lines deleted...]
-    <w:p w14:paraId="12F63EFD" w14:textId="77777777" w:rsidR="00D463D9" w:rsidRDefault="006F6F8C" w:rsidP="003244F8">
+    <w:p w14:paraId="322906DC" w14:textId="77777777" w:rsidR="00F65CA5" w:rsidRDefault="00F65CA5" w:rsidP="00F65CA5">
       <w:pPr>
+        <w:overflowPunct w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="160" w:line="256" w:lineRule="auto"/>
         <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
         <w:rPr>
+          <w:rFonts w:eastAsia="Aptos"/>
           <w:b/>
-          <w:sz w:val="28"/>
+          <w:bCs/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:val="ru-BY" w:eastAsia="en-US"/>
+          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006F6F8C">
+      <w:r w:rsidRPr="00F65CA5">
         <w:rPr>
+          <w:rFonts w:eastAsia="Aptos"/>
           <w:b/>
-          <w:sz w:val="28"/>
+          <w:bCs/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="en-US"/>
+          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
-        <w:t>ОБЛАСТ</w:t>
+        <w:t>О</w:t>
       </w:r>
-      <w:r w:rsidR="00D463D9">
+      <w:r w:rsidRPr="00F65CA5">
         <w:rPr>
+          <w:rFonts w:eastAsia="Aptos"/>
           <w:b/>
-          <w:sz w:val="28"/>
+          <w:bCs/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:val="ru-BY" w:eastAsia="en-US"/>
+          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
-        <w:t>Ь</w:t>
+        <w:t>ПИСАНИ</w:t>
       </w:r>
-      <w:r w:rsidRPr="006F6F8C">
+      <w:r w:rsidRPr="00F65CA5">
         <w:rPr>
+          <w:rFonts w:eastAsia="Aptos"/>
           <w:b/>
-          <w:sz w:val="28"/>
+          <w:bCs/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="en-US"/>
+          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
-        <w:t xml:space="preserve"> АККРЕДИТАЦИИ </w:t>
+        <w:t xml:space="preserve">Е </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F65CA5">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Aptos"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:val="ru-BY" w:eastAsia="en-US"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>ОБЛАСТИ АККРЕДИТАЦИИ</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0BDB1F45" w14:textId="77777777" w:rsidR="00D463D9" w:rsidRPr="00443B25" w:rsidRDefault="006F6F8C" w:rsidP="003244F8">
-[...65 lines deleted...]
-    <w:p w14:paraId="12BFAC9F" w14:textId="77777777" w:rsidR="00FE26EC" w:rsidRPr="00E60F2B" w:rsidRDefault="00FE26EC" w:rsidP="00FE26EC">
+    <w:p w14:paraId="12BFAC9F" w14:textId="77777777" w:rsidR="00FE26EC" w:rsidRPr="00F65CA5" w:rsidRDefault="00FE26EC" w:rsidP="00FE26EC">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
         </w:tabs>
+        <w:rPr>
+          <w:lang w:val="ru-BY"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="10065" w:type="dxa"/>
+        <w:tblW w:w="15055" w:type="dxa"/>
         <w:tblInd w:w="-176" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="690"/>
         <w:gridCol w:w="20"/>
-        <w:gridCol w:w="2551"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="1843"/>
+        <w:gridCol w:w="3005"/>
+        <w:gridCol w:w="4536"/>
+        <w:gridCol w:w="3119"/>
+        <w:gridCol w:w="3685"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00C1435E" w:rsidRPr="00E60F2B" w14:paraId="349EB931" w14:textId="77777777" w:rsidTr="00D82979">
+      <w:tr w:rsidR="003E0252" w:rsidRPr="003E0252" w14:paraId="349EB931" w14:textId="77777777" w:rsidTr="000814CB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="690" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5E4E0988" w14:textId="77777777" w:rsidR="00C1435E" w:rsidRPr="00D463D9" w:rsidRDefault="00C1435E" w:rsidP="00406D5F">
-[...1 lines deleted...]
-              <w:pStyle w:val="NoSpacing"/>
+          <w:p w14:paraId="5E4E0988" w14:textId="77777777" w:rsidR="003E0252" w:rsidRPr="00D463D9" w:rsidRDefault="003E0252" w:rsidP="003E0252">
+            <w:pPr>
+              <w:pStyle w:val="1"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D463D9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="72D081F7" w14:textId="77777777" w:rsidR="00C1435E" w:rsidRPr="00D463D9" w:rsidRDefault="00D463D9" w:rsidP="00406D5F">
+          <w:p w14:paraId="72D081F7" w14:textId="77777777" w:rsidR="003E0252" w:rsidRPr="00D463D9" w:rsidRDefault="003E0252" w:rsidP="003E0252">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>п/п</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2571" w:type="dxa"/>
+            <w:tcW w:w="3025" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4416DF96" w14:textId="77777777" w:rsidR="00C1435E" w:rsidRPr="00D463D9" w:rsidRDefault="00C1435E" w:rsidP="00406D5F">
-[...1 lines deleted...]
-              <w:pStyle w:val="NoSpacing"/>
+          <w:p w14:paraId="3C8C44E6" w14:textId="5500CBB3" w:rsidR="003E0252" w:rsidRPr="003E0252" w:rsidRDefault="003E0252" w:rsidP="003E0252">
+            <w:pPr>
+              <w:pStyle w:val="1"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...9 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E0252">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Наименование объекта оценки соответствия</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3C8C44E6" w14:textId="77777777" w:rsidR="00C1435E" w:rsidRPr="00D463D9" w:rsidRDefault="00C1435E" w:rsidP="008C31CC">
-[...13 lines deleted...]
-            <w:tcW w:w="1843" w:type="dxa"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4536" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6C3C095D" w14:textId="77777777" w:rsidR="00C1435E" w:rsidRPr="00D463D9" w:rsidRDefault="00C1435E" w:rsidP="00406D5F">
-[...19 lines deleted...]
-          <w:p w14:paraId="56401E82" w14:textId="77777777" w:rsidR="00C1435E" w:rsidRPr="00D463D9" w:rsidRDefault="00C1435E" w:rsidP="00406D5F">
+          <w:p w14:paraId="56401E82" w14:textId="1A937097" w:rsidR="003E0252" w:rsidRPr="003E0252" w:rsidRDefault="003E0252" w:rsidP="003E0252">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
-          </w:p>
-[...3 lines deleted...]
-            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:r w:rsidRPr="003E0252">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Код объекта оценки соответствия*</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="74DF4674" w14:textId="77777777" w:rsidR="00C1435E" w:rsidRPr="00D463D9" w:rsidRDefault="00443B25" w:rsidP="00D463D9">
-[...54 lines deleted...]
-              <w:t xml:space="preserve"> требования к</w:t>
+          <w:p w14:paraId="74DF4674" w14:textId="7E2D3349" w:rsidR="003E0252" w:rsidRPr="003E0252" w:rsidRDefault="003E0252" w:rsidP="003E0252">
+            <w:pPr>
+              <w:pStyle w:val="1"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E0252">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Обозначение документа, устанавливающего требования к</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C1435E" w:rsidRPr="00E60F2B" w14:paraId="255BE0D1" w14:textId="77777777" w:rsidTr="00D82979">
+      <w:tr w:rsidR="003E0252" w:rsidRPr="003E0252" w14:paraId="255BE0D1" w14:textId="77777777" w:rsidTr="000814CB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="690" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="483359C1" w14:textId="77777777" w:rsidR="00C1435E" w:rsidRPr="00D463D9" w:rsidRDefault="00C1435E" w:rsidP="00406D5F">
+          <w:p w14:paraId="483359C1" w14:textId="77777777" w:rsidR="003E0252" w:rsidRPr="00D463D9" w:rsidRDefault="003E0252" w:rsidP="003E0252">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2571" w:type="dxa"/>
+            <w:tcW w:w="3025" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7507097E" w14:textId="77777777" w:rsidR="00C1435E" w:rsidRPr="00D463D9" w:rsidRDefault="00C1435E" w:rsidP="00406D5F">
+          <w:p w14:paraId="7507097E" w14:textId="77777777" w:rsidR="003E0252" w:rsidRPr="003E0252" w:rsidRDefault="003E0252" w:rsidP="003E0252">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="4536" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2A041272" w14:textId="77777777" w:rsidR="00C1435E" w:rsidRPr="00D463D9" w:rsidRDefault="00C1435E" w:rsidP="00406D5F">
+          <w:p w14:paraId="2A041272" w14:textId="77777777" w:rsidR="003E0252" w:rsidRPr="003E0252" w:rsidRDefault="003E0252" w:rsidP="003E0252">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:tcW w:w="3119" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="79447A00" w14:textId="77777777" w:rsidR="00C1435E" w:rsidRPr="00D463D9" w:rsidRDefault="00C1435E" w:rsidP="00406D5F">
-[...1 lines deleted...]
-              <w:pStyle w:val="NoSpacing"/>
+          <w:p w14:paraId="79447A00" w14:textId="7F6AB142" w:rsidR="003E0252" w:rsidRPr="003E0252" w:rsidRDefault="003E0252" w:rsidP="003E0252">
+            <w:pPr>
+              <w:pStyle w:val="1"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...8 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E0252">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>объекту оценки соответствия</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
-[...1 lines deleted...]
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            <w:tcW w:w="3685" w:type="dxa"/>
+            <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="530942FE" w14:textId="77777777" w:rsidR="00C1435E" w:rsidRPr="00D463D9" w:rsidRDefault="00C1435E" w:rsidP="00406D5F">
-[...1 lines deleted...]
-              <w:pStyle w:val="NoSpacing"/>
+          <w:p w14:paraId="530942FE" w14:textId="77777777" w:rsidR="003E0252" w:rsidRPr="003E0252" w:rsidRDefault="003E0252" w:rsidP="003E0252">
+            <w:pPr>
+              <w:pStyle w:val="1"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E0252">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>порядку подтверждения соответствия</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C1435E" w:rsidRPr="00E60F2B" w14:paraId="72A3D847" w14:textId="77777777" w:rsidTr="00D82979">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="007E17E1" w:rsidRPr="00E60F2B" w14:paraId="4215B85E" w14:textId="77777777" w:rsidTr="00F65CA5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="690" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="50CC83E6" w14:textId="77777777" w:rsidR="00C1435E" w:rsidRPr="00E60F2B" w:rsidRDefault="00C1435E" w:rsidP="00A14064">
-[...152 lines deleted...]
-          </w:tcPr>
           <w:p w14:paraId="12AD1E2C" w14:textId="77777777" w:rsidR="007E17E1" w:rsidRPr="00443B25" w:rsidRDefault="00C2118A" w:rsidP="00A14064">
             <w:pPr>
-              <w:pStyle w:val="NoSpacing"/>
+              <w:pStyle w:val="1"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00443B25">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2571" w:type="dxa"/>
+            <w:tcW w:w="3025" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="166B3390" w14:textId="77777777" w:rsidR="007E17E1" w:rsidRPr="00443B25" w:rsidRDefault="007E17E1" w:rsidP="00455923">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00443B25">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t>Напитки</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="4536" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="29A5C9EB" w14:textId="77777777" w:rsidR="007E17E1" w:rsidRPr="00443B25" w:rsidRDefault="007E17E1" w:rsidP="00E664A5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00443B25">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:tcW w:w="3119" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="58401576" w14:textId="77777777" w:rsidR="007E17E1" w:rsidRPr="00656639" w:rsidRDefault="007E17E1" w:rsidP="00A14064">
             <w:pPr>
-              <w:pStyle w:val="NoSpacing"/>
+              <w:pStyle w:val="1"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="3685" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2D842895" w14:textId="77777777" w:rsidR="007E17E1" w:rsidRPr="00E60F2B" w:rsidRDefault="007E17E1" w:rsidP="00771431">
             <w:pPr>
-              <w:pStyle w:val="NoSpacing"/>
+              <w:pStyle w:val="1"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00731209" w:rsidRPr="00E60F2B" w14:paraId="5862804E" w14:textId="77777777" w:rsidTr="00D82979">
+      <w:tr w:rsidR="00731209" w:rsidRPr="00E60F2B" w14:paraId="5862804E" w14:textId="77777777" w:rsidTr="00F65CA5">
+        <w:trPr>
+          <w:trHeight w:val="3887"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="690" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="564EB8A0" w14:textId="77777777" w:rsidR="00731209" w:rsidRPr="00BA5476" w:rsidRDefault="00731209" w:rsidP="00731209">
             <w:pPr>
-              <w:pStyle w:val="NoSpacing"/>
+              <w:pStyle w:val="1"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidRPr="00BA5476">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2571" w:type="dxa"/>
+            <w:tcW w:w="3025" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="250DC119" w14:textId="77777777" w:rsidR="00731209" w:rsidRPr="00330235" w:rsidRDefault="00731209" w:rsidP="00731209">
             <w:r w:rsidRPr="00330235">
               <w:t>Напитки</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1BB58FEF" w14:textId="77777777" w:rsidR="00731209" w:rsidRPr="00E60F2B" w:rsidRDefault="00731209" w:rsidP="00731209">
-[...1 lines deleted...]
-              <w:pStyle w:val="NoSpacing"/>
+          <w:p w14:paraId="175A7309" w14:textId="77777777" w:rsidR="00731209" w:rsidRDefault="00731209" w:rsidP="00731209">
+            <w:pPr>
+              <w:pStyle w:val="1"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-        </w:tc>
-[...2 lines deleted...]
-            <w:tcW w:w="1843" w:type="dxa"/>
+          <w:p w14:paraId="6E9B1C32" w14:textId="77777777" w:rsidR="00F65CA5" w:rsidRPr="00F65CA5" w:rsidRDefault="00F65CA5" w:rsidP="00F65CA5"/>
+          <w:p w14:paraId="38688FEB" w14:textId="77777777" w:rsidR="00F65CA5" w:rsidRPr="00F65CA5" w:rsidRDefault="00F65CA5" w:rsidP="00F65CA5"/>
+          <w:p w14:paraId="494F4DB7" w14:textId="77777777" w:rsidR="00F65CA5" w:rsidRPr="00F65CA5" w:rsidRDefault="00F65CA5" w:rsidP="00F65CA5"/>
+          <w:p w14:paraId="7F1BB6E6" w14:textId="77777777" w:rsidR="00F65CA5" w:rsidRPr="00F65CA5" w:rsidRDefault="00F65CA5" w:rsidP="00F65CA5"/>
+          <w:p w14:paraId="14DE68F6" w14:textId="77777777" w:rsidR="00F65CA5" w:rsidRPr="00F65CA5" w:rsidRDefault="00F65CA5" w:rsidP="00F65CA5"/>
+          <w:p w14:paraId="048BCCEE" w14:textId="77777777" w:rsidR="00F65CA5" w:rsidRPr="00F65CA5" w:rsidRDefault="00F65CA5" w:rsidP="00F65CA5"/>
+          <w:p w14:paraId="24B92052" w14:textId="77777777" w:rsidR="00F65CA5" w:rsidRPr="00F65CA5" w:rsidRDefault="00F65CA5" w:rsidP="00F65CA5"/>
+          <w:p w14:paraId="0ADE4071" w14:textId="77777777" w:rsidR="00F65CA5" w:rsidRPr="00F65CA5" w:rsidRDefault="00F65CA5" w:rsidP="00F65CA5"/>
+          <w:p w14:paraId="39801D67" w14:textId="77777777" w:rsidR="00F65CA5" w:rsidRPr="00F65CA5" w:rsidRDefault="00F65CA5" w:rsidP="00F65CA5"/>
+          <w:p w14:paraId="06A8AED7" w14:textId="77777777" w:rsidR="00F65CA5" w:rsidRDefault="00F65CA5" w:rsidP="00F65CA5">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3A5FB83E" w14:textId="77777777" w:rsidR="00F65CA5" w:rsidRDefault="00F65CA5" w:rsidP="00F65CA5">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1BB58FEF" w14:textId="77777777" w:rsidR="00F65CA5" w:rsidRPr="00F65CA5" w:rsidRDefault="00F65CA5" w:rsidP="00F65CA5"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4536" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="1F5F91FA" w14:textId="77777777" w:rsidR="00731209" w:rsidRDefault="00731209" w:rsidP="00731209">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00E60F2B">
               <w:t>11.0</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="306FE89B" w14:textId="77777777" w:rsidR="00731209" w:rsidRDefault="00731209" w:rsidP="00731209">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">(кроме </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="503B5268" w14:textId="77777777" w:rsidR="00731209" w:rsidRDefault="00731209" w:rsidP="00731209">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>11.02.2</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0ED5404B" w14:textId="77777777" w:rsidR="00731209" w:rsidRPr="00E60F2B" w:rsidRDefault="00731209" w:rsidP="00731209">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>11.05.2)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="26102EED" w14:textId="77777777" w:rsidR="00731209" w:rsidRPr="00E60F2B" w:rsidRDefault="00731209" w:rsidP="00731209">
+          <w:p w14:paraId="6AE3C506" w14:textId="77777777" w:rsidR="00731209" w:rsidRDefault="00731209" w:rsidP="00731209">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
-        </w:tc>
-[...2 lines deleted...]
-            <w:tcW w:w="3118" w:type="dxa"/>
+          <w:p w14:paraId="0EEEE3CC" w14:textId="77777777" w:rsidR="00F65CA5" w:rsidRPr="00F65CA5" w:rsidRDefault="00F65CA5" w:rsidP="00F65CA5"/>
+          <w:p w14:paraId="5CFB18BD" w14:textId="77777777" w:rsidR="00F65CA5" w:rsidRPr="00F65CA5" w:rsidRDefault="00F65CA5" w:rsidP="00F65CA5"/>
+          <w:p w14:paraId="5ED41BAC" w14:textId="77777777" w:rsidR="00F65CA5" w:rsidRPr="00F65CA5" w:rsidRDefault="00F65CA5" w:rsidP="00F65CA5"/>
+          <w:p w14:paraId="669B8656" w14:textId="77777777" w:rsidR="00F65CA5" w:rsidRPr="00F65CA5" w:rsidRDefault="00F65CA5" w:rsidP="00F65CA5"/>
+          <w:p w14:paraId="270256EF" w14:textId="77777777" w:rsidR="00F65CA5" w:rsidRPr="00F65CA5" w:rsidRDefault="00F65CA5" w:rsidP="00F65CA5"/>
+          <w:p w14:paraId="35A93E5E" w14:textId="77777777" w:rsidR="00F65CA5" w:rsidRPr="00F65CA5" w:rsidRDefault="00F65CA5" w:rsidP="00F65CA5"/>
+          <w:p w14:paraId="481D939A" w14:textId="77777777" w:rsidR="00F65CA5" w:rsidRPr="00F65CA5" w:rsidRDefault="00F65CA5" w:rsidP="00F65CA5"/>
+          <w:p w14:paraId="6EC66D72" w14:textId="77777777" w:rsidR="00F65CA5" w:rsidRPr="00F65CA5" w:rsidRDefault="00F65CA5" w:rsidP="00F65CA5"/>
+          <w:p w14:paraId="374C76F5" w14:textId="77777777" w:rsidR="00F65CA5" w:rsidRPr="00F65CA5" w:rsidRDefault="00F65CA5" w:rsidP="00F65CA5"/>
+          <w:p w14:paraId="3DD51BBD" w14:textId="77777777" w:rsidR="00F65CA5" w:rsidRPr="00F65CA5" w:rsidRDefault="00F65CA5" w:rsidP="00F65CA5"/>
+          <w:p w14:paraId="1B73D3F6" w14:textId="77777777" w:rsidR="00F65CA5" w:rsidRPr="00F65CA5" w:rsidRDefault="00F65CA5" w:rsidP="00F65CA5"/>
+          <w:p w14:paraId="550F8D99" w14:textId="77777777" w:rsidR="00F65CA5" w:rsidRPr="00F65CA5" w:rsidRDefault="00F65CA5" w:rsidP="00F65CA5"/>
+          <w:p w14:paraId="3E201EF7" w14:textId="77777777" w:rsidR="00F65CA5" w:rsidRDefault="00F65CA5" w:rsidP="00F65CA5"/>
+          <w:p w14:paraId="26102EED" w14:textId="7150D207" w:rsidR="00F65CA5" w:rsidRPr="00F65CA5" w:rsidRDefault="00F65CA5" w:rsidP="00F65CA5">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="2625"/>
+              </w:tabs>
+            </w:pPr>
+            <w:r>
+              <w:tab/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="55E4FDFB" w14:textId="77777777" w:rsidR="00562A8E" w:rsidRPr="00562A8E" w:rsidRDefault="00562A8E" w:rsidP="00562A8E">
             <w:pPr>
               <w:pStyle w:val="a5"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00562A8E">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>СТБ 395</w:t>
             </w:r>
           </w:p>
@@ -1373,51 +908,51 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>СТБ 1386</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="51243B98" w14:textId="77777777" w:rsidR="00562A8E" w:rsidRPr="00562A8E" w:rsidRDefault="00562A8E" w:rsidP="00562A8E">
             <w:pPr>
               <w:pStyle w:val="a5"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00562A8E">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>СТБ 1529</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="760F24BC" w14:textId="77777777" w:rsidR="00562A8E" w:rsidRPr="00562A8E" w:rsidRDefault="00562A8E" w:rsidP="00562A8E">
+          <w:p w14:paraId="29C1842A" w14:textId="7FF81340" w:rsidR="00F65CA5" w:rsidRPr="00562A8E" w:rsidRDefault="00562A8E" w:rsidP="00562A8E">
             <w:pPr>
               <w:pStyle w:val="a5"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00562A8E">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>СТБ 1694</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3E013D6D" w14:textId="77777777" w:rsidR="00562A8E" w:rsidRPr="00562A8E" w:rsidRDefault="00562A8E" w:rsidP="00562A8E">
             <w:pPr>
               <w:pStyle w:val="a5"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
@@ -1604,1158 +1139,1201 @@
             </w:pPr>
             <w:r w:rsidRPr="00562A8E">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>СТБ 2369</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4E96C098" w14:textId="77777777" w:rsidR="00562A8E" w:rsidRPr="00562A8E" w:rsidRDefault="00562A8E" w:rsidP="00562A8E">
             <w:pPr>
               <w:pStyle w:val="a5"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00562A8E">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>СТБ 2500</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="08675932" w14:textId="77777777" w:rsidR="00562A8E" w:rsidRPr="00562A8E" w:rsidRDefault="00562A8E" w:rsidP="00562A8E">
             <w:pPr>
               <w:pStyle w:val="a5"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00562A8E">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>ГОСТ 5963</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7FD57BB2" w14:textId="77777777" w:rsidR="00562A8E" w:rsidRPr="00562A8E" w:rsidRDefault="00562A8E" w:rsidP="00562A8E">
             <w:pPr>
               <w:pStyle w:val="a5"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00562A8E">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
+              <w:t>ГОСТ 7208</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3BF76622" w14:textId="77777777" w:rsidR="00562A8E" w:rsidRPr="00562A8E" w:rsidRDefault="00562A8E" w:rsidP="00562A8E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00562A8E">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>ГОСТ 13273</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1D15F39B" w14:textId="77777777" w:rsidR="00562A8E" w:rsidRPr="00562A8E" w:rsidRDefault="00562A8E" w:rsidP="00562A8E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00562A8E">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>ГОСТ 13918</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6E2F3F32" w14:textId="77777777" w:rsidR="00562A8E" w:rsidRPr="00562A8E" w:rsidRDefault="00562A8E" w:rsidP="00562A8E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00562A8E">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>ГОСТ 27906</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="259862B8" w14:textId="77777777" w:rsidR="00562A8E" w:rsidRPr="00562A8E" w:rsidRDefault="00562A8E" w:rsidP="00562A8E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00562A8E">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>ГОСТ 27907</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="620FE291" w14:textId="77777777" w:rsidR="00562A8E" w:rsidRPr="00562A8E" w:rsidRDefault="00562A8E" w:rsidP="00562A8E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00562A8E">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>ГОСТ 28188</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1673B796" w14:textId="77777777" w:rsidR="00562A8E" w:rsidRPr="00562A8E" w:rsidRDefault="00562A8E" w:rsidP="00562A8E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00562A8E">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>ГОСТ 29294</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="70569FF9" w14:textId="77777777" w:rsidR="00562A8E" w:rsidRPr="00562A8E" w:rsidRDefault="00562A8E" w:rsidP="00562A8E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00562A8E">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>ГОСТ 31493</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="46441349" w14:textId="77777777" w:rsidR="00562A8E" w:rsidRPr="00562A8E" w:rsidRDefault="00562A8E" w:rsidP="00562A8E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00562A8E">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>ГОСТ 31729</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3CA4ACDD" w14:textId="77777777" w:rsidR="00562A8E" w:rsidRPr="00562A8E" w:rsidRDefault="00562A8E" w:rsidP="00562A8E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00562A8E">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>ГОСТ 31732</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="14886FDB" w14:textId="77777777" w:rsidR="00562A8E" w:rsidRPr="00562A8E" w:rsidRDefault="00562A8E" w:rsidP="00562A8E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00562A8E">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>ГОСТ 31763</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5137E8AB" w14:textId="77777777" w:rsidR="00562A8E" w:rsidRPr="00562A8E" w:rsidRDefault="00562A8E" w:rsidP="00562A8E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00562A8E">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>ГОСТ 31820</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="68E5C63B" w14:textId="77777777" w:rsidR="00562A8E" w:rsidRPr="00562A8E" w:rsidRDefault="00562A8E" w:rsidP="00562A8E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00562A8E">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>ГОСТ 32030</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="51F2A4AB" w14:textId="77777777" w:rsidR="00562A8E" w:rsidRPr="00562A8E" w:rsidRDefault="00562A8E" w:rsidP="00562A8E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00562A8E">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>ГОСТ 32033</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="64A408CA" w14:textId="77777777" w:rsidR="00562A8E" w:rsidRPr="00562A8E" w:rsidRDefault="00562A8E" w:rsidP="00562A8E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00562A8E">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>ГОСТ 32715</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="03F210F7" w14:textId="77777777" w:rsidR="00562A8E" w:rsidRPr="00562A8E" w:rsidRDefault="00562A8E" w:rsidP="00562A8E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00562A8E">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>ГОСТ 33336</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="78819690" w14:textId="77777777" w:rsidR="00562A8E" w:rsidRPr="00562A8E" w:rsidRDefault="00562A8E" w:rsidP="00562A8E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00562A8E">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>ГОСТ 33458</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1E7A136B" w14:textId="77777777" w:rsidR="00562A8E" w:rsidRPr="00562A8E" w:rsidRDefault="00562A8E" w:rsidP="00562A8E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00562A8E">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>ГОСТ 33723</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4C47A226" w14:textId="77777777" w:rsidR="00562A8E" w:rsidRDefault="00562A8E" w:rsidP="00562A8E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00562A8E">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>ГОСТ 34149</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="73246112" w14:textId="77777777" w:rsidR="00562A8E" w:rsidRPr="00562A8E" w:rsidRDefault="00562A8E" w:rsidP="00562A8E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00562A8E">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ТУ </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00562A8E">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>РБ  101191824.489</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00562A8E">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>-2000</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="55ACE480" w14:textId="77777777" w:rsidR="00562A8E" w:rsidRPr="00F65CA5" w:rsidRDefault="00562A8E" w:rsidP="00562A8E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00562A8E">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>ТУ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F65CA5">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00562A8E">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>BY</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F65CA5">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 190239501.722-2007</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="64C6F12B" w14:textId="77777777" w:rsidR="00562A8E" w:rsidRPr="00562A8E" w:rsidRDefault="00562A8E" w:rsidP="00562A8E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00562A8E">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>ТУ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00562A8E">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> BY 190239501.723-2007</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3F1EE353" w14:textId="77777777" w:rsidR="00562A8E" w:rsidRPr="00562A8E" w:rsidRDefault="00562A8E" w:rsidP="00562A8E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00562A8E">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>ТУ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00562A8E">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> BY 190239501.724-2007</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1F03C5CA" w14:textId="77777777" w:rsidR="00562A8E" w:rsidRPr="00562A8E" w:rsidRDefault="00562A8E" w:rsidP="00562A8E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00562A8E">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>ТУ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00562A8E">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> BY 800009185.040-2012</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6EC799AA" w14:textId="77777777" w:rsidR="00562A8E" w:rsidRPr="00562A8E" w:rsidRDefault="00562A8E" w:rsidP="00562A8E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00562A8E">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>ТУ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00562A8E">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> BY 190239501.881-2014</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7A5F134D" w14:textId="77777777" w:rsidR="00562A8E" w:rsidRPr="00562A8E" w:rsidRDefault="00562A8E" w:rsidP="00562A8E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00562A8E">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>ТУ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00562A8E">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> BY 690367621.001-2014</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2C747D9D" w14:textId="77777777" w:rsidR="00562A8E" w:rsidRPr="00562A8E" w:rsidRDefault="00562A8E" w:rsidP="00562A8E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00562A8E">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>ТУ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00562A8E">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> BY 600013329.020-2015</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0C03C7A1" w14:textId="77777777" w:rsidR="00562A8E" w:rsidRPr="00562A8E" w:rsidRDefault="00562A8E" w:rsidP="00562A8E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00562A8E">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>ТУ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00562A8E">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> BY 800009185.003-2015</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="080E2BEE" w14:textId="77777777" w:rsidR="00562A8E" w:rsidRPr="00562A8E" w:rsidRDefault="00562A8E" w:rsidP="00562A8E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00562A8E">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>ТУ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00562A8E">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> BY 600024832.001-2016</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="22B80508" w14:textId="77777777" w:rsidR="00562A8E" w:rsidRPr="00562A8E" w:rsidRDefault="00562A8E" w:rsidP="00562A8E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00562A8E">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>ТУ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00562A8E">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> BY 600024832.002-2017</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="08A5C6E5" w14:textId="77777777" w:rsidR="00562A8E" w:rsidRPr="00562A8E" w:rsidRDefault="00562A8E" w:rsidP="00562A8E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00562A8E">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>ТУ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00562A8E">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> BY 192319656.050-2017</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5ACC0180" w14:textId="77777777" w:rsidR="00562A8E" w:rsidRPr="00562A8E" w:rsidRDefault="00562A8E" w:rsidP="00562A8E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00562A8E">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>ГОСТ 7208</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="3BF76622" w14:textId="77777777" w:rsidR="00562A8E" w:rsidRPr="00562A8E" w:rsidRDefault="00562A8E" w:rsidP="00562A8E">
+              <w:t>ТУ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00562A8E">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> BY 800009185.006-2017</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5F62822F" w14:textId="77777777" w:rsidR="00562A8E" w:rsidRPr="00562A8E" w:rsidRDefault="00562A8E" w:rsidP="00562A8E">
             <w:pPr>
               <w:pStyle w:val="a5"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00562A8E">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-            </w:pPr>
+              <w:t>ТУ</w:t>
+            </w:r>
             <w:r w:rsidRPr="00562A8E">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> BY 690250525.001-2018</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="61293A7C" w14:textId="77777777" w:rsidR="00562A8E" w:rsidRPr="00562A8E" w:rsidRDefault="00562A8E" w:rsidP="00562A8E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00562A8E">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>ГОСТ 13273</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="1D15F39B" w14:textId="77777777" w:rsidR="00562A8E" w:rsidRPr="00562A8E" w:rsidRDefault="00562A8E" w:rsidP="00562A8E">
+              <w:t>ТУ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00562A8E">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> BY 693153865.001-2022</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="05B59917" w14:textId="77777777" w:rsidR="00562A8E" w:rsidRPr="00562A8E" w:rsidRDefault="00562A8E" w:rsidP="00562A8E">
             <w:pPr>
               <w:pStyle w:val="a5"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00562A8E">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-            </w:pPr>
+              <w:t>ТУ</w:t>
+            </w:r>
             <w:r w:rsidRPr="00562A8E">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> BY 693153865.002-2022</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="22BECC5E" w14:textId="77777777" w:rsidR="00562A8E" w:rsidRPr="00562A8E" w:rsidRDefault="00562A8E" w:rsidP="00562A8E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00562A8E">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>ГОСТ 13918</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="6E2F3F32" w14:textId="77777777" w:rsidR="00562A8E" w:rsidRPr="00562A8E" w:rsidRDefault="00562A8E" w:rsidP="00562A8E">
+              <w:t>ТУ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00562A8E">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> BY 691935133.007-2023</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0CB2F0CB" w14:textId="77777777" w:rsidR="00562A8E" w:rsidRPr="00562A8E" w:rsidRDefault="00562A8E" w:rsidP="00562A8E">
             <w:pPr>
               <w:pStyle w:val="a5"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00562A8E">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-            </w:pPr>
+              <w:t>ТУ</w:t>
+            </w:r>
             <w:r w:rsidRPr="00562A8E">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> BY 691935133.008-2023</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="47CC4987" w14:textId="77777777" w:rsidR="00562A8E" w:rsidRPr="00562A8E" w:rsidRDefault="00562A8E" w:rsidP="00562A8E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00562A8E">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>ГОСТ 27906</w:t>
-[...10 lines deleted...]
-            </w:pPr>
+              <w:t>ТУ</w:t>
+            </w:r>
             <w:r w:rsidRPr="00562A8E">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="ru-RU"/>
-[...701 lines deleted...]
-                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> BY 600013834.001-2023</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="032D9936" w14:textId="77777777" w:rsidR="00731209" w:rsidRPr="00264104" w:rsidRDefault="00562A8E" w:rsidP="00562A8E">
+          <w:p w14:paraId="20458046" w14:textId="77777777" w:rsidR="00573A0F" w:rsidRPr="00FC784E" w:rsidRDefault="00562A8E" w:rsidP="00562A8E">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00562A8E">
               <w:t>ТУ</w:t>
             </w:r>
             <w:r w:rsidRPr="00562A8E">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve"> BY 690250525.003-2023</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00731209" w:rsidRPr="00264104">
+              <w:t xml:space="preserve"> BY 690250525.003-20</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7C01C2E9" w14:textId="2A3076AC" w:rsidR="00573A0F" w:rsidRPr="00573A0F" w:rsidRDefault="00731209" w:rsidP="00562A8E">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:tab/>
-[...1 lines deleted...]
-            <w:r w:rsidR="00731209" w:rsidRPr="00264104">
+            </w:pPr>
+            <w:r w:rsidRPr="00264104">
               <w:t>ТУ</w:t>
             </w:r>
-            <w:r w:rsidR="00731209" w:rsidRPr="00264104">
+            <w:r w:rsidRPr="00264104">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> BY 600013834.001-2023</w:t>
             </w:r>
-            <w:r w:rsidR="00731209" w:rsidRPr="00264104">
+          </w:p>
+          <w:p w14:paraId="2C149605" w14:textId="77777777" w:rsidR="00573A0F" w:rsidRPr="00FC784E" w:rsidRDefault="00731209" w:rsidP="00562A8E">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:tab/>
-[...1 lines deleted...]
-            <w:r w:rsidR="00731209" w:rsidRPr="00264104">
+            </w:pPr>
+            <w:r w:rsidRPr="00264104">
               <w:t>ТУ</w:t>
             </w:r>
-            <w:r w:rsidR="00731209" w:rsidRPr="00264104">
+            <w:r w:rsidRPr="00264104">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> BY 600013834.001-2023</w:t>
             </w:r>
-            <w:r w:rsidR="00731209" w:rsidRPr="00264104">
+          </w:p>
+          <w:p w14:paraId="032D9936" w14:textId="7C7192AB" w:rsidR="00731209" w:rsidRPr="00264104" w:rsidRDefault="00731209" w:rsidP="00562A8E">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:tab/>
-[...1 lines deleted...]
-            <w:r w:rsidR="00731209" w:rsidRPr="00264104">
+            </w:pPr>
+            <w:r w:rsidRPr="00264104">
               <w:t>ТУ</w:t>
             </w:r>
-            <w:r w:rsidR="00731209" w:rsidRPr="00264104">
+            <w:r w:rsidRPr="00264104">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> BY 600013834.001-2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="3685" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="075B65F1" w14:textId="77777777" w:rsidR="00731209" w:rsidRPr="00D65617" w:rsidRDefault="00BF457D" w:rsidP="00731209">
             <w:pPr>
-              <w:pStyle w:val="NoSpacing"/>
+              <w:pStyle w:val="1"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D65617">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>Правила подтверждения соответс</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>т</w:t>
             </w:r>
             <w:r w:rsidRPr="00D65617">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>вия</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F771A1" w:rsidRPr="00974193" w14:paraId="6A402451" w14:textId="77777777" w:rsidTr="00F771A1">
+      <w:tr w:rsidR="00F771A1" w:rsidRPr="00974193" w14:paraId="6A402451" w14:textId="77777777" w:rsidTr="00F65CA5">
         <w:trPr>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="710" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="55E1122F" w14:textId="77777777" w:rsidR="00F771A1" w:rsidRPr="00656639" w:rsidRDefault="00F771A1" w:rsidP="00443B25">
             <w:pPr>
               <w:pStyle w:val="41"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">2        </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9355" w:type="dxa"/>
+            <w:tcW w:w="14345" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="3683682C" w14:textId="77777777" w:rsidR="00F771A1" w:rsidRPr="00656639" w:rsidRDefault="00F771A1" w:rsidP="00443B25">
             <w:pPr>
               <w:pStyle w:val="41"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00656639">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>ТР 2010/025/BY «Корма и кормовые добавки. Безопасность»</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00974193" w:rsidRPr="00974193" w14:paraId="6CDBB5E8" w14:textId="77777777" w:rsidTr="00D82979">
+      <w:tr w:rsidR="00974193" w:rsidRPr="00974193" w14:paraId="6CDBB5E8" w14:textId="77777777" w:rsidTr="00F65CA5">
         <w:trPr>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="710" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="39BE2A71" w14:textId="77777777" w:rsidR="00974193" w:rsidRPr="00771431" w:rsidRDefault="00C2118A" w:rsidP="008C31CC">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidR="00443B25">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcW w:w="3005" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="4F6F03EC" w14:textId="77777777" w:rsidR="00974193" w:rsidRPr="00771431" w:rsidRDefault="00974193" w:rsidP="008C31CC">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00771431">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Культуры злаковые</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="70F64A86" w14:textId="77777777" w:rsidR="00974193" w:rsidRPr="00771431" w:rsidRDefault="00974193" w:rsidP="008C31CC">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00771431">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>(кроме риса), бобовые и семена масличных культур</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="4536" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="3395F60F" w14:textId="77777777" w:rsidR="00974193" w:rsidRPr="00771431" w:rsidRDefault="00974193" w:rsidP="008C31CC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00771431">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>01.11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:tcW w:w="3119" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="1B0D6F33" w14:textId="77777777" w:rsidR="00974193" w:rsidRPr="00656639" w:rsidRDefault="00974193" w:rsidP="008C31CC">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00656639">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>СТБ 1134</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6D6FB185" w14:textId="77777777" w:rsidR="00974193" w:rsidRPr="00656639" w:rsidRDefault="00974193" w:rsidP="008C31CC">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
@@ -2916,378 +2494,378 @@
             </w:r>
           </w:p>
           <w:p w14:paraId="33CF569A" w14:textId="77777777" w:rsidR="00974193" w:rsidRPr="00656639" w:rsidRDefault="00974193" w:rsidP="008C31CC">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00656639">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>ГОСТ 8758</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="343A3381" w14:textId="77777777" w:rsidR="00974193" w:rsidRPr="00656639" w:rsidRDefault="00974193" w:rsidP="008C31CC">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00656639">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
+              <w:t>ГОСТ 8759</w:t>
+            </w:r>
+            <w:r w:rsidR="00722D4E" w:rsidRPr="00656639">
+              <w:rPr>
+                <w:vertAlign w:val="superscript"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="37D6A25F" w14:textId="77777777" w:rsidR="00974193" w:rsidRPr="00656639" w:rsidRDefault="00974193" w:rsidP="008C31CC">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00656639">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>ГОСТ 9353</w:t>
+            </w:r>
+            <w:r w:rsidR="00722D4E" w:rsidRPr="00656639">
+              <w:rPr>
+                <w:vertAlign w:val="superscript"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="401FED6E" w14:textId="77777777" w:rsidR="00974193" w:rsidRPr="00656639" w:rsidRDefault="00974193" w:rsidP="008C31CC">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00656639">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>ГОСТ 10419</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="23E4636A" w14:textId="77777777" w:rsidR="00974193" w:rsidRPr="00656639" w:rsidRDefault="00974193" w:rsidP="008C31CC">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00656639">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>ГОСТ 11321</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0BC693CE" w14:textId="77777777" w:rsidR="00974193" w:rsidRPr="00656639" w:rsidRDefault="00974193" w:rsidP="008C31CC">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00656639">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>ГОСТ 11549</w:t>
+            </w:r>
+            <w:r w:rsidR="00722D4E" w:rsidRPr="00656639">
+              <w:rPr>
+                <w:vertAlign w:val="superscript"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5C210573" w14:textId="77777777" w:rsidR="00974193" w:rsidRPr="00656639" w:rsidRDefault="00974193" w:rsidP="008C31CC">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00656639">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>ГОСТ 12098</w:t>
+            </w:r>
+            <w:r w:rsidR="00722D4E" w:rsidRPr="00656639">
+              <w:rPr>
+                <w:vertAlign w:val="superscript"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="79DAEEC8" w14:textId="77777777" w:rsidR="00974193" w:rsidRPr="00656639" w:rsidRDefault="00974193" w:rsidP="008C31CC">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00656639">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>ГОСТ 16990</w:t>
+            </w:r>
+            <w:r w:rsidR="00722D4E" w:rsidRPr="00656639">
+              <w:rPr>
+                <w:vertAlign w:val="superscript"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5F075EF9" w14:textId="77777777" w:rsidR="00974193" w:rsidRPr="00656639" w:rsidRDefault="00974193" w:rsidP="008C31CC">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00656639">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>ГОСТ 8759</w:t>
+              <w:t>ГОСТ 17109</w:t>
             </w:r>
             <w:r w:rsidR="00722D4E" w:rsidRPr="00656639">
               <w:rPr>
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="37D6A25F" w14:textId="77777777" w:rsidR="00974193" w:rsidRPr="00656639" w:rsidRDefault="00974193" w:rsidP="008C31CC">
-[...9 lines deleted...]
-              <w:t>ГОСТ 9353</w:t>
+          <w:p w14:paraId="38D35B16" w14:textId="77777777" w:rsidR="00974193" w:rsidRPr="00656639" w:rsidRDefault="00974193" w:rsidP="008C31CC">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00656639">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>ГОСТ 22983</w:t>
             </w:r>
             <w:r w:rsidR="00722D4E" w:rsidRPr="00656639">
               <w:rPr>
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="401FED6E" w14:textId="77777777" w:rsidR="00974193" w:rsidRPr="00656639" w:rsidRDefault="00974193" w:rsidP="008C31CC">
-[...35 lines deleted...]
-              <w:t>ГОСТ 11549</w:t>
+          <w:p w14:paraId="1F5A32A9" w14:textId="77777777" w:rsidR="00974193" w:rsidRPr="00656639" w:rsidRDefault="00974193" w:rsidP="008C31CC">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00656639">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>ГОСТ 28672</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="625644CD" w14:textId="77777777" w:rsidR="00974193" w:rsidRPr="00656639" w:rsidRDefault="00974193" w:rsidP="008C31CC">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00656639">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>ГОСТ 28673</w:t>
             </w:r>
             <w:r w:rsidR="00722D4E" w:rsidRPr="00656639">
               <w:rPr>
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5C210573" w14:textId="77777777" w:rsidR="00974193" w:rsidRPr="00656639" w:rsidRDefault="00974193" w:rsidP="008C31CC">
-[...9 lines deleted...]
-              <w:t>ГОСТ 12098</w:t>
+          <w:p w14:paraId="229A4A49" w14:textId="77777777" w:rsidR="00974193" w:rsidRPr="00656639" w:rsidRDefault="00974193" w:rsidP="008C31CC">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00656639">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>ГОСТ 28674</w:t>
             </w:r>
             <w:r w:rsidR="00722D4E" w:rsidRPr="00656639">
               <w:rPr>
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="79DAEEC8" w14:textId="77777777" w:rsidR="00974193" w:rsidRPr="00656639" w:rsidRDefault="00974193" w:rsidP="008C31CC">
-[...111 lines deleted...]
-          </w:p>
           <w:p w14:paraId="142095E2" w14:textId="77777777" w:rsidR="008A43C9" w:rsidRPr="00656639" w:rsidRDefault="008A43C9" w:rsidP="008C31CC">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="3685" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="4122BDE4" w14:textId="77777777" w:rsidR="00974193" w:rsidRDefault="008C31CC" w:rsidP="00EA6699">
             <w:pPr>
               <w:ind w:right="-109"/>
               <w:rPr>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008C31CC">
               <w:lastRenderedPageBreak/>
               <w:t>ТР 2010/025/BY</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008C31CC" w:rsidRPr="00974193" w14:paraId="768A8577" w14:textId="77777777" w:rsidTr="00D82979">
+      <w:tr w:rsidR="008C31CC" w:rsidRPr="00974193" w14:paraId="768A8577" w14:textId="77777777" w:rsidTr="00F65CA5">
         <w:trPr>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="710" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="43DE7C91" w14:textId="77777777" w:rsidR="008C31CC" w:rsidRPr="00771431" w:rsidRDefault="00443B25" w:rsidP="008C31CC">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>2.2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcW w:w="3005" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="495DA71C" w14:textId="77777777" w:rsidR="008C31CC" w:rsidRPr="00771431" w:rsidRDefault="008C31CC" w:rsidP="008C31CC">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00771431">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Лен, конопля обыкновенная и сырье растительное, используемое в текстильном производстве, не включенное в другие группировки</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="4536" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="28E0AE3F" w14:textId="77777777" w:rsidR="008C31CC" w:rsidRPr="00771431" w:rsidRDefault="008C31CC" w:rsidP="008C31CC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00771431">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>01.16.19</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:tcW w:w="3119" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="4E896EE4" w14:textId="77777777" w:rsidR="008C31CC" w:rsidRPr="00656639" w:rsidRDefault="008C31CC" w:rsidP="008C31CC">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00656639">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>ГОСТ 68</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="09701006" w14:textId="77777777" w:rsidR="008C31CC" w:rsidRPr="00656639" w:rsidRDefault="008C31CC" w:rsidP="008C31CC">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
@@ -3314,152 +2892,152 @@
             </w:r>
           </w:p>
           <w:p w14:paraId="0BC97EFA" w14:textId="77777777" w:rsidR="008C31CC" w:rsidRPr="00656639" w:rsidRDefault="008C31CC" w:rsidP="00BA7061">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00656639">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>ГОСТ 27024</w:t>
             </w:r>
             <w:r w:rsidR="00722D4E" w:rsidRPr="00656639">
               <w:rPr>
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="3685" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="4C1902BA" w14:textId="77777777" w:rsidR="008C31CC" w:rsidRDefault="008C31CC" w:rsidP="00EA6699">
             <w:pPr>
               <w:ind w:right="-108"/>
             </w:pPr>
             <w:r w:rsidRPr="00FF1004">
               <w:t>ТР 2010/025/BY</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008C31CC" w:rsidRPr="00974193" w14:paraId="3347D8FF" w14:textId="77777777" w:rsidTr="00D82979">
+      <w:tr w:rsidR="008C31CC" w:rsidRPr="00974193" w14:paraId="3347D8FF" w14:textId="77777777" w:rsidTr="00F65CA5">
         <w:trPr>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="710" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="3B2F15A6" w14:textId="77777777" w:rsidR="008C31CC" w:rsidRPr="00771431" w:rsidRDefault="00443B25" w:rsidP="008C31CC">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>2.3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcW w:w="3005" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="185E5F0B" w14:textId="77777777" w:rsidR="008C31CC" w:rsidRPr="00771431" w:rsidRDefault="008C31CC" w:rsidP="008C31CC">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00771431">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Культуры кормовые</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="4536" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="7770E563" w14:textId="77777777" w:rsidR="008C31CC" w:rsidRPr="00771431" w:rsidRDefault="008C31CC" w:rsidP="008C31CC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00771431">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>01.19.10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:tcW w:w="3119" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="411CF03D" w14:textId="77777777" w:rsidR="008C31CC" w:rsidRPr="00656639" w:rsidRDefault="008C31CC" w:rsidP="008C31CC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00656639">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>СТБ 1223</w:t>
             </w:r>
             <w:r w:rsidR="00722D4E" w:rsidRPr="00656639">
               <w:rPr>
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:eastAsia="en-US"/>
@@ -3554,411 +3132,419 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00656639">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>ГОСТ 27978</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6160169E" w14:textId="77777777" w:rsidR="008C31CC" w:rsidRPr="00656639" w:rsidRDefault="008C31CC" w:rsidP="00BA7061">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00656639">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>ГОСТ 28736</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="3685" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="3E508D41" w14:textId="77777777" w:rsidR="008C31CC" w:rsidRDefault="008C31CC" w:rsidP="00EA6699">
             <w:pPr>
               <w:ind w:right="-108"/>
             </w:pPr>
             <w:r w:rsidRPr="00FF1004">
               <w:t>ТР 2010/025/BY</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008C31CC" w:rsidRPr="00974193" w14:paraId="12B6352F" w14:textId="77777777" w:rsidTr="00D82979">
+      <w:tr w:rsidR="008C31CC" w:rsidRPr="00974193" w14:paraId="12B6352F" w14:textId="77777777" w:rsidTr="00F65CA5">
         <w:trPr>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="710" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="665C7511" w14:textId="77777777" w:rsidR="008C31CC" w:rsidRPr="00771431" w:rsidRDefault="00443B25" w:rsidP="008C31CC">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>2.4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcW w:w="3005" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="0404037E" w14:textId="77777777" w:rsidR="008C31CC" w:rsidRPr="00771431" w:rsidRDefault="008C31CC" w:rsidP="008C31CC">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00771431">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>Мел и доломит некальцинированный</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1843" w:type="dxa"/>
+              <w:t xml:space="preserve">Мел и доломит </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00771431">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>некальцинированный</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4536" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="2906A4FC" w14:textId="77777777" w:rsidR="008C31CC" w:rsidRPr="00771431" w:rsidRDefault="008C31CC" w:rsidP="008C31CC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00771431">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>08.11.3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:tcW w:w="3119" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="7EF41177" w14:textId="77777777" w:rsidR="008C31CC" w:rsidRPr="00656639" w:rsidRDefault="008C31CC" w:rsidP="00BA7061">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00656639">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>ГОСТ 17498</w:t>
             </w:r>
             <w:r w:rsidR="00722D4E" w:rsidRPr="00656639">
               <w:rPr>
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="3685" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="744EEBBA" w14:textId="77777777" w:rsidR="008C31CC" w:rsidRDefault="008C31CC" w:rsidP="00EA6699">
             <w:pPr>
               <w:ind w:right="-108"/>
             </w:pPr>
             <w:r w:rsidRPr="00FF1004">
               <w:t>ТР 2010/025/BY</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008C31CC" w:rsidRPr="00974193" w14:paraId="3C1CD920" w14:textId="77777777" w:rsidTr="00D82979">
+      <w:tr w:rsidR="008C31CC" w:rsidRPr="00974193" w14:paraId="3C1CD920" w14:textId="77777777" w:rsidTr="00F65CA5">
         <w:trPr>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="710" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="7323143A" w14:textId="77777777" w:rsidR="008C31CC" w:rsidRPr="00771431" w:rsidRDefault="00443B25" w:rsidP="008C31CC">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>2.5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcW w:w="3005" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="23CBF234" w14:textId="77777777" w:rsidR="008C31CC" w:rsidRPr="00771431" w:rsidRDefault="008C31CC" w:rsidP="008C31CC">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00771431">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Соль и чистый хлорид натрия, вода морская</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="4536" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="6217758D" w14:textId="77777777" w:rsidR="008C31CC" w:rsidRPr="00771431" w:rsidRDefault="008C31CC" w:rsidP="008C31CC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00771431">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>08.93</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:tcW w:w="3119" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="3905990F" w14:textId="77777777" w:rsidR="008C31CC" w:rsidRPr="00656639" w:rsidRDefault="008C31CC" w:rsidP="00BA7061">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00656639">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>ГОСТ 13830</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="3685" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="26CDB170" w14:textId="77777777" w:rsidR="008C31CC" w:rsidRDefault="008C31CC" w:rsidP="00EA6699">
             <w:pPr>
               <w:ind w:right="-108"/>
             </w:pPr>
             <w:r w:rsidRPr="00FF1004">
               <w:t>ТР 2010/025/BY</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008C31CC" w:rsidRPr="00974193" w14:paraId="5766C225" w14:textId="77777777" w:rsidTr="00D82979">
+      <w:tr w:rsidR="008C31CC" w:rsidRPr="00974193" w14:paraId="5766C225" w14:textId="77777777" w:rsidTr="00F65CA5">
         <w:trPr>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="710" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="39C26662" w14:textId="77777777" w:rsidR="008C31CC" w:rsidRPr="00771431" w:rsidRDefault="00443B25" w:rsidP="008C31CC">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>2.6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcW w:w="3005" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="71DE9B8F" w14:textId="77777777" w:rsidR="008C31CC" w:rsidRPr="00771431" w:rsidRDefault="008C31CC" w:rsidP="008C31CC">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00771431">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Минералы прочие</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="4536" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="0402B49D" w14:textId="77777777" w:rsidR="008C31CC" w:rsidRPr="00771431" w:rsidRDefault="008C31CC" w:rsidP="008C31CC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00771431">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>08.99.29</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:tcW w:w="3119" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="76D7A1A8" w14:textId="77777777" w:rsidR="00BA7061" w:rsidRPr="00656639" w:rsidRDefault="008C31CC" w:rsidP="008C31CC">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00656639">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>ГОСТ 8515</w:t>
             </w:r>
             <w:r w:rsidR="00722D4E" w:rsidRPr="00656639">
               <w:rPr>
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
@@ -3979,310 +3565,311 @@
             </w:r>
             <w:r w:rsidR="00722D4E" w:rsidRPr="00656639">
               <w:rPr>
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3F711823" w14:textId="77777777" w:rsidR="008C31CC" w:rsidRPr="00656639" w:rsidRDefault="008C31CC" w:rsidP="00BA7061">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00656639">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>ГОСТ 26826</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="3685" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="70B7D4AC" w14:textId="77777777" w:rsidR="008C31CC" w:rsidRDefault="008C31CC" w:rsidP="00EA6699">
             <w:pPr>
               <w:ind w:right="-108"/>
             </w:pPr>
             <w:r w:rsidRPr="00FF1004">
               <w:t>ТР 2010/025/BY</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008C31CC" w:rsidRPr="00974193" w14:paraId="5404DCC4" w14:textId="77777777" w:rsidTr="00D82979">
+      <w:tr w:rsidR="008C31CC" w:rsidRPr="00974193" w14:paraId="5404DCC4" w14:textId="77777777" w:rsidTr="00F65CA5">
         <w:trPr>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="710" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="1C32E26E" w14:textId="77777777" w:rsidR="008C31CC" w:rsidRPr="00771431" w:rsidRDefault="00443B25" w:rsidP="008C31CC">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>2.7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcW w:w="3005" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="67255965" w14:textId="77777777" w:rsidR="008C31CC" w:rsidRPr="00771431" w:rsidRDefault="008C31CC" w:rsidP="008C31CC">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00771431">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Порошок, мука и гранулы из мяса, непригодные для употребления человеком в пищу; шквара</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="4536" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="1EE363D1" w14:textId="77777777" w:rsidR="008C31CC" w:rsidRPr="00771431" w:rsidRDefault="008C31CC" w:rsidP="008C31CC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00771431">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>10.13.16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:tcW w:w="3119" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="14790087" w14:textId="77777777" w:rsidR="008C31CC" w:rsidRPr="00656639" w:rsidRDefault="008C31CC" w:rsidP="008C31CC">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00656639">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>ГОСТ 17536</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0115E5FB" w14:textId="77777777" w:rsidR="008C31CC" w:rsidRPr="00656639" w:rsidRDefault="008C31CC" w:rsidP="00BA7061">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00656639">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>ГОСТ 28189</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="3685" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="402484BB" w14:textId="77777777" w:rsidR="008C31CC" w:rsidRDefault="008C31CC" w:rsidP="00EA6699">
             <w:pPr>
               <w:ind w:right="-108"/>
             </w:pPr>
             <w:r w:rsidRPr="00FF1004">
               <w:t>ТР 2010/025/BY</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008C31CC" w:rsidRPr="00974193" w14:paraId="16BBDD42" w14:textId="77777777" w:rsidTr="00D82979">
+      <w:tr w:rsidR="008C31CC" w:rsidRPr="00974193" w14:paraId="16BBDD42" w14:textId="77777777" w:rsidTr="00F65CA5">
         <w:trPr>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="710" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="5996208C" w14:textId="77777777" w:rsidR="008C31CC" w:rsidRPr="00771431" w:rsidRDefault="00443B25" w:rsidP="008C31CC">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>2.8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcW w:w="3005" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="6F6B706D" w14:textId="77777777" w:rsidR="008C31CC" w:rsidRPr="00771431" w:rsidRDefault="008C31CC" w:rsidP="008C31CC">
             <w:pPr>
               <w:pStyle w:val="41"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00771431">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Мука, порошок и гранулы из рыбы, ракообразных, моллюсков и прочих водных </w:t>
             </w:r>
             <w:r w:rsidRPr="00771431">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>беспозвоночных, непригодных для употребления в пищу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="4536" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="07C4F013" w14:textId="77777777" w:rsidR="008C31CC" w:rsidRPr="00771431" w:rsidRDefault="008C31CC" w:rsidP="008C31CC">
             <w:pPr>
               <w:pStyle w:val="41"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00771431">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>10.20.41</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:tcW w:w="3119" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="293AC0BA" w14:textId="77777777" w:rsidR="008C31CC" w:rsidRPr="00656639" w:rsidRDefault="008C31CC" w:rsidP="008C31CC">
             <w:pPr>
               <w:pStyle w:val="41"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00656639">
               <w:rPr>
                 <w:rStyle w:val="21"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
@@ -4298,790 +3885,782 @@
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00656639">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>ГОСТ 22455</w:t>
             </w:r>
             <w:r w:rsidR="00722D4E" w:rsidRPr="00656639">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="3685" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="7F590FB0" w14:textId="77777777" w:rsidR="008C31CC" w:rsidRDefault="008C31CC" w:rsidP="00EA6699">
             <w:pPr>
               <w:ind w:right="-108"/>
             </w:pPr>
             <w:r w:rsidRPr="00FF1004">
               <w:t>ТР 2010/025/BY</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008C31CC" w:rsidRPr="00974193" w14:paraId="390C59CE" w14:textId="77777777" w:rsidTr="00D82979">
+      <w:tr w:rsidR="008C31CC" w:rsidRPr="00974193" w14:paraId="390C59CE" w14:textId="77777777" w:rsidTr="00F65CA5">
         <w:trPr>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="710" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="4023EC71" w14:textId="77777777" w:rsidR="008C31CC" w:rsidRPr="00771431" w:rsidRDefault="00443B25" w:rsidP="008C31CC">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>2.9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcW w:w="3005" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="3D327F1F" w14:textId="77777777" w:rsidR="008C31CC" w:rsidRPr="00771431" w:rsidRDefault="008C31CC" w:rsidP="008C31CC">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00771431">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve">Масла и жиры </w:t>
-            </w:r>
+              <w:t>Масла и жиры животные и растительные</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4536" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="55439A75" w14:textId="77777777" w:rsidR="008C31CC" w:rsidRPr="00771431" w:rsidRDefault="008C31CC" w:rsidP="008C31CC">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="00771431">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
+              <w:t>10.41</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1D895E50" w14:textId="77777777" w:rsidR="008C31CC" w:rsidRPr="00656639" w:rsidRDefault="008C31CC" w:rsidP="008C31CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00656639">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>СТБ 1486</w:t>
+            </w:r>
+            <w:r w:rsidR="00722D4E" w:rsidRPr="00656639">
+              <w:rPr>
+                <w:vertAlign w:val="superscript"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="39F3D471" w14:textId="77777777" w:rsidR="008C31CC" w:rsidRPr="00656639" w:rsidRDefault="008C31CC" w:rsidP="008C31CC">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00656639">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>ГОСТ 80</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5A29C16D" w14:textId="77777777" w:rsidR="008C31CC" w:rsidRPr="00656639" w:rsidRDefault="008C31CC" w:rsidP="008C31CC">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00656639">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>ГОСТ 1045</w:t>
+            </w:r>
+            <w:r w:rsidR="00722D4E" w:rsidRPr="00656639">
+              <w:rPr>
+                <w:vertAlign w:val="superscript"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0EEE4C4A" w14:textId="77777777" w:rsidR="008C31CC" w:rsidRPr="00656639" w:rsidRDefault="008C31CC" w:rsidP="008C31CC">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00656639">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>ГОСТ 1128</w:t>
+            </w:r>
+            <w:r w:rsidR="00722D4E" w:rsidRPr="00656639">
+              <w:rPr>
+                <w:vertAlign w:val="superscript"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="66F1769E" w14:textId="77777777" w:rsidR="008C31CC" w:rsidRPr="00656639" w:rsidRDefault="008C31CC" w:rsidP="008C31CC">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00656639">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>ГОСТ 1129</w:t>
+            </w:r>
+            <w:r w:rsidR="00722D4E" w:rsidRPr="00656639">
+              <w:rPr>
+                <w:vertAlign w:val="superscript"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="58606D07" w14:textId="77777777" w:rsidR="008C31CC" w:rsidRPr="00656639" w:rsidRDefault="008C31CC" w:rsidP="008C31CC">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00656639">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>ГОСТ 1304</w:t>
+            </w:r>
+            <w:r w:rsidR="00722D4E" w:rsidRPr="00656639">
+              <w:rPr>
+                <w:vertAlign w:val="superscript"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="06439963" w14:textId="77777777" w:rsidR="008C31CC" w:rsidRPr="00656639" w:rsidRDefault="008C31CC" w:rsidP="008C31CC">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00656639">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>ГОСТ 7825</w:t>
+            </w:r>
+            <w:r w:rsidR="00722D4E" w:rsidRPr="00656639">
+              <w:rPr>
+                <w:vertAlign w:val="superscript"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6A601765" w14:textId="77777777" w:rsidR="008C31CC" w:rsidRPr="00656639" w:rsidRDefault="008C31CC" w:rsidP="008C31CC">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00656639">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>ГОСТ 7981</w:t>
+            </w:r>
+            <w:r w:rsidR="00722D4E" w:rsidRPr="00656639">
+              <w:rPr>
+                <w:vertAlign w:val="superscript"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="036E72E2" w14:textId="77777777" w:rsidR="008C31CC" w:rsidRPr="00656639" w:rsidRDefault="008C31CC" w:rsidP="008C31CC">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00656639">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>ГОСТ 8056</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3F39FEE0" w14:textId="77777777" w:rsidR="008C31CC" w:rsidRPr="00656639" w:rsidRDefault="008C31CC" w:rsidP="008C31CC">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00656639">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>ГОСТ 8057</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2EF3A8C0" w14:textId="77777777" w:rsidR="008C31CC" w:rsidRPr="00656639" w:rsidRDefault="008C31CC" w:rsidP="008C31CC">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00656639">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>ГОСТ 8807</w:t>
+            </w:r>
+            <w:r w:rsidR="00722D4E" w:rsidRPr="00656639">
+              <w:rPr>
+                <w:vertAlign w:val="superscript"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="549D8B44" w14:textId="77777777" w:rsidR="008C31CC" w:rsidRPr="00656639" w:rsidRDefault="008C31CC" w:rsidP="008C31CC">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00656639">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>ГОСТ 8808</w:t>
+            </w:r>
+            <w:r w:rsidR="00722D4E" w:rsidRPr="00656639">
+              <w:rPr>
+                <w:vertAlign w:val="superscript"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3AF48E6A" w14:textId="77777777" w:rsidR="008C31CC" w:rsidRPr="00656639" w:rsidRDefault="008C31CC" w:rsidP="008C31CC">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00656639">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>ГОСТ 8988</w:t>
+            </w:r>
+            <w:r w:rsidR="00722D4E" w:rsidRPr="00656639">
+              <w:rPr>
+                <w:vertAlign w:val="superscript"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="530842C3" w14:textId="77777777" w:rsidR="008C31CC" w:rsidRPr="00656639" w:rsidRDefault="008C31CC" w:rsidP="008C31CC">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00656639">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>ГОСТ 8990</w:t>
+            </w:r>
+            <w:r w:rsidR="00722D4E" w:rsidRPr="00656639">
+              <w:rPr>
+                <w:vertAlign w:val="superscript"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7EF60CE6" w14:textId="77777777" w:rsidR="008C31CC" w:rsidRPr="00656639" w:rsidRDefault="008C31CC" w:rsidP="008C31CC">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00656639">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>ГОСТ 10471</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4059E07F" w14:textId="77777777" w:rsidR="008C31CC" w:rsidRPr="00656639" w:rsidRDefault="008C31CC" w:rsidP="008C31CC">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00656639">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>ГОСТ 10766</w:t>
+            </w:r>
+            <w:r w:rsidR="00722D4E" w:rsidRPr="00656639">
+              <w:rPr>
+                <w:vertAlign w:val="superscript"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5306353D" w14:textId="77777777" w:rsidR="008C31CC" w:rsidRPr="00656639" w:rsidRDefault="008C31CC" w:rsidP="008C31CC">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00656639">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>ГОСТ 10974</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="30353B7B" w14:textId="77777777" w:rsidR="008C31CC" w:rsidRPr="00656639" w:rsidRDefault="008C31CC" w:rsidP="008C31CC">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00656639">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>ГОСТ 11048</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="05379AC1" w14:textId="77777777" w:rsidR="008C31CC" w:rsidRPr="00656639" w:rsidRDefault="008C31CC" w:rsidP="008C31CC">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00656639">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>ГОСТ 11049</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="41389303" w14:textId="77777777" w:rsidR="008C31CC" w:rsidRPr="00656639" w:rsidRDefault="008C31CC" w:rsidP="008C31CC">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00656639">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>ГОСТ 11201</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="326CBD12" w14:textId="77777777" w:rsidR="008C31CC" w:rsidRPr="00656639" w:rsidRDefault="008C31CC" w:rsidP="008C31CC">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00656639">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>ГОСТ 11202</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="109E335C" w14:textId="77777777" w:rsidR="008C31CC" w:rsidRPr="00656639" w:rsidRDefault="008C31CC" w:rsidP="008C31CC">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00656639">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>ГОСТ 11203</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2024FF67" w14:textId="77777777" w:rsidR="008C31CC" w:rsidRPr="00656639" w:rsidRDefault="008C31CC" w:rsidP="008C31CC">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00656639">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>ГОСТ 11246</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4666E7FC" w14:textId="77777777" w:rsidR="008C31CC" w:rsidRPr="00656639" w:rsidRDefault="008C31CC" w:rsidP="008C31CC">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00656639">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>ГОСТ 11694</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="74DE9904" w14:textId="77777777" w:rsidR="008C31CC" w:rsidRPr="00656639" w:rsidRDefault="008C31CC" w:rsidP="008C31CC">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00656639">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>ГОСТ 12220</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1AA132EE" w14:textId="77777777" w:rsidR="008406AE" w:rsidRPr="00656639" w:rsidRDefault="008C31CC" w:rsidP="008C31CC">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00656639">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>ГОСТ 14083</w:t>
+            </w:r>
+            <w:r w:rsidR="00722D4E" w:rsidRPr="00656639">
+              <w:rPr>
+                <w:vertAlign w:val="superscript"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="352B8D55" w14:textId="77777777" w:rsidR="008C31CC" w:rsidRPr="00656639" w:rsidRDefault="008406AE" w:rsidP="008C31CC">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00656639">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Г</w:t>
+            </w:r>
+            <w:r w:rsidR="008C31CC" w:rsidRPr="00656639">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>ОСТ 17256</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="62D9CA8C" w14:textId="77777777" w:rsidR="008C31CC" w:rsidRPr="00656639" w:rsidRDefault="008C31CC" w:rsidP="008C31CC">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00656639">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>животные и растительные</w:t>
-[...41 lines deleted...]
-          <w:p w14:paraId="1D895E50" w14:textId="77777777" w:rsidR="008C31CC" w:rsidRPr="00656639" w:rsidRDefault="008C31CC" w:rsidP="008C31CC">
+              <w:t>ГОСТ 17290</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="583C4070" w14:textId="77777777" w:rsidR="008C31CC" w:rsidRPr="00656639" w:rsidRDefault="008C31CC" w:rsidP="008C31CC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00656639">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>СТБ 1486</w:t>
+              <w:t>ГОСТ 17483</w:t>
             </w:r>
             <w:r w:rsidR="00722D4E" w:rsidRPr="00656639">
               <w:rPr>
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="39F3D471" w14:textId="77777777" w:rsidR="008C31CC" w:rsidRPr="00656639" w:rsidRDefault="008C31CC" w:rsidP="008C31CC">
-[...461 lines deleted...]
-          </w:p>
           <w:p w14:paraId="1A80F1E4" w14:textId="77777777" w:rsidR="008C31CC" w:rsidRPr="00656639" w:rsidRDefault="008C31CC" w:rsidP="008C31CC">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00656639">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>ГОСТ 27149</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5FCC6C34" w14:textId="77777777" w:rsidR="008C31CC" w:rsidRPr="00656639" w:rsidRDefault="008C31CC" w:rsidP="00BA7061">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00656639">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>ГОСТ 30257</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="3685" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="405FDF75" w14:textId="77777777" w:rsidR="008C31CC" w:rsidRDefault="008C31CC" w:rsidP="00EA6699">
             <w:pPr>
               <w:ind w:right="-108"/>
             </w:pPr>
             <w:r w:rsidRPr="00FF1004">
               <w:lastRenderedPageBreak/>
               <w:t>ТР 2010/025/BY</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008C31CC" w:rsidRPr="00974193" w14:paraId="77CC9F8A" w14:textId="77777777" w:rsidTr="00D82979">
+      <w:tr w:rsidR="008C31CC" w:rsidRPr="00974193" w14:paraId="77CC9F8A" w14:textId="77777777" w:rsidTr="00F65CA5">
         <w:trPr>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="710" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="29DE068F" w14:textId="77777777" w:rsidR="008C31CC" w:rsidRPr="00771431" w:rsidRDefault="00443B25" w:rsidP="008C31CC">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>2.</w:t>
             </w:r>
             <w:r w:rsidR="00B53F6C">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcW w:w="3005" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="45AE63CE" w14:textId="77777777" w:rsidR="008C31CC" w:rsidRPr="00771431" w:rsidRDefault="008C31CC" w:rsidP="008C31CC">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00771431">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Маргарины и аналогичные пищевые жиры</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="4536" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="4E37B718" w14:textId="77777777" w:rsidR="008C31CC" w:rsidRPr="00771431" w:rsidRDefault="008C31CC" w:rsidP="008C31CC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00771431">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>10.42</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:tcW w:w="3119" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="4A77E4B7" w14:textId="77777777" w:rsidR="008C31CC" w:rsidRPr="00656639" w:rsidRDefault="008C31CC" w:rsidP="008C31CC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00656639">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>СТБ 2016</w:t>
             </w:r>
             <w:r w:rsidR="00722D4E" w:rsidRPr="00656639">
               <w:rPr>
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:eastAsia="en-US"/>
@@ -5090,278 +4669,278 @@
             </w:r>
           </w:p>
           <w:p w14:paraId="748E27E1" w14:textId="77777777" w:rsidR="008C31CC" w:rsidRPr="00656639" w:rsidRDefault="008C31CC" w:rsidP="00BA7061">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00656639">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>ГОСТ 8714</w:t>
             </w:r>
             <w:r w:rsidR="00722D4E" w:rsidRPr="00656639">
               <w:rPr>
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="3685" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="0C9CD60E" w14:textId="77777777" w:rsidR="008C31CC" w:rsidRDefault="008C31CC" w:rsidP="00EA6699">
             <w:pPr>
               <w:ind w:right="-108"/>
             </w:pPr>
             <w:r w:rsidRPr="00FF1004">
               <w:t>ТР 2010/025/BY</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008C31CC" w:rsidRPr="00974193" w14:paraId="5E34B28B" w14:textId="77777777" w:rsidTr="00D82979">
+      <w:tr w:rsidR="008C31CC" w:rsidRPr="00974193" w14:paraId="5E34B28B" w14:textId="77777777" w:rsidTr="00F65CA5">
         <w:trPr>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="710" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="001163C7" w14:textId="77777777" w:rsidR="008C31CC" w:rsidRPr="00771431" w:rsidRDefault="00B53F6C" w:rsidP="008C31CC">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>2.11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcW w:w="3005" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="362D7979" w14:textId="77777777" w:rsidR="008C31CC" w:rsidRPr="00771431" w:rsidRDefault="008C31CC" w:rsidP="008C31CC">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00771431">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Молоко и сливки сухие (в виде порошка, гранул и в других твердых формах)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="4536" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="0999E8EF" w14:textId="77777777" w:rsidR="008C31CC" w:rsidRPr="00771431" w:rsidRDefault="008C31CC" w:rsidP="008C31CC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00771431">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>10.51.2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:tcW w:w="3119" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="7089CEFF" w14:textId="77777777" w:rsidR="008C31CC" w:rsidRPr="00656639" w:rsidRDefault="008C31CC" w:rsidP="00BA7061">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00656639">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>СТБ 1858</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="3685" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="71D6F2FC" w14:textId="77777777" w:rsidR="008C31CC" w:rsidRDefault="008C31CC" w:rsidP="00EA6699">
             <w:pPr>
               <w:ind w:right="-108"/>
             </w:pPr>
             <w:r w:rsidRPr="00FF1004">
               <w:t>ТР 2010/025/BY</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008C31CC" w:rsidRPr="00974193" w14:paraId="7D736411" w14:textId="77777777" w:rsidTr="00D82979">
+      <w:tr w:rsidR="008C31CC" w:rsidRPr="00974193" w14:paraId="7D736411" w14:textId="77777777" w:rsidTr="00F65CA5">
         <w:trPr>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="710" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="26B26839" w14:textId="77777777" w:rsidR="008C31CC" w:rsidRPr="00771431" w:rsidRDefault="00B53F6C" w:rsidP="008C31CC">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>2.12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcW w:w="3005" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="25551180" w14:textId="77777777" w:rsidR="008C31CC" w:rsidRPr="00771431" w:rsidRDefault="008C31CC" w:rsidP="008C31CC">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00771431">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Продукция мукомольно-крупяная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="4536" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="4B8D1738" w14:textId="77777777" w:rsidR="008C31CC" w:rsidRPr="00771431" w:rsidRDefault="008C31CC" w:rsidP="008C31CC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00771431">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>10.61</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:tcW w:w="3119" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="7EC09043" w14:textId="77777777" w:rsidR="008C31CC" w:rsidRPr="00656639" w:rsidRDefault="008C31CC" w:rsidP="008C31CC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00656639">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>СТБ 1666</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3C6B6123" w14:textId="77777777" w:rsidR="008C31CC" w:rsidRPr="00656639" w:rsidRDefault="008C31CC" w:rsidP="008C31CC">
             <w:pPr>
               <w:rPr>
@@ -5583,188 +5162,186 @@
             </w:pPr>
             <w:r w:rsidRPr="00656639">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>ГОСТ 7170</w:t>
             </w:r>
             <w:r w:rsidR="00722D4E" w:rsidRPr="00656639">
               <w:rPr>
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7A379B05" w14:textId="77777777" w:rsidR="008C31CC" w:rsidRPr="00656639" w:rsidRDefault="008C31CC" w:rsidP="008C31CC">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00656639">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>ГОСТ 14176</w:t>
             </w:r>
             <w:r w:rsidR="00722D4E" w:rsidRPr="00656639">
               <w:rPr>
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4242FEFC" w14:textId="77777777" w:rsidR="008C31CC" w:rsidRPr="00656639" w:rsidRDefault="008C31CC" w:rsidP="00BA7061">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00656639">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>ГОСТ 21149</w:t>
             </w:r>
             <w:r w:rsidR="00722D4E" w:rsidRPr="00656639">
               <w:rPr>
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="3685" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="1F3CE03E" w14:textId="77777777" w:rsidR="008C31CC" w:rsidRDefault="008C31CC" w:rsidP="00EA6699">
             <w:pPr>
               <w:ind w:right="-108"/>
             </w:pPr>
             <w:r w:rsidRPr="00FF1004">
-              <w:lastRenderedPageBreak/>
               <w:t>ТР 2010/025/BY</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008C31CC" w:rsidRPr="00974193" w14:paraId="350B46FA" w14:textId="77777777" w:rsidTr="00D82979">
+      <w:tr w:rsidR="008C31CC" w:rsidRPr="00974193" w14:paraId="350B46FA" w14:textId="77777777" w:rsidTr="00F65CA5">
         <w:trPr>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="710" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="4ED2CD32" w14:textId="77777777" w:rsidR="008C31CC" w:rsidRPr="00771431" w:rsidRDefault="00B53F6C" w:rsidP="008C31CC">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>2.13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcW w:w="3005" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="0816DC19" w14:textId="77777777" w:rsidR="008C31CC" w:rsidRPr="00771431" w:rsidRDefault="008C31CC" w:rsidP="008C31CC">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00771431">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Крахмалы; инулин; пшеничная клейковина; декстрины и прочие модифицированные крахмалы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="4536" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="700651E4" w14:textId="77777777" w:rsidR="008C31CC" w:rsidRPr="00771431" w:rsidRDefault="008C31CC" w:rsidP="008C31CC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00771431">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>10.62.11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:tcW w:w="3119" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="3D809B7A" w14:textId="77777777" w:rsidR="008C31CC" w:rsidRPr="00656639" w:rsidRDefault="008C31CC" w:rsidP="008C31CC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00656639">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>ГОСТ 7699</w:t>
             </w:r>
             <w:r w:rsidR="00722D4E" w:rsidRPr="00656639">
               <w:rPr>
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:eastAsia="en-US"/>
@@ -5773,285 +5350,293 @@
             </w:r>
           </w:p>
           <w:p w14:paraId="09D976B5" w14:textId="77777777" w:rsidR="008C31CC" w:rsidRPr="00656639" w:rsidRDefault="008C31CC" w:rsidP="00BA7061">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00656639">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>ГОСТ 32159</w:t>
             </w:r>
             <w:r w:rsidR="00722D4E" w:rsidRPr="00656639">
               <w:rPr>
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="3685" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="76ABB9FE" w14:textId="77777777" w:rsidR="008C31CC" w:rsidRDefault="008C31CC" w:rsidP="00EA6699">
             <w:pPr>
               <w:ind w:right="-108"/>
             </w:pPr>
             <w:r w:rsidRPr="00FF1004">
               <w:t>ТР 2010/025/BY</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008C31CC" w:rsidRPr="00974193" w14:paraId="38C73728" w14:textId="77777777" w:rsidTr="00D82979">
+      <w:tr w:rsidR="008C31CC" w:rsidRPr="00974193" w14:paraId="38C73728" w14:textId="77777777" w:rsidTr="00F65CA5">
         <w:trPr>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="710" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="0CAEA87C" w14:textId="77777777" w:rsidR="008C31CC" w:rsidRPr="00771431" w:rsidRDefault="00B53F6C" w:rsidP="008C31CC">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>2.14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcW w:w="3005" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="23825159" w14:textId="77777777" w:rsidR="008C31CC" w:rsidRPr="00771431" w:rsidRDefault="008C31CC" w:rsidP="008C31CC">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00771431">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>Сахар свекловичный или из тростникового сахара-сырца и сахароза химически чистая в твердом состоянии без ароматических и красящих добавок</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1843" w:type="dxa"/>
+              <w:t xml:space="preserve">Сахар свекловичный или из тростникового сахара-сырца и сахароза химически чистая в </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00771431">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>твердом состоянии без ароматических и красящих добавок</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4536" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="597794ED" w14:textId="77777777" w:rsidR="008C31CC" w:rsidRPr="00771431" w:rsidRDefault="008C31CC" w:rsidP="008C31CC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00771431">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>10.81.12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:tcW w:w="3119" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="5B9940E1" w14:textId="77777777" w:rsidR="008C31CC" w:rsidRPr="00656639" w:rsidRDefault="008C31CC" w:rsidP="00BA7061">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00656639">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>ГОСТ 33222</w:t>
             </w:r>
             <w:r w:rsidR="00722D4E" w:rsidRPr="00656639">
               <w:rPr>
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="3685" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="215AF073" w14:textId="77777777" w:rsidR="008C31CC" w:rsidRDefault="008C31CC" w:rsidP="00EA6699">
             <w:pPr>
               <w:ind w:right="-108"/>
             </w:pPr>
             <w:r w:rsidRPr="00FF1004">
               <w:t>ТР 2010/025/BY</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008C31CC" w:rsidRPr="00974193" w14:paraId="7888E12B" w14:textId="77777777" w:rsidTr="00D82979">
+      <w:tr w:rsidR="008C31CC" w:rsidRPr="00974193" w14:paraId="7888E12B" w14:textId="77777777" w:rsidTr="00F65CA5">
         <w:trPr>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="710" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="4D9BC908" w14:textId="77777777" w:rsidR="008C31CC" w:rsidRPr="00771431" w:rsidRDefault="00B53F6C" w:rsidP="008C31CC">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>2.15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcW w:w="3005" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="6C7C0707" w14:textId="77777777" w:rsidR="008C31CC" w:rsidRPr="00771431" w:rsidRDefault="008C31CC" w:rsidP="008C31CC">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00771431">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Меласса</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="4536" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="6D26908D" w14:textId="77777777" w:rsidR="008C31CC" w:rsidRPr="00771431" w:rsidRDefault="008C31CC" w:rsidP="008C31CC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00771431">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>10.81.14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:tcW w:w="3119" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="7B84588C" w14:textId="77777777" w:rsidR="008C31CC" w:rsidRPr="00656639" w:rsidRDefault="008C31CC" w:rsidP="008C31CC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00656639">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>СТБ 2084</w:t>
             </w:r>
             <w:r w:rsidR="00722D4E" w:rsidRPr="00656639">
               <w:rPr>
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:eastAsia="en-US"/>
@@ -6060,152 +5645,152 @@
             </w:r>
           </w:p>
           <w:p w14:paraId="1F45DF48" w14:textId="77777777" w:rsidR="008C31CC" w:rsidRPr="00656639" w:rsidRDefault="008C31CC" w:rsidP="00BA7061">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00656639">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>ГОСТ 30561</w:t>
             </w:r>
             <w:r w:rsidR="00722D4E" w:rsidRPr="00656639">
               <w:rPr>
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="3685" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="5693A0B3" w14:textId="77777777" w:rsidR="008C31CC" w:rsidRDefault="008C31CC" w:rsidP="00EA6699">
             <w:pPr>
               <w:ind w:right="-108"/>
             </w:pPr>
             <w:r w:rsidRPr="00FF1004">
               <w:t>ТР 2010/025/BY</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008C31CC" w:rsidRPr="00974193" w14:paraId="2F5FCEB0" w14:textId="77777777" w:rsidTr="00D82979">
+      <w:tr w:rsidR="008C31CC" w:rsidRPr="00974193" w14:paraId="2F5FCEB0" w14:textId="77777777" w:rsidTr="00F65CA5">
         <w:trPr>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="710" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="36332F46" w14:textId="77777777" w:rsidR="008C31CC" w:rsidRPr="00771431" w:rsidRDefault="00B53F6C" w:rsidP="008C31CC">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>2.16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcW w:w="3005" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="64A9659F" w14:textId="77777777" w:rsidR="008C31CC" w:rsidRPr="00771431" w:rsidRDefault="008C31CC" w:rsidP="008C31CC">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00771431">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Жом свекловичный, багасса и прочие отходы производства сахара</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="4536" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="51AC72C1" w14:textId="77777777" w:rsidR="008C31CC" w:rsidRPr="00771431" w:rsidRDefault="008C31CC" w:rsidP="008C31CC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00771431">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>10.81.20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:tcW w:w="3119" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="5FBB48D4" w14:textId="77777777" w:rsidR="008C31CC" w:rsidRPr="00656639" w:rsidRDefault="008C31CC" w:rsidP="008C31CC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00656639">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>СТБ 2053</w:t>
             </w:r>
             <w:r w:rsidR="00722D4E" w:rsidRPr="00656639">
               <w:rPr>
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:eastAsia="en-US"/>
@@ -6214,314 +5799,314 @@
             </w:r>
           </w:p>
           <w:p w14:paraId="2EE5CA61" w14:textId="77777777" w:rsidR="008C31CC" w:rsidRPr="00656639" w:rsidRDefault="008C31CC" w:rsidP="00BA7061">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00656639">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>ГОСТ 13456</w:t>
             </w:r>
             <w:r w:rsidR="00722D4E" w:rsidRPr="00656639">
               <w:rPr>
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="3685" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="4091AB27" w14:textId="77777777" w:rsidR="008C31CC" w:rsidRDefault="008C31CC" w:rsidP="00EA6699">
             <w:pPr>
               <w:ind w:right="-108"/>
             </w:pPr>
             <w:r w:rsidRPr="00FF1004">
               <w:t>ТР 2010/025/BY</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008C31CC" w:rsidRPr="00974193" w14:paraId="0A65FFF5" w14:textId="77777777" w:rsidTr="00D82979">
+      <w:tr w:rsidR="008C31CC" w:rsidRPr="00974193" w14:paraId="0A65FFF5" w14:textId="77777777" w:rsidTr="00F65CA5">
         <w:trPr>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="710" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="0988EF69" w14:textId="77777777" w:rsidR="008C31CC" w:rsidRPr="00771431" w:rsidRDefault="00B53F6C" w:rsidP="008C31CC">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>2.17</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcW w:w="3005" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="65554ED5" w14:textId="77777777" w:rsidR="008C31CC" w:rsidRPr="00771431" w:rsidRDefault="008C31CC" w:rsidP="008C31CC">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="center" w:pos="4447"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00771431">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">Дрожжи (активные и неактивные), микроорганизмы одноклеточные мертвые прочие; порошки готовые пекарные </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="4536" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="14BE2A5B" w14:textId="77777777" w:rsidR="008C31CC" w:rsidRPr="00771431" w:rsidRDefault="008C31CC" w:rsidP="008C31CC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00771431">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>10.89.13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:tcW w:w="3119" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="5E6BAAE4" w14:textId="77777777" w:rsidR="008C31CC" w:rsidRPr="00656639" w:rsidRDefault="008C31CC" w:rsidP="008C31CC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00656639">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>ГОСТ 20083</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6387D1C1" w14:textId="77777777" w:rsidR="008C31CC" w:rsidRPr="00656639" w:rsidRDefault="008C31CC" w:rsidP="00722D4E">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00656639">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>ГОСТ 28179</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="3685" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="6C86CCA6" w14:textId="77777777" w:rsidR="008C31CC" w:rsidRDefault="008C31CC" w:rsidP="00EA6699">
             <w:pPr>
               <w:ind w:right="-108"/>
             </w:pPr>
             <w:r w:rsidRPr="00FF1004">
               <w:t>ТР 2010/025/BY</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008C31CC" w:rsidRPr="00974193" w14:paraId="74149AC3" w14:textId="77777777" w:rsidTr="00D82979">
+      <w:tr w:rsidR="008C31CC" w:rsidRPr="00974193" w14:paraId="74149AC3" w14:textId="77777777" w:rsidTr="00F65CA5">
         <w:trPr>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="710" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="06191307" w14:textId="77777777" w:rsidR="008C31CC" w:rsidRPr="00771431" w:rsidRDefault="00B53F6C" w:rsidP="008C31CC">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>2.18</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcW w:w="3005" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="0AFBAFCA" w14:textId="77777777" w:rsidR="008C31CC" w:rsidRPr="00771431" w:rsidRDefault="008C31CC" w:rsidP="008C31CC">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="center" w:pos="4447"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00771431">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Корма готовые для сельскохозяйственных животных</w:t>
             </w:r>
             <w:r w:rsidRPr="00771431">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="4536" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="74938D5B" w14:textId="77777777" w:rsidR="008C31CC" w:rsidRPr="00771431" w:rsidRDefault="008C31CC" w:rsidP="008C31CC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00771431">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>10.91</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:tcW w:w="3119" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="5BA2C601" w14:textId="77777777" w:rsidR="008C31CC" w:rsidRPr="00656639" w:rsidRDefault="008C31CC" w:rsidP="008C31CC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00656639">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>СТБ 1842</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0E930E93" w14:textId="77777777" w:rsidR="008C31CC" w:rsidRPr="00656639" w:rsidRDefault="008C31CC" w:rsidP="008C31CC">
             <w:pPr>
               <w:rPr>
@@ -6758,240 +6343,240 @@
             </w:r>
           </w:p>
           <w:p w14:paraId="189CCD61" w14:textId="77777777" w:rsidR="008C31CC" w:rsidRPr="00656639" w:rsidRDefault="008C31CC" w:rsidP="008C31CC">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00656639">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>ГОСТ 23513</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="527FC36D" w14:textId="77777777" w:rsidR="008C31CC" w:rsidRPr="00656639" w:rsidRDefault="008C31CC" w:rsidP="008C31CC">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00656639">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">ГОСТ 28078 </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0A791E7E" w14:textId="77777777" w:rsidR="008C31CC" w:rsidRPr="00656639" w:rsidRDefault="008C31CC" w:rsidP="008C31CC">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00656639">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>ГОСТ 28255</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="63937ED8" w14:textId="77777777" w:rsidR="008C31CC" w:rsidRPr="00656639" w:rsidRDefault="008C31CC" w:rsidP="008C31CC">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00656639">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>ГОСТ 28256</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2C7611B7" w14:textId="77777777" w:rsidR="008C31CC" w:rsidRPr="00656639" w:rsidRDefault="008C31CC" w:rsidP="008C31CC">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00656639">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>ГОСТ 28460</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="48926CE0" w14:textId="77777777" w:rsidR="008C31CC" w:rsidRPr="00656639" w:rsidRDefault="008C31CC" w:rsidP="008C31CC">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00656639">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>ГОСТ 28824</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3467AD95" w14:textId="77777777" w:rsidR="008C31CC" w:rsidRPr="00656639" w:rsidRDefault="008C31CC" w:rsidP="00D65617">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00656639">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>ГОСТ 32897</w:t>
             </w:r>
             <w:r w:rsidR="00722D4E" w:rsidRPr="00656639">
               <w:rPr>
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="3685" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="087B0FAA" w14:textId="77777777" w:rsidR="008C31CC" w:rsidRDefault="008C31CC" w:rsidP="00EA6699">
             <w:pPr>
               <w:ind w:right="-108"/>
             </w:pPr>
             <w:r w:rsidRPr="00FF1004">
               <w:lastRenderedPageBreak/>
               <w:t>ТР 2010/025/BY</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008C31CC" w:rsidRPr="00974193" w14:paraId="3CD3B6C8" w14:textId="77777777" w:rsidTr="00D82979">
+      <w:tr w:rsidR="008C31CC" w:rsidRPr="00974193" w14:paraId="3CD3B6C8" w14:textId="77777777" w:rsidTr="00F65CA5">
         <w:trPr>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="710" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="558218E9" w14:textId="77777777" w:rsidR="008C31CC" w:rsidRPr="00771431" w:rsidRDefault="00B53F6C" w:rsidP="008C31CC">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>2.19</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcW w:w="3005" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="7B027609" w14:textId="77777777" w:rsidR="008C31CC" w:rsidRPr="00771431" w:rsidRDefault="008C31CC" w:rsidP="008C31CC">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="center" w:pos="4447"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00771431">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Добавки кормовые для сельскохозяйственных животных</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="4536" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="28773DD8" w14:textId="77777777" w:rsidR="008C31CC" w:rsidRPr="00771431" w:rsidRDefault="008C31CC" w:rsidP="008C31CC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00771431">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>10.91.10.800</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:tcW w:w="3119" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="018C43A4" w14:textId="77777777" w:rsidR="008C31CC" w:rsidRPr="00656639" w:rsidRDefault="008C31CC" w:rsidP="008C31CC">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00656639">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>СТБ 1079</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7D0B9895" w14:textId="77777777" w:rsidR="008C31CC" w:rsidRPr="00656639" w:rsidRDefault="008C31CC" w:rsidP="008C31CC">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
@@ -7076,288 +6661,288 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00656639">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>ГОСТ 27786</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="651CA9BD" w14:textId="77777777" w:rsidR="008A43C9" w:rsidRPr="00656639" w:rsidRDefault="008C31CC" w:rsidP="008C31CC">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00656639">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>ГОСТ 28409</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="3685" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="17A8ABCE" w14:textId="77777777" w:rsidR="008C31CC" w:rsidRDefault="008C31CC" w:rsidP="00EA6699">
             <w:pPr>
               <w:ind w:right="-108"/>
             </w:pPr>
             <w:r w:rsidRPr="00FF1004">
               <w:t>ТР 2010/025/BY</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008C31CC" w:rsidRPr="00974193" w14:paraId="140B2456" w14:textId="77777777" w:rsidTr="00D82979">
+      <w:tr w:rsidR="008C31CC" w:rsidRPr="00974193" w14:paraId="140B2456" w14:textId="77777777" w:rsidTr="00F65CA5">
         <w:trPr>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="710" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="2117F24C" w14:textId="77777777" w:rsidR="008C31CC" w:rsidRPr="00771431" w:rsidRDefault="00B53F6C" w:rsidP="008C31CC">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>2.20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcW w:w="3005" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="2EB706B5" w14:textId="77777777" w:rsidR="008C31CC" w:rsidRPr="00771431" w:rsidRDefault="008C31CC" w:rsidP="008C31CC">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00771431">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Корма готовые для домашних животных (питомцев)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="4536" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="3E8910F7" w14:textId="77777777" w:rsidR="008C31CC" w:rsidRPr="00771431" w:rsidRDefault="008C31CC" w:rsidP="008C31CC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00771431">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>10.92</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:tcW w:w="3119" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="2B5CAAF3" w14:textId="77777777" w:rsidR="008C31CC" w:rsidRPr="00656639" w:rsidRDefault="008C31CC" w:rsidP="008C31CC">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00656639">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>ТР 2010/025/</w:t>
             </w:r>
             <w:r w:rsidRPr="00656639">
               <w:rPr>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>BY</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="3685" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="1D16F03D" w14:textId="77777777" w:rsidR="008C31CC" w:rsidRDefault="008C31CC" w:rsidP="00EA6699">
             <w:pPr>
               <w:ind w:right="-108"/>
             </w:pPr>
             <w:r w:rsidRPr="00FF1004">
               <w:t>ТР 2010/025/BY</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008C31CC" w:rsidRPr="00974193" w14:paraId="1F26D054" w14:textId="77777777" w:rsidTr="00D82979">
+      <w:tr w:rsidR="008C31CC" w:rsidRPr="00974193" w14:paraId="1F26D054" w14:textId="77777777" w:rsidTr="00F65CA5">
         <w:trPr>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="710" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="0A7DB85C" w14:textId="77777777" w:rsidR="008C31CC" w:rsidRPr="00771431" w:rsidRDefault="00B53F6C" w:rsidP="008C31CC">
             <w:pPr>
               <w:ind w:left="34"/>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>2.21</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcW w:w="3005" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="14164EFB" w14:textId="77777777" w:rsidR="008C31CC" w:rsidRPr="00771431" w:rsidRDefault="008C31CC" w:rsidP="008C31CC">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00771431">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Осадки и отходы пивоварения или винокурения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="4536" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="36E0B772" w14:textId="77777777" w:rsidR="008C31CC" w:rsidRPr="00771431" w:rsidRDefault="008C31CC" w:rsidP="008C31CC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00771431">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>11.05.2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:tcW w:w="3119" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="65EA5618" w14:textId="77777777" w:rsidR="008C31CC" w:rsidRPr="00656639" w:rsidRDefault="00D65617" w:rsidP="008C31CC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00656639">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>СТБ 2019</w:t>
             </w:r>
             <w:r w:rsidR="00722D4E" w:rsidRPr="00656639">
               <w:rPr>
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:eastAsia="en-US"/>
@@ -7366,787 +6951,823 @@
             </w:r>
           </w:p>
           <w:p w14:paraId="69F5D412" w14:textId="77777777" w:rsidR="008C31CC" w:rsidRPr="00656639" w:rsidRDefault="008C31CC" w:rsidP="00D65617">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00656639">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>ГОСТ 31809</w:t>
             </w:r>
             <w:r w:rsidR="00722D4E" w:rsidRPr="00656639">
               <w:rPr>
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="3685" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="16D5B253" w14:textId="77777777" w:rsidR="008C31CC" w:rsidRDefault="008C31CC" w:rsidP="00EA6699">
             <w:pPr>
               <w:ind w:right="-108"/>
             </w:pPr>
             <w:r w:rsidRPr="00FF1004">
               <w:t>ТР 2010/025/BY</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008C31CC" w:rsidRPr="00974193" w14:paraId="30B26AD4" w14:textId="77777777" w:rsidTr="00D82979">
+      <w:tr w:rsidR="008C31CC" w:rsidRPr="00974193" w14:paraId="30B26AD4" w14:textId="77777777" w:rsidTr="00F65CA5">
         <w:trPr>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="710" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="2F12E681" w14:textId="77777777" w:rsidR="008C31CC" w:rsidRPr="00771431" w:rsidRDefault="00B53F6C" w:rsidP="008C31CC">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>2.22</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcW w:w="3005" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="0321C15A" w14:textId="77777777" w:rsidR="008C31CC" w:rsidRPr="00771431" w:rsidRDefault="008C31CC" w:rsidP="008C31CC">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00771431">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Оксиды, гидроксиды и пероксиды; гидразин и гидроксиламин и их неорганические соли</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="4536" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="41034F0B" w14:textId="77777777" w:rsidR="008C31CC" w:rsidRPr="00771431" w:rsidRDefault="008C31CC" w:rsidP="008C31CC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00771431">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>20.13.25</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:tcW w:w="3119" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="36FC3F6D" w14:textId="77777777" w:rsidR="008C31CC" w:rsidRPr="00656639" w:rsidRDefault="008C31CC" w:rsidP="00D65617">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00656639">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>ГОСТ 2156</w:t>
             </w:r>
             <w:r w:rsidR="00722D4E" w:rsidRPr="00656639">
               <w:rPr>
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="3685" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="061A0EB2" w14:textId="77777777" w:rsidR="008C31CC" w:rsidRDefault="008C31CC" w:rsidP="008C31CC">
             <w:pPr>
               <w:ind w:right="-108"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00FF1004">
               <w:t>ТР 2010/025/BY</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008C31CC" w:rsidRPr="00974193" w14:paraId="7ACCDAD6" w14:textId="77777777" w:rsidTr="00D82979">
+      <w:tr w:rsidR="008C31CC" w:rsidRPr="00974193" w14:paraId="7ACCDAD6" w14:textId="77777777" w:rsidTr="00F65CA5">
         <w:trPr>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="710" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="47B90847" w14:textId="77777777" w:rsidR="008C31CC" w:rsidRPr="00771431" w:rsidRDefault="00B53F6C" w:rsidP="008C31CC">
             <w:pPr>
               <w:ind w:firstLine="34"/>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>2.23</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcW w:w="3005" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="207F6DA7" w14:textId="77777777" w:rsidR="008C31CC" w:rsidRPr="00771431" w:rsidRDefault="008C31CC" w:rsidP="008C31CC">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00771431">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>Фосфинаты, фосфонаты, фосфаты и полифосфаты</w:t>
-            </w:r>
+              <w:t>Фосфинаты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00771431">
               <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>, фосфонаты, фосфаты и полифосфаты</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00771431">
+              <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> и нитраты (кроме нитрата калия)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="4536" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="539E5BAF" w14:textId="77777777" w:rsidR="008C31CC" w:rsidRPr="00771431" w:rsidRDefault="008C31CC" w:rsidP="008C31CC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00771431">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>20.13.42</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:tcW w:w="3119" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="7D30355E" w14:textId="77777777" w:rsidR="008C31CC" w:rsidRPr="00656639" w:rsidRDefault="008C31CC" w:rsidP="008C31CC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00656639">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>ГОСТ 23999</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3D7C4D76" w14:textId="77777777" w:rsidR="008C31CC" w:rsidRPr="00656639" w:rsidRDefault="008C31CC" w:rsidP="00D65617">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00656639">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>ГОСТ 19651</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="3685" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="64B47A83" w14:textId="77777777" w:rsidR="008C31CC" w:rsidRDefault="008C31CC" w:rsidP="008C31CC">
             <w:pPr>
               <w:ind w:right="-108"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00FF1004">
               <w:t>ТР 2010/025/BY</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008C31CC" w:rsidRPr="00974193" w14:paraId="0905AB02" w14:textId="77777777" w:rsidTr="00D82979">
+      <w:tr w:rsidR="008C31CC" w:rsidRPr="00974193" w14:paraId="0905AB02" w14:textId="77777777" w:rsidTr="00F65CA5">
         <w:trPr>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="710" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="1FF44F7C" w14:textId="77777777" w:rsidR="00B53F6C" w:rsidRPr="00771431" w:rsidRDefault="00B53F6C" w:rsidP="00B53F6C">
             <w:pPr>
               <w:ind w:left="34"/>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>2.24</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcW w:w="3005" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="7A9A18BE" w14:textId="77777777" w:rsidR="008C31CC" w:rsidRPr="00771431" w:rsidRDefault="008C31CC" w:rsidP="008C31CC">
             <w:pPr>
               <w:pStyle w:val="af3"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00771431">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Метионин</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="4536" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="04B422EB" w14:textId="77777777" w:rsidR="008C31CC" w:rsidRPr="00771431" w:rsidRDefault="008C31CC" w:rsidP="008C31CC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00771431">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>20.14.51.312</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:tcW w:w="3119" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="0DAC4872" w14:textId="77777777" w:rsidR="008C31CC" w:rsidRPr="00656639" w:rsidRDefault="008C31CC" w:rsidP="00D65617">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00656639">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>ГОСТ 23423</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="3685" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="2564044C" w14:textId="77777777" w:rsidR="008C31CC" w:rsidRDefault="008C31CC" w:rsidP="008C31CC">
             <w:pPr>
               <w:ind w:right="-108"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00FF1004">
               <w:t>ТР 2010/025/BY</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008C31CC" w:rsidRPr="00974193" w14:paraId="487149EA" w14:textId="77777777" w:rsidTr="00D82979">
+      <w:tr w:rsidR="008C31CC" w:rsidRPr="00974193" w14:paraId="487149EA" w14:textId="77777777" w:rsidTr="00F65CA5">
         <w:trPr>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="710" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="397E2592" w14:textId="77777777" w:rsidR="008C31CC" w:rsidRPr="00771431" w:rsidRDefault="00C2118A" w:rsidP="008C31CC">
             <w:pPr>
               <w:ind w:left="34"/>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidR="00B53F6C">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>.25</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcW w:w="3005" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="37743492" w14:textId="77777777" w:rsidR="008C31CC" w:rsidRPr="00771431" w:rsidRDefault="008C31CC" w:rsidP="008C31CC">
             <w:pPr>
               <w:pStyle w:val="af3"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00771431">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>Ферменты и соединения органические прочие, не включенные в другие группировки</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1843" w:type="dxa"/>
+              <w:t xml:space="preserve">Ферменты и соединения органические прочие, не </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00771431">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>включенные в другие группировки</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4536" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="0011996A" w14:textId="77777777" w:rsidR="008C31CC" w:rsidRPr="00771431" w:rsidRDefault="008C31CC" w:rsidP="008C31CC">
             <w:pPr>
               <w:pStyle w:val="af3"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00771431">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>20.14.64</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:tcW w:w="3119" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="3E3718DA" w14:textId="77777777" w:rsidR="008C31CC" w:rsidRPr="00656639" w:rsidRDefault="008C31CC" w:rsidP="008C31CC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00656639">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>ГОСТ 23635</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="62C13684" w14:textId="77777777" w:rsidR="008C31CC" w:rsidRPr="00656639" w:rsidRDefault="008C31CC" w:rsidP="00D65617">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00656639">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>ГОСТ 23636</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="3685" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="29554CD5" w14:textId="77777777" w:rsidR="008C31CC" w:rsidRDefault="008C31CC" w:rsidP="008C31CC">
             <w:pPr>
               <w:ind w:right="-108"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00FF1004">
               <w:t>ТР 2010/025/BY</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D65617" w:rsidRPr="00D65617" w14:paraId="2C325BEA" w14:textId="77777777" w:rsidTr="00D82979">
+      <w:tr w:rsidR="00D65617" w:rsidRPr="00D65617" w14:paraId="2C325BEA" w14:textId="77777777" w:rsidTr="00F65CA5">
         <w:trPr>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="710" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="3D2D7B3D" w14:textId="77777777" w:rsidR="00D65617" w:rsidRPr="00D65617" w:rsidRDefault="00B53F6C" w:rsidP="008C31CC">
             <w:pPr>
               <w:ind w:left="34"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcW w:w="3005" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="14DD95D9" w14:textId="77777777" w:rsidR="00D65617" w:rsidRDefault="00D65617" w:rsidP="00D65617">
             <w:pPr>
-              <w:pStyle w:val="NoSpacing"/>
+              <w:pStyle w:val="1"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D65617">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>Средства моющие синтетические для стирки: порошкообразные, гранулированные, агломерированные, формованные (таблетки,блоки и</w:t>
+              <w:t>Средства моющие синтетические для стирки: порошкообразные, гранулированные, агломерированные, формованные (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D65617">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>таблетки,блоки</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D65617">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> и</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="13CA72A3" w14:textId="77777777" w:rsidR="00D65617" w:rsidRPr="00D65617" w:rsidRDefault="00D65617" w:rsidP="00D65617">
             <w:pPr>
-              <w:pStyle w:val="NoSpacing"/>
+              <w:pStyle w:val="1"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D65617">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>другое), пастообразные, жидкие (в том числе загущенные, включая гели)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="4536" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="589C91A8" w14:textId="77777777" w:rsidR="00D65617" w:rsidRPr="00D65617" w:rsidRDefault="00D65617" w:rsidP="0062260F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D65617">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>20.41.32</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:tcW w:w="3119" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="098CCDF3" w14:textId="77777777" w:rsidR="00D65617" w:rsidRPr="00656639" w:rsidRDefault="00D65617" w:rsidP="00D65617">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00656639">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>ГОСТ 32479</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="3685" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="79C596AD" w14:textId="77777777" w:rsidR="00D65617" w:rsidRPr="00D65617" w:rsidRDefault="00D65617" w:rsidP="00DE32F5">
             <w:pPr>
-              <w:pStyle w:val="NoSpacing"/>
+              <w:pStyle w:val="1"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D65617">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Правила подтверждения соответс</w:t>
             </w:r>
             <w:r w:rsidR="00D463D9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>т</w:t>
@@ -8593,51 +8214,51 @@
           <w:p w14:paraId="20047A1E" w14:textId="77777777" w:rsidR="00BD2257" w:rsidRPr="00444132" w:rsidRDefault="00BD2257" w:rsidP="00444132">
             <w:pPr>
               <w:pStyle w:val="ab"/>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00444132">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>А</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4431" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="66CD83FF" w14:textId="77777777" w:rsidR="00BD2257" w:rsidRPr="00444132" w:rsidRDefault="00BD2257" w:rsidP="00BD2257">
             <w:pPr>
-              <w:pStyle w:val="NoSpacing"/>
+              <w:pStyle w:val="1"/>
               <w:rPr>
                 <w:rStyle w:val="FontStyle18"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00444132">
               <w:rPr>
                 <w:rStyle w:val="FontStyle18"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Необработанные продукты </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="754DC931" w14:textId="77777777" w:rsidR="00BD2257" w:rsidRPr="00444132" w:rsidRDefault="00BD2257" w:rsidP="00444132">
             <w:pPr>
               <w:pStyle w:val="ab"/>
               <w:ind w:firstLine="0"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
@@ -9131,50 +8752,51 @@
               <w:pStyle w:val="ab"/>
               <w:ind w:firstLine="0"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="504EDE83" w14:textId="77777777" w:rsidR="00BD2257" w:rsidRDefault="00BD2257" w:rsidP="00BD2257">
       <w:pPr>
         <w:pStyle w:val="ab"/>
         <w:ind w:right="-285" w:firstLine="0"/>
         <w:rPr>
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00722D4E">
         <w:rPr>
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
       <w:r w:rsidRPr="00722D4E">
         <w:rPr>
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Правила подтверждения соответствия Национальной системы подтверждения соответствия Республики Беларусь, утв. постановлением Госстандарта от 25 июля 2017 года № 61</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7CBB21F3" w14:textId="77777777" w:rsidR="00BD2257" w:rsidRDefault="00BD2257" w:rsidP="00BD2257">
@@ -9406,76 +9028,76 @@
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="77A33BB6" w14:textId="77777777" w:rsidR="00BD2257" w:rsidRDefault="00BD2257" w:rsidP="00BD2257">
       <w:pPr>
         <w:pStyle w:val="ab"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4C369FAA" w14:textId="77777777" w:rsidR="00D463D9" w:rsidRPr="00D463D9" w:rsidRDefault="00D463D9" w:rsidP="00D463D9">
       <w:pPr>
         <w:pStyle w:val="ab"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="00D463D9" w:rsidRPr="00D463D9" w:rsidSect="00862EDE">
+    <w:sectPr w:rsidR="00D463D9" w:rsidRPr="00D463D9" w:rsidSect="00F65CA5">
       <w:headerReference w:type="default" r:id="rId8"/>
       <w:footerReference w:type="default" r:id="rId9"/>
       <w:headerReference w:type="first" r:id="rId10"/>
       <w:footerReference w:type="first" r:id="rId11"/>
-      <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
-      <w:pgMar w:top="426" w:right="851" w:bottom="357" w:left="1701" w:header="348" w:footer="335" w:gutter="0"/>
+      <w:pgSz w:w="16838" w:h="11906" w:orient="landscape" w:code="9"/>
+      <w:pgMar w:top="1134" w:right="567" w:bottom="454" w:left="1134" w:header="346" w:footer="567" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="052BF821" w14:textId="77777777" w:rsidR="004953F2" w:rsidRDefault="004953F2">
+    <w:p w14:paraId="149A2298" w14:textId="77777777" w:rsidR="004156C9" w:rsidRDefault="004156C9">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1CBA4EDF" w14:textId="77777777" w:rsidR="004953F2" w:rsidRDefault="004953F2">
+    <w:p w14:paraId="10768BA7" w14:textId="77777777" w:rsidR="004156C9" w:rsidRDefault="004156C9">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -9498,1339 +9120,1258 @@
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Narrow">
     <w:panose1 w:val="020B0606020202030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000800" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Aptos">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="ArialMT">
-    <w:altName w:val="Times New Roman"/>
+    <w:altName w:val="MS Mincho"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
-    <w:sig w:usb0="00000000" w:usb1="08070000" w:usb2="00000010" w:usb3="00000000" w:csb0="00020001" w:csb1="00000000"/>
+    <w:sig w:usb0="00000001" w:usb1="08070000" w:usb2="00000010" w:usb3="00000000" w:csb0="00020000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p>
+    <w:pPr>
+      <w:rPr>
+        <w:sz w:val="2"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r xmlns:v="urn:schemas-microsoft-com:vml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
+      <w:pict xmlns:v="urn:schemas-microsoft-com:vml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
+        <v:shape xmlns:v="urn:schemas-microsoft-com:vml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" id="WatermarkShape" type="#_x0000_t75" style="position:absolute; left:-330pt; top:225pt; width:700pt; height:40pt; rotation:270; fill-opacity:0.3; mso-wrap-style:behind; z-index:-1; mso-position-horizontal:absolute; mso-position-vertical:absolute; mso-position-horizontal-relative:page; mso-position-vertical-relative:page;" stroked="f" filled="t">
+          <v:imagedata xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rIdWmImg2" o:title=""/>
+        </v:shape>
+      </w:pict>
+    </w:r>
+  </w:p>
   <w:tbl>
     <w:tblPr>
-      <w:tblW w:w="9806" w:type="dxa"/>
-      <w:tblInd w:w="83" w:type="dxa"/>
+      <w:tblW w:w="5000" w:type="pct"/>
       <w:tblLook w:val="00A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
     </w:tblPr>
     <w:tblGrid>
-      <w:gridCol w:w="3569"/>
-[...1 lines deleted...]
-      <w:gridCol w:w="3045"/>
+      <w:gridCol w:w="13374"/>
+      <w:gridCol w:w="1763"/>
     </w:tblGrid>
-    <w:tr w:rsidR="00A204C4" w:rsidRPr="00282D81" w14:paraId="3EA78F6F" w14:textId="77777777" w:rsidTr="00A204C4">
+    <w:tr w:rsidR="00F65CA5" w:rsidRPr="00F65CA5" w14:paraId="1103E577" w14:textId="77777777" w:rsidTr="003C1C89">
+      <w:trPr>
+        <w:trHeight w:val="66"/>
+      </w:trPr>
       <w:tc>
         <w:tcPr>
-          <w:tcW w:w="3569" w:type="dxa"/>
-          <w:vAlign w:val="bottom"/>
+          <w:tcW w:w="12900" w:type="dxa"/>
+          <w:tcBorders>
+            <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          </w:tcBorders>
+          <w:vAlign w:val="center"/>
+          <w:hideMark/>
         </w:tcPr>
-        <w:p w14:paraId="686324F2" w14:textId="77777777" w:rsidR="00A204C4" w:rsidRPr="00A204C4" w:rsidRDefault="00A204C4" w:rsidP="00A204C4">
+        <w:p w14:paraId="468D7B5E" w14:textId="2DB68D42" w:rsidR="00F65CA5" w:rsidRPr="00F65CA5" w:rsidRDefault="00FC784E" w:rsidP="00F65CA5">
           <w:pPr>
-            <w:pStyle w:val="NoSpacing"/>
-            <w:jc w:val="center"/>
+            <w:tabs>
+              <w:tab w:val="left" w:pos="5093"/>
+              <w:tab w:val="left" w:pos="11639"/>
+            </w:tabs>
+            <w:overflowPunct w:val="0"/>
+            <w:autoSpaceDE w:val="0"/>
+            <w:autoSpaceDN w:val="0"/>
+            <w:adjustRightInd w:val="0"/>
+            <w:ind w:left="108" w:right="-314"/>
             <w:rPr>
-              <w:rFonts w:ascii="Times New Roman" w:eastAsia="ArialMT" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:rFonts w:eastAsia="ArialMT"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
-          <w:r w:rsidRPr="00A204C4">
+          <w:r w:rsidRPr="00FC784E">
             <w:rPr>
-              <w:rFonts w:ascii="Times New Roman" w:eastAsia="ArialMT" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:rFonts w:eastAsia="ArialMT"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
             </w:rPr>
-            <w:t>_________________________ М.П.</w:t>
+            <w:t xml:space="preserve">Часть </w:t>
           </w:r>
-        </w:p>
-[...3 lines deleted...]
-            <w:jc w:val="center"/>
+          <w:proofErr w:type="gramStart"/>
+          <w:r w:rsidRPr="00FC784E">
             <w:rPr>
-              <w:rFonts w:ascii="Times New Roman" w:eastAsia="ArialMT" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-              <w:szCs w:val="16"/>
+              <w:rFonts w:eastAsia="ArialMT"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
             </w:rPr>
-          </w:pPr>
-          <w:r w:rsidRPr="00A204C4">
+            <w:t>1.Дата</w:t>
+          </w:r>
+          <w:proofErr w:type="gramEnd"/>
+          <w:r w:rsidRPr="00FC784E">
             <w:rPr>
-              <w:rFonts w:ascii="Times New Roman" w:eastAsia="ArialMT" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-              <w:szCs w:val="16"/>
+              <w:rFonts w:eastAsia="ArialMT"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
             </w:rPr>
-            <w:t xml:space="preserve">подпись ведущего эксперта </w:t>
-[...18 lines deleted...]
-            <w:t>по аккредитации</w:t>
+            <w:t xml:space="preserve"> принятия решения по аккредитации:27.10.2025</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
-          <w:tcW w:w="3192" w:type="dxa"/>
-          <w:vAlign w:val="bottom"/>
+          <w:tcW w:w="1701" w:type="dxa"/>
+          <w:tcBorders>
+            <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          </w:tcBorders>
         </w:tcPr>
-        <w:p w14:paraId="531A510E" w14:textId="77777777" w:rsidR="00BD2257" w:rsidRPr="00BD2257" w:rsidRDefault="002F03F4" w:rsidP="00A204C4">
-[...2 lines deleted...]
-            <w:jc w:val="center"/>
+        <w:sdt>
+          <w:sdtPr>
             <w:rPr>
-              <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-              <w:u w:val="single"/>
+              <w:snapToGrid w:val="0"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+              <w:lang w:val="x-none" w:eastAsia="x-none"/>
             </w:rPr>
-          </w:pPr>
-[...204 lines deleted...]
-        </w:p>
+            <w:id w:val="-1803228776"/>
+            <w:docPartObj>
+              <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
+              <w:docPartUnique/>
+            </w:docPartObj>
+          </w:sdtPr>
+          <w:sdtEndPr/>
+          <w:sdtContent>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:snapToGrid w:val="0"/>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                  <w:lang w:val="x-none" w:eastAsia="x-none"/>
+                </w:rPr>
+                <w:id w:val="-1769616900"/>
+                <w:docPartObj>
+                  <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
+                  <w:docPartUnique/>
+                </w:docPartObj>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:p w14:paraId="3CC29CBD" w14:textId="77777777" w:rsidR="00F65CA5" w:rsidRPr="00F65CA5" w:rsidRDefault="00F65CA5" w:rsidP="00F65CA5">
+                  <w:pPr>
+                    <w:widowControl w:val="0"/>
+                    <w:tabs>
+                      <w:tab w:val="center" w:pos="4153"/>
+                      <w:tab w:val="right" w:pos="8306"/>
+                    </w:tabs>
+                    <w:spacing w:line="320" w:lineRule="auto"/>
+                    <w:ind w:right="159" w:hanging="20"/>
+                    <w:jc w:val="right"/>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="18"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00F65CA5">
+                    <w:rPr>
+                      <w:snapToGrid w:val="0"/>
+                      <w:sz w:val="18"/>
+                      <w:szCs w:val="18"/>
+                      <w:lang w:eastAsia="x-none"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">Стр. </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00F65CA5">
+                    <w:rPr>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:snapToGrid w:val="0"/>
+                      <w:sz w:val="18"/>
+                      <w:szCs w:val="18"/>
+                      <w:lang w:val="x-none" w:eastAsia="x-none"/>
+                    </w:rPr>
+                    <w:fldChar w:fldCharType="begin"/>
+                  </w:r>
+                  <w:r w:rsidRPr="00F65CA5">
+                    <w:rPr>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:snapToGrid w:val="0"/>
+                      <w:sz w:val="18"/>
+                      <w:szCs w:val="18"/>
+                      <w:lang w:val="x-none" w:eastAsia="x-none"/>
+                    </w:rPr>
+                    <w:instrText>PAGE</w:instrText>
+                  </w:r>
+                  <w:r w:rsidRPr="00F65CA5">
+                    <w:rPr>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:snapToGrid w:val="0"/>
+                      <w:sz w:val="18"/>
+                      <w:szCs w:val="18"/>
+                      <w:lang w:val="x-none" w:eastAsia="x-none"/>
+                    </w:rPr>
+                    <w:fldChar w:fldCharType="separate"/>
+                  </w:r>
+                  <w:r w:rsidRPr="00F65CA5">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:snapToGrid w:val="0"/>
+                      <w:sz w:val="18"/>
+                      <w:szCs w:val="18"/>
+                      <w:lang w:val="x-none" w:eastAsia="x-none"/>
+                    </w:rPr>
+                    <w:t>1</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00F65CA5">
+                    <w:rPr>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:snapToGrid w:val="0"/>
+                      <w:sz w:val="18"/>
+                      <w:szCs w:val="18"/>
+                      <w:lang w:val="x-none" w:eastAsia="x-none"/>
+                    </w:rPr>
+                    <w:fldChar w:fldCharType="end"/>
+                  </w:r>
+                  <w:r w:rsidRPr="00F65CA5">
+                    <w:rPr>
+                      <w:snapToGrid w:val="0"/>
+                      <w:sz w:val="18"/>
+                      <w:szCs w:val="18"/>
+                      <w:lang w:eastAsia="x-none"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> из </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00F65CA5">
+                    <w:rPr>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:snapToGrid w:val="0"/>
+                      <w:sz w:val="18"/>
+                      <w:szCs w:val="18"/>
+                      <w:lang w:val="x-none" w:eastAsia="x-none"/>
+                    </w:rPr>
+                    <w:fldChar w:fldCharType="begin"/>
+                  </w:r>
+                  <w:r w:rsidRPr="00F65CA5">
+                    <w:rPr>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:snapToGrid w:val="0"/>
+                      <w:sz w:val="18"/>
+                      <w:szCs w:val="18"/>
+                      <w:lang w:val="x-none" w:eastAsia="x-none"/>
+                    </w:rPr>
+                    <w:instrText>NUMPAGES</w:instrText>
+                  </w:r>
+                  <w:r w:rsidRPr="00F65CA5">
+                    <w:rPr>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:snapToGrid w:val="0"/>
+                      <w:sz w:val="18"/>
+                      <w:szCs w:val="18"/>
+                      <w:lang w:val="x-none" w:eastAsia="x-none"/>
+                    </w:rPr>
+                    <w:fldChar w:fldCharType="separate"/>
+                  </w:r>
+                  <w:r w:rsidRPr="00F65CA5">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:snapToGrid w:val="0"/>
+                      <w:sz w:val="18"/>
+                      <w:szCs w:val="18"/>
+                      <w:lang w:val="x-none" w:eastAsia="x-none"/>
+                    </w:rPr>
+                    <w:t>1</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00F65CA5">
+                    <w:rPr>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:snapToGrid w:val="0"/>
+                      <w:sz w:val="18"/>
+                      <w:szCs w:val="18"/>
+                      <w:lang w:val="x-none" w:eastAsia="x-none"/>
+                    </w:rPr>
+                    <w:fldChar w:fldCharType="end"/>
+                  </w:r>
+                </w:p>
+              </w:sdtContent>
+            </w:sdt>
+          </w:sdtContent>
+        </w:sdt>
       </w:tc>
     </w:tr>
   </w:tbl>
-  <w:p w14:paraId="3D3660A1" w14:textId="77777777" w:rsidR="00974193" w:rsidRPr="00406D5F" w:rsidRDefault="00974193" w:rsidP="00406D5F">
+  <w:p w14:paraId="3D3660A1" w14:textId="77777777" w:rsidR="00974193" w:rsidRPr="00F65CA5" w:rsidRDefault="00974193" w:rsidP="00F65CA5">
     <w:pPr>
       <w:pStyle w:val="ad"/>
-      <w:rPr>
-[...2 lines deleted...]
-      </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p>
+    <w:pPr>
+      <w:rPr>
+        <w:sz w:val="2"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r xmlns:v="urn:schemas-microsoft-com:vml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
+      <w:pict xmlns:v="urn:schemas-microsoft-com:vml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
+        <v:shape xmlns:v="urn:schemas-microsoft-com:vml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" id="WatermarkShape" type="#_x0000_t75" style="position:absolute; left:-330pt; top:225pt; width:700pt; height:40pt; rotation:270; fill-opacity:0.3; mso-wrap-style:behind; z-index:-1; mso-position-horizontal:absolute; mso-position-vertical:absolute; mso-position-horizontal-relative:page; mso-position-vertical-relative:page;" stroked="f" filled="t">
+          <v:imagedata xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rIdWmImg1" o:title=""/>
+        </v:shape>
+      </w:pict>
+    </w:r>
+  </w:p>
   <w:tbl>
     <w:tblPr>
-      <w:tblW w:w="9806" w:type="dxa"/>
-      <w:tblInd w:w="83" w:type="dxa"/>
+      <w:tblW w:w="5000" w:type="pct"/>
       <w:tblLook w:val="00A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
     </w:tblPr>
     <w:tblGrid>
-      <w:gridCol w:w="3853"/>
-[...1 lines deleted...]
-      <w:gridCol w:w="2761"/>
+      <w:gridCol w:w="13374"/>
+      <w:gridCol w:w="1763"/>
     </w:tblGrid>
-    <w:tr w:rsidR="00A204C4" w:rsidRPr="00282D81" w14:paraId="013C814C" w14:textId="77777777" w:rsidTr="00A204C4">
+    <w:tr w:rsidR="00F65CA5" w:rsidRPr="00F65CA5" w14:paraId="47129B24" w14:textId="77777777" w:rsidTr="00F65CA5">
+      <w:trPr>
+        <w:trHeight w:val="66"/>
+      </w:trPr>
       <w:tc>
         <w:tcPr>
-          <w:tcW w:w="3853" w:type="dxa"/>
-          <w:vAlign w:val="bottom"/>
+          <w:tcW w:w="13374" w:type="dxa"/>
+          <w:tcBorders>
+            <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          </w:tcBorders>
+          <w:vAlign w:val="center"/>
+          <w:hideMark/>
         </w:tcPr>
-        <w:p w14:paraId="377097F4" w14:textId="77777777" w:rsidR="00A204C4" w:rsidRPr="00A204C4" w:rsidRDefault="00A204C4" w:rsidP="00A204C4">
+        <w:p w14:paraId="0DB78420" w14:textId="3D4BC706" w:rsidR="00F65CA5" w:rsidRPr="00F65CA5" w:rsidRDefault="005A5A4F" w:rsidP="00F65CA5">
           <w:pPr>
-            <w:pStyle w:val="NoSpacing"/>
-            <w:jc w:val="center"/>
+            <w:tabs>
+              <w:tab w:val="left" w:pos="5093"/>
+              <w:tab w:val="left" w:pos="11639"/>
+            </w:tabs>
+            <w:overflowPunct w:val="0"/>
+            <w:autoSpaceDE w:val="0"/>
+            <w:autoSpaceDN w:val="0"/>
+            <w:adjustRightInd w:val="0"/>
+            <w:ind w:left="108" w:right="-314"/>
             <w:rPr>
-              <w:rFonts w:ascii="Times New Roman" w:eastAsia="ArialMT" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:rFonts w:eastAsia="ArialMT"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
-          <w:r w:rsidRPr="00A204C4">
+          <w:r>
             <w:rPr>
-              <w:rFonts w:ascii="Times New Roman" w:eastAsia="ArialMT" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:rFonts w:eastAsia="ArialMT"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
             </w:rPr>
-            <w:t>_________________________ М.П.</w:t>
+            <w:t>Часть</w:t>
           </w:r>
-        </w:p>
-[...3 lines deleted...]
-            <w:jc w:val="center"/>
+          <w:r w:rsidR="00FC784E">
             <w:rPr>
-              <w:rFonts w:ascii="Times New Roman" w:eastAsia="ArialMT" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-              <w:szCs w:val="16"/>
+              <w:rFonts w:eastAsia="ArialMT"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
             </w:rPr>
-          </w:pPr>
-          <w:r w:rsidRPr="00A204C4">
+            <w:t xml:space="preserve"> </w:t>
+          </w:r>
+          <w:proofErr w:type="gramStart"/>
+          <w:r>
             <w:rPr>
-              <w:rFonts w:ascii="Times New Roman" w:eastAsia="ArialMT" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-              <w:szCs w:val="16"/>
+              <w:rFonts w:eastAsia="ArialMT"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
             </w:rPr>
-            <w:t xml:space="preserve">подпись ведущего эксперта </w:t>
+            <w:t>1</w:t>
           </w:r>
-        </w:p>
-[...3 lines deleted...]
-            <w:jc w:val="center"/>
+          <w:r w:rsidR="00FC784E">
             <w:rPr>
-              <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-              <w:szCs w:val="16"/>
+              <w:rFonts w:eastAsia="ArialMT"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
             </w:rPr>
-          </w:pPr>
-          <w:r w:rsidRPr="00A204C4">
+            <w:t>.</w:t>
+          </w:r>
+          <w:r w:rsidR="00FC784E" w:rsidRPr="00FC784E">
             <w:rPr>
-              <w:rFonts w:ascii="Times New Roman" w:eastAsia="ArialMT" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-              <w:szCs w:val="16"/>
+              <w:rFonts w:eastAsia="ArialMT"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
             </w:rPr>
-            <w:t>по аккредитации</w:t>
+            <w:t>Дата</w:t>
+          </w:r>
+          <w:proofErr w:type="gramEnd"/>
+          <w:r w:rsidR="00FC784E" w:rsidRPr="00FC784E">
+            <w:rPr>
+              <w:rFonts w:eastAsia="ArialMT"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> принятия решения по аккредитации:</w:t>
+          </w:r>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:eastAsia="ArialMT"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+            <w:t>27.10.2025</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
-          <w:tcW w:w="3192" w:type="dxa"/>
-          <w:vAlign w:val="bottom"/>
+          <w:tcW w:w="1763" w:type="dxa"/>
+          <w:tcBorders>
+            <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          </w:tcBorders>
         </w:tcPr>
-        <w:p w14:paraId="42FC3D5A" w14:textId="77777777" w:rsidR="00BD2257" w:rsidRPr="00D82979" w:rsidRDefault="002F03F4" w:rsidP="00BD2257">
-[...5 lines deleted...]
-            <w:jc w:val="center"/>
+        <w:sdt>
+          <w:sdtPr>
             <w:rPr>
-              <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:snapToGrid w:val="0"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+              <w:lang w:val="x-none" w:eastAsia="x-none"/>
             </w:rPr>
-          </w:pPr>
-[...203 lines deleted...]
-        </w:p>
+            <w:id w:val="287552663"/>
+            <w:docPartObj>
+              <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
+              <w:docPartUnique/>
+            </w:docPartObj>
+          </w:sdtPr>
+          <w:sdtEndPr/>
+          <w:sdtContent>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:snapToGrid w:val="0"/>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                  <w:lang w:val="x-none" w:eastAsia="x-none"/>
+                </w:rPr>
+                <w:id w:val="1638296186"/>
+                <w:docPartObj>
+                  <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
+                  <w:docPartUnique/>
+                </w:docPartObj>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:p w14:paraId="545474D3" w14:textId="77777777" w:rsidR="00F65CA5" w:rsidRPr="00F65CA5" w:rsidRDefault="00F65CA5" w:rsidP="00F65CA5">
+                  <w:pPr>
+                    <w:widowControl w:val="0"/>
+                    <w:tabs>
+                      <w:tab w:val="center" w:pos="4153"/>
+                      <w:tab w:val="right" w:pos="8306"/>
+                    </w:tabs>
+                    <w:spacing w:line="320" w:lineRule="auto"/>
+                    <w:ind w:right="159" w:hanging="20"/>
+                    <w:jc w:val="right"/>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="18"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00F65CA5">
+                    <w:rPr>
+                      <w:snapToGrid w:val="0"/>
+                      <w:sz w:val="18"/>
+                      <w:szCs w:val="18"/>
+                      <w:lang w:eastAsia="x-none"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">Стр. </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00F65CA5">
+                    <w:rPr>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:snapToGrid w:val="0"/>
+                      <w:sz w:val="18"/>
+                      <w:szCs w:val="18"/>
+                      <w:lang w:val="x-none" w:eastAsia="x-none"/>
+                    </w:rPr>
+                    <w:fldChar w:fldCharType="begin"/>
+                  </w:r>
+                  <w:r w:rsidRPr="00F65CA5">
+                    <w:rPr>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:snapToGrid w:val="0"/>
+                      <w:sz w:val="18"/>
+                      <w:szCs w:val="18"/>
+                      <w:lang w:val="x-none" w:eastAsia="x-none"/>
+                    </w:rPr>
+                    <w:instrText>PAGE</w:instrText>
+                  </w:r>
+                  <w:r w:rsidRPr="00F65CA5">
+                    <w:rPr>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:snapToGrid w:val="0"/>
+                      <w:sz w:val="18"/>
+                      <w:szCs w:val="18"/>
+                      <w:lang w:val="x-none" w:eastAsia="x-none"/>
+                    </w:rPr>
+                    <w:fldChar w:fldCharType="separate"/>
+                  </w:r>
+                  <w:r w:rsidRPr="00F65CA5">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:snapToGrid w:val="0"/>
+                      <w:sz w:val="18"/>
+                      <w:szCs w:val="18"/>
+                      <w:lang w:val="x-none" w:eastAsia="x-none"/>
+                    </w:rPr>
+                    <w:t>1</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00F65CA5">
+                    <w:rPr>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:snapToGrid w:val="0"/>
+                      <w:sz w:val="18"/>
+                      <w:szCs w:val="18"/>
+                      <w:lang w:val="x-none" w:eastAsia="x-none"/>
+                    </w:rPr>
+                    <w:fldChar w:fldCharType="end"/>
+                  </w:r>
+                  <w:r w:rsidRPr="00F65CA5">
+                    <w:rPr>
+                      <w:snapToGrid w:val="0"/>
+                      <w:sz w:val="18"/>
+                      <w:szCs w:val="18"/>
+                      <w:lang w:eastAsia="x-none"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> из </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00F65CA5">
+                    <w:rPr>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:snapToGrid w:val="0"/>
+                      <w:sz w:val="18"/>
+                      <w:szCs w:val="18"/>
+                      <w:lang w:val="x-none" w:eastAsia="x-none"/>
+                    </w:rPr>
+                    <w:fldChar w:fldCharType="begin"/>
+                  </w:r>
+                  <w:r w:rsidRPr="00F65CA5">
+                    <w:rPr>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:snapToGrid w:val="0"/>
+                      <w:sz w:val="18"/>
+                      <w:szCs w:val="18"/>
+                      <w:lang w:val="x-none" w:eastAsia="x-none"/>
+                    </w:rPr>
+                    <w:instrText>NUMPAGES</w:instrText>
+                  </w:r>
+                  <w:r w:rsidRPr="00F65CA5">
+                    <w:rPr>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:snapToGrid w:val="0"/>
+                      <w:sz w:val="18"/>
+                      <w:szCs w:val="18"/>
+                      <w:lang w:val="x-none" w:eastAsia="x-none"/>
+                    </w:rPr>
+                    <w:fldChar w:fldCharType="separate"/>
+                  </w:r>
+                  <w:r w:rsidRPr="00F65CA5">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:snapToGrid w:val="0"/>
+                      <w:sz w:val="18"/>
+                      <w:szCs w:val="18"/>
+                      <w:lang w:val="x-none" w:eastAsia="x-none"/>
+                    </w:rPr>
+                    <w:t>1</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00F65CA5">
+                    <w:rPr>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:snapToGrid w:val="0"/>
+                      <w:sz w:val="18"/>
+                      <w:szCs w:val="18"/>
+                      <w:lang w:val="x-none" w:eastAsia="x-none"/>
+                    </w:rPr>
+                    <w:fldChar w:fldCharType="end"/>
+                  </w:r>
+                </w:p>
+              </w:sdtContent>
+            </w:sdt>
+          </w:sdtContent>
+        </w:sdt>
       </w:tc>
     </w:tr>
   </w:tbl>
-  <w:p w14:paraId="093902C6" w14:textId="77777777" w:rsidR="00974193" w:rsidRPr="00406D5F" w:rsidRDefault="00974193">
+  <w:p w14:paraId="1FBC76AF" w14:textId="77777777" w:rsidR="00F65CA5" w:rsidRDefault="00F65CA5">
     <w:pPr>
       <w:pStyle w:val="ad"/>
-      <w:rPr>
-[...2 lines deleted...]
-      </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="400BAAF8" w14:textId="77777777" w:rsidR="004953F2" w:rsidRDefault="004953F2">
+    <w:p w14:paraId="335F4B84" w14:textId="77777777" w:rsidR="004156C9" w:rsidRDefault="004156C9">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="2313C389" w14:textId="77777777" w:rsidR="004953F2" w:rsidRDefault="004953F2">
+    <w:p w14:paraId="73B7D66E" w14:textId="77777777" w:rsidR="004156C9" w:rsidRDefault="004156C9">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p>
-[...6 lines deleted...]
-    </w:r>
+  <w:p w14:paraId="1E216073" w14:textId="77777777" w:rsidR="00974193" w:rsidRDefault="00974193">
+    <w:pPr>
+      <w:pStyle w:val="ac"/>
+      <w:rPr>
+        <w:sz w:val="6"/>
+        <w:szCs w:val="6"/>
+      </w:rPr>
+    </w:pPr>
   </w:p>
-  <w:p w14:paraId="1E216073" w14:textId="77777777" w:rsidR="00974193" w:rsidRDefault="00974193">
+  <w:p w14:paraId="2EC914EC" w14:textId="77777777" w:rsidR="00974193" w:rsidRDefault="00974193">
+    <w:pPr>
+      <w:pStyle w:val="ac"/>
+      <w:rPr>
+        <w:sz w:val="6"/>
+        <w:szCs w:val="6"/>
+      </w:rPr>
+    </w:pPr>
+  </w:p>
+  <w:p w14:paraId="66933BD8" w14:textId="77777777" w:rsidR="00F65CA5" w:rsidRDefault="00F65CA5">
+    <w:pPr>
+      <w:pStyle w:val="ac"/>
+      <w:rPr>
+        <w:sz w:val="6"/>
+        <w:szCs w:val="6"/>
+      </w:rPr>
+    </w:pPr>
+  </w:p>
+  <w:p w14:paraId="5C66A0C9" w14:textId="77777777" w:rsidR="005A5A4F" w:rsidRDefault="005A5A4F">
     <w:pPr>
       <w:pStyle w:val="ac"/>
       <w:rPr>
         <w:sz w:val="6"/>
         <w:szCs w:val="6"/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:tbl>
     <w:tblPr>
-      <w:tblW w:w="10093" w:type="dxa"/>
-      <w:tblInd w:w="-158" w:type="dxa"/>
+      <w:tblW w:w="15026" w:type="dxa"/>
+      <w:tblInd w:w="-147" w:type="dxa"/>
       <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
-      <w:tblLook w:val="00A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+      <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
-      <w:gridCol w:w="896"/>
-      <w:gridCol w:w="9197"/>
+      <w:gridCol w:w="284"/>
+      <w:gridCol w:w="11495"/>
+      <w:gridCol w:w="3247"/>
     </w:tblGrid>
-    <w:tr w:rsidR="00974193" w:rsidRPr="00804957" w14:paraId="203BBCDC" w14:textId="77777777" w:rsidTr="00332E1F">
+    <w:tr w:rsidR="005A5A4F" w:rsidRPr="005A5A4F" w14:paraId="70F90D5E" w14:textId="77777777" w:rsidTr="005A5A4F">
       <w:trPr>
-        <w:trHeight w:val="277"/>
+        <w:trHeight w:val="221"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
-          <w:tcW w:w="896" w:type="dxa"/>
+          <w:tcW w:w="284" w:type="dxa"/>
           <w:tcBorders>
-            <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            <w:right w:val="nil"/>
           </w:tcBorders>
           <w:vAlign w:val="center"/>
         </w:tcPr>
-        <w:p w14:paraId="017DE489" w14:textId="050210DE" w:rsidR="00974193" w:rsidRPr="00804957" w:rsidRDefault="00140362" w:rsidP="00EC16A1">
+        <w:p w14:paraId="68331AE1" w14:textId="77777777" w:rsidR="005A5A4F" w:rsidRPr="005A5A4F" w:rsidRDefault="005A5A4F" w:rsidP="005A5A4F">
           <w:pPr>
-            <w:pStyle w:val="NoSpacing"/>
+            <w:widowControl w:val="0"/>
+            <w:tabs>
+              <w:tab w:val="center" w:pos="4153"/>
+              <w:tab w:val="right" w:pos="8306"/>
+            </w:tabs>
+            <w:spacing w:line="320" w:lineRule="auto"/>
+            <w:ind w:right="-292" w:hanging="20"/>
             <w:rPr>
-              <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               <w:b/>
               <w:bCs/>
-              <w:sz w:val="16"/>
-              <w:szCs w:val="16"/>
+              <w:snapToGrid w:val="0"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="20"/>
+              <w:lang w:val="x-none" w:eastAsia="x-none"/>
             </w:rPr>
           </w:pPr>
-          <w:r w:rsidRPr="00653240">
+          <w:r w:rsidRPr="005A5A4F">
             <w:rPr>
-              <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               <w:b/>
-              <w:noProof/>
-[...1 lines deleted...]
-              <w:szCs w:val="16"/>
+              <w:bCs/>
+              <w:snapToGrid w:val="0"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="20"/>
+              <w:lang w:val="x-none" w:eastAsia="x-none"/>
             </w:rPr>
-            <w:drawing>
-[...46 lines deleted...]
-            </w:drawing>
+            <w:t xml:space="preserve">   </w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
-          <w:tcW w:w="9197" w:type="dxa"/>
+          <w:tcW w:w="11495" w:type="dxa"/>
           <w:tcBorders>
-            <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            <w:left w:val="nil"/>
           </w:tcBorders>
           <w:vAlign w:val="center"/>
         </w:tcPr>
-        <w:p w14:paraId="55B51D8E" w14:textId="77777777" w:rsidR="00974193" w:rsidRPr="00313307" w:rsidRDefault="00974193" w:rsidP="001B51D8">
+        <w:p w14:paraId="0B9B1E1B" w14:textId="1C73D2EB" w:rsidR="005A5A4F" w:rsidRPr="005A5A4F" w:rsidRDefault="005A5A4F" w:rsidP="005A5A4F">
           <w:pPr>
-            <w:autoSpaceDE w:val="0"/>
-[...2 lines deleted...]
-            <w:jc w:val="center"/>
+            <w:widowControl w:val="0"/>
+            <w:tabs>
+              <w:tab w:val="center" w:pos="4153"/>
+              <w:tab w:val="right" w:pos="8306"/>
+            </w:tabs>
+            <w:spacing w:line="320" w:lineRule="auto"/>
+            <w:ind w:right="2200"/>
             <w:rPr>
+              <w:b/>
               <w:bCs/>
-              <w:sz w:val="28"/>
-              <w:szCs w:val="28"/>
+              <w:snapToGrid w:val="0"/>
+              <w:sz w:val="22"/>
+              <w:lang w:val="x-none" w:eastAsia="x-none"/>
             </w:rPr>
           </w:pPr>
-          <w:r>
+          <w:r w:rsidRPr="005A5A4F">
             <w:rPr>
+              <w:b/>
               <w:bCs/>
-              <w:sz w:val="28"/>
-              <w:szCs w:val="28"/>
+              <w:snapToGrid w:val="0"/>
+              <w:sz w:val="22"/>
+              <w:lang w:eastAsia="x-none"/>
             </w:rPr>
-            <w:t xml:space="preserve">Приложение </w:t>
+            <w:t xml:space="preserve">Описание области аккредитации </w:t>
           </w:r>
-          <w:r w:rsidR="00A204C4">
+        </w:p>
+      </w:tc>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="3247" w:type="dxa"/>
+          <w:vAlign w:val="center"/>
+        </w:tcPr>
+        <w:p w14:paraId="58DEA8A8" w14:textId="125E278D" w:rsidR="005A5A4F" w:rsidRPr="005A5A4F" w:rsidRDefault="005A5A4F" w:rsidP="005A5A4F">
+          <w:pPr>
+            <w:widowControl w:val="0"/>
+            <w:tabs>
+              <w:tab w:val="center" w:pos="4153"/>
+              <w:tab w:val="right" w:pos="8306"/>
+            </w:tabs>
+            <w:spacing w:line="320" w:lineRule="auto"/>
+            <w:ind w:hanging="20"/>
             <w:rPr>
+              <w:b/>
               <w:bCs/>
-              <w:sz w:val="28"/>
-              <w:szCs w:val="28"/>
+              <w:snapToGrid w:val="0"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="20"/>
+              <w:lang w:eastAsia="x-none"/>
             </w:rPr>
-            <w:t xml:space="preserve">№ </w:t>
+          </w:pPr>
+          <w:r w:rsidRPr="005A5A4F">
+            <w:rPr>
+              <w:b/>
+              <w:bCs/>
+              <w:snapToGrid w:val="0"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="20"/>
+              <w:lang w:val="en-US" w:eastAsia="x-none"/>
+            </w:rPr>
+            <w:t xml:space="preserve">BY/112 </w:t>
           </w:r>
           <w:r>
             <w:rPr>
+              <w:b/>
               <w:bCs/>
-              <w:sz w:val="28"/>
-              <w:szCs w:val="28"/>
+              <w:snapToGrid w:val="0"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="20"/>
+              <w:lang w:eastAsia="x-none"/>
             </w:rPr>
-            <w:t xml:space="preserve">1 </w:t>
-[...22 lines deleted...]
-            <w:t>/112 038.01</w:t>
+            <w:t>038.01</w:t>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
-  <w:p w14:paraId="2EC914EC" w14:textId="77777777" w:rsidR="00974193" w:rsidRDefault="00974193">
+  <w:p w14:paraId="764861F7" w14:textId="77777777" w:rsidR="00F65CA5" w:rsidRDefault="00F65CA5">
+    <w:pPr>
+      <w:pStyle w:val="ac"/>
+      <w:rPr>
+        <w:sz w:val="6"/>
+        <w:szCs w:val="6"/>
+      </w:rPr>
+    </w:pPr>
+  </w:p>
+  <w:p w14:paraId="15F9E5AD" w14:textId="77777777" w:rsidR="00F65CA5" w:rsidRDefault="00F65CA5">
+    <w:pPr>
+      <w:pStyle w:val="ac"/>
+      <w:rPr>
+        <w:sz w:val="6"/>
+        <w:szCs w:val="6"/>
+      </w:rPr>
+    </w:pPr>
+  </w:p>
+  <w:p w14:paraId="52741D4B" w14:textId="77777777" w:rsidR="00F65CA5" w:rsidRDefault="00F65CA5">
     <w:pPr>
       <w:pStyle w:val="ac"/>
       <w:rPr>
         <w:sz w:val="6"/>
         <w:szCs w:val="6"/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:tbl>
     <w:tblPr>
-      <w:tblW w:w="10111" w:type="dxa"/>
+      <w:tblW w:w="15055" w:type="dxa"/>
       <w:tblInd w:w="-176" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="690"/>
-      <w:gridCol w:w="2571"/>
-[...2 lines deleted...]
-      <w:gridCol w:w="1889"/>
+      <w:gridCol w:w="2883"/>
+      <w:gridCol w:w="4678"/>
+      <w:gridCol w:w="3119"/>
+      <w:gridCol w:w="3685"/>
     </w:tblGrid>
-    <w:tr w:rsidR="00974193" w:rsidRPr="00406D5F" w14:paraId="47B01E44" w14:textId="77777777" w:rsidTr="00D82979">
+    <w:tr w:rsidR="00974193" w:rsidRPr="00406D5F" w14:paraId="47B01E44" w14:textId="77777777" w:rsidTr="00F65CA5">
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="690" w:type="dxa"/>
           <w:tcBorders>
             <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           </w:tcBorders>
         </w:tcPr>
         <w:p w14:paraId="733462C5" w14:textId="77777777" w:rsidR="00974193" w:rsidRPr="00406D5F" w:rsidRDefault="00974193" w:rsidP="00EC16A1">
           <w:pPr>
-            <w:pStyle w:val="NoSpacing"/>
+            <w:pStyle w:val="1"/>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="00406D5F">
             <w:rPr>
               <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:t>1</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
-          <w:tcW w:w="2571" w:type="dxa"/>
+          <w:tcW w:w="2883" w:type="dxa"/>
           <w:tcBorders>
             <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           </w:tcBorders>
         </w:tcPr>
         <w:p w14:paraId="3BBE12E2" w14:textId="77777777" w:rsidR="00974193" w:rsidRPr="00406D5F" w:rsidRDefault="00974193" w:rsidP="00EC16A1">
           <w:pPr>
-            <w:pStyle w:val="NoSpacing"/>
+            <w:pStyle w:val="1"/>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="00406D5F">
             <w:rPr>
               <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:t>2</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
-          <w:tcW w:w="1701" w:type="dxa"/>
+          <w:tcW w:w="4678" w:type="dxa"/>
           <w:tcBorders>
             <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           </w:tcBorders>
         </w:tcPr>
         <w:p w14:paraId="05E73090" w14:textId="77777777" w:rsidR="00974193" w:rsidRPr="00406D5F" w:rsidRDefault="00974193" w:rsidP="00EC16A1">
           <w:pPr>
-            <w:pStyle w:val="NoSpacing"/>
+            <w:pStyle w:val="1"/>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="00406D5F">
             <w:rPr>
               <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:t>3</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
-          <w:tcW w:w="3260" w:type="dxa"/>
+          <w:tcW w:w="3119" w:type="dxa"/>
           <w:tcBorders>
             <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           </w:tcBorders>
         </w:tcPr>
         <w:p w14:paraId="113EAA3B" w14:textId="77777777" w:rsidR="00974193" w:rsidRPr="00406D5F" w:rsidRDefault="00974193" w:rsidP="00EC16A1">
           <w:pPr>
-            <w:pStyle w:val="NoSpacing"/>
+            <w:pStyle w:val="1"/>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="00406D5F">
             <w:rPr>
               <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:t>4</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
-          <w:tcW w:w="1889" w:type="dxa"/>
+          <w:tcW w:w="3685" w:type="dxa"/>
           <w:tcBorders>
             <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           </w:tcBorders>
           <w:vAlign w:val="center"/>
         </w:tcPr>
         <w:p w14:paraId="2C154977" w14:textId="77777777" w:rsidR="00974193" w:rsidRPr="00406D5F" w:rsidRDefault="00974193" w:rsidP="00EC16A1">
           <w:pPr>
-            <w:pStyle w:val="NoSpacing"/>
+            <w:pStyle w:val="1"/>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="00406D5F">
             <w:rPr>
               <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:t>5</w:t>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w14:paraId="4A85EDD8" w14:textId="77777777" w:rsidR="00974193" w:rsidRPr="00DC4E60" w:rsidRDefault="00974193">
     <w:pPr>
       <w:pStyle w:val="ac"/>
       <w:rPr>
         <w:sz w:val="6"/>
         <w:szCs w:val="6"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p>
-[...7 lines deleted...]
-  </w:p>
   <w:tbl>
     <w:tblPr>
-      <w:tblW w:w="10916" w:type="dxa"/>
-      <w:tblInd w:w="-885" w:type="dxa"/>
+      <w:tblW w:w="14596" w:type="dxa"/>
       <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
-      <w:tblLook w:val="00A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+      <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
-      <w:gridCol w:w="680"/>
-      <w:gridCol w:w="10236"/>
+      <w:gridCol w:w="279"/>
+      <w:gridCol w:w="11765"/>
+      <w:gridCol w:w="2552"/>
     </w:tblGrid>
-    <w:tr w:rsidR="00974193" w:rsidRPr="00651C26" w14:paraId="538E6562" w14:textId="77777777" w:rsidTr="00DC2B83">
+    <w:tr w:rsidR="00FC784E" w:rsidRPr="00FC784E" w14:paraId="33EE2F7F" w14:textId="77777777" w:rsidTr="008E7249">
       <w:trPr>
-        <w:trHeight w:val="277"/>
+        <w:trHeight w:val="221"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
-          <w:tcW w:w="680" w:type="dxa"/>
+          <w:tcW w:w="279" w:type="dxa"/>
           <w:tcBorders>
-            <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            <w:right w:val="nil"/>
           </w:tcBorders>
           <w:vAlign w:val="center"/>
         </w:tcPr>
-        <w:p w14:paraId="469D9810" w14:textId="79581262" w:rsidR="00974193" w:rsidRPr="00804957" w:rsidRDefault="00140362" w:rsidP="00DC2B83">
+        <w:p w14:paraId="14909784" w14:textId="77777777" w:rsidR="00FC784E" w:rsidRPr="00FC784E" w:rsidRDefault="00FC784E" w:rsidP="00FC784E">
           <w:pPr>
-            <w:pStyle w:val="NoSpacing"/>
-            <w:ind w:left="-128"/>
+            <w:widowControl w:val="0"/>
+            <w:tabs>
+              <w:tab w:val="center" w:pos="4153"/>
+              <w:tab w:val="right" w:pos="8306"/>
+            </w:tabs>
+            <w:spacing w:line="320" w:lineRule="auto"/>
+            <w:ind w:right="-292" w:hanging="20"/>
             <w:rPr>
-              <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               <w:b/>
               <w:bCs/>
-              <w:sz w:val="16"/>
-              <w:szCs w:val="16"/>
+              <w:snapToGrid w:val="0"/>
+              <w:sz w:val="28"/>
+              <w:szCs w:val="28"/>
+              <w:lang w:val="x-none" w:eastAsia="x-none"/>
             </w:rPr>
           </w:pPr>
-          <w:r w:rsidRPr="00653240">
+        </w:p>
+      </w:tc>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="11765" w:type="dxa"/>
+          <w:tcBorders>
+            <w:left w:val="nil"/>
+          </w:tcBorders>
+          <w:vAlign w:val="center"/>
+        </w:tcPr>
+        <w:p w14:paraId="0A116139" w14:textId="77777777" w:rsidR="00FC784E" w:rsidRPr="00FC784E" w:rsidRDefault="00FC784E" w:rsidP="00FC784E">
+          <w:pPr>
+            <w:widowControl w:val="0"/>
+            <w:tabs>
+              <w:tab w:val="center" w:pos="4153"/>
+              <w:tab w:val="right" w:pos="8306"/>
+              <w:tab w:val="left" w:pos="8541"/>
+            </w:tabs>
+            <w:spacing w:line="320" w:lineRule="auto"/>
             <w:rPr>
-              <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               <w:b/>
-              <w:noProof/>
-[...1 lines deleted...]
-              <w:szCs w:val="16"/>
+              <w:bCs/>
+              <w:snapToGrid w:val="0"/>
+              <w:sz w:val="28"/>
+              <w:szCs w:val="28"/>
+              <w:lang w:eastAsia="x-none"/>
             </w:rPr>
-            <w:drawing>
-[...46 lines deleted...]
-            </w:drawing>
+          </w:pPr>
+          <w:r w:rsidRPr="00FC784E">
+            <w:rPr>
+              <w:b/>
+              <w:bCs/>
+              <w:snapToGrid w:val="0"/>
+              <w:sz w:val="28"/>
+              <w:szCs w:val="28"/>
+              <w:lang w:eastAsia="x-none"/>
+            </w:rPr>
+            <w:t>Республиканское унитарное предприятие "Научно-практический центр Национальной академии наук Беларуси по продовольствию", орган по сертификации продукции</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
-          <w:tcW w:w="10236" w:type="dxa"/>
-[...2 lines deleted...]
-          </w:tcBorders>
+          <w:tcW w:w="2552" w:type="dxa"/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
-        <w:p w14:paraId="26DF7016" w14:textId="77777777" w:rsidR="00DC2B83" w:rsidRDefault="00DC2B83" w:rsidP="00DC2B83">
+        <w:p w14:paraId="57CB7902" w14:textId="77777777" w:rsidR="00FC784E" w:rsidRPr="00FC784E" w:rsidRDefault="00FC784E" w:rsidP="00FC784E">
           <w:pPr>
-            <w:pStyle w:val="NoSpacing"/>
+            <w:widowControl w:val="0"/>
             <w:tabs>
-              <w:tab w:val="left" w:pos="10127"/>
+              <w:tab w:val="center" w:pos="4153"/>
+              <w:tab w:val="right" w:pos="8306"/>
             </w:tabs>
-            <w:ind w:left="-80" w:right="-884"/>
+            <w:spacing w:line="320" w:lineRule="auto"/>
+            <w:ind w:hanging="20"/>
             <w:rPr>
-              <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:b/>
+              <w:bCs/>
+              <w:snapToGrid w:val="0"/>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
+              <w:lang w:eastAsia="x-none"/>
             </w:rPr>
           </w:pPr>
-          <w:r>
+          <w:r w:rsidRPr="00FC784E">
             <w:rPr>
-              <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:b/>
+              <w:bCs/>
+              <w:snapToGrid w:val="0"/>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
+              <w:lang w:val="en-US" w:eastAsia="x-none"/>
             </w:rPr>
-            <w:t xml:space="preserve">     </w:t>
+            <w:t xml:space="preserve">BY/112 </w:t>
           </w:r>
-          <w:r w:rsidR="00974193" w:rsidRPr="00D463D9">
+          <w:r w:rsidRPr="00FC784E">
             <w:rPr>
-              <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:b/>
+              <w:bCs/>
+              <w:snapToGrid w:val="0"/>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
+              <w:lang w:eastAsia="x-none"/>
             </w:rPr>
-            <w:t>НАЦИОНАЛЬНАЯ СИСТЕМА АККРЕДИТАЦИИ РЕСПУБЛИКИ</w:t>
-[...93 lines deleted...]
-            <w:t>«БЕЛОРУССКИЙ ГОСУДАРСТВЕННЫЙ ЦЕНТР АККРЕДИТАЦИИ»</w:t>
+            <w:t>038.01</w:t>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
-  <w:p w14:paraId="18D436C6" w14:textId="77777777" w:rsidR="00974193" w:rsidRPr="00A204C4" w:rsidRDefault="00974193" w:rsidP="00DC2B83">
+  <w:p w14:paraId="53A0F8F2" w14:textId="77777777" w:rsidR="00FC784E" w:rsidRPr="00FC784E" w:rsidRDefault="00FC784E" w:rsidP="00FC784E">
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:pBdr>
+        <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+      </w:pBdr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4153"/>
+        <w:tab w:val="right" w:pos="8306"/>
+        <w:tab w:val="left" w:pos="11340"/>
+      </w:tabs>
+      <w:spacing w:line="320" w:lineRule="auto"/>
+      <w:ind w:right="-31" w:hanging="20"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:snapToGrid w:val="0"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="20"/>
+        <w:lang w:val="x-none" w:eastAsia="x-none"/>
+      </w:rPr>
+    </w:pPr>
+  </w:p>
+  <w:p w14:paraId="18D436C6" w14:textId="77777777" w:rsidR="00974193" w:rsidRPr="00FC784E" w:rsidRDefault="00974193" w:rsidP="00FC784E">
     <w:pPr>
       <w:pStyle w:val="ac"/>
-      <w:tabs>
-[...6 lines deleted...]
-      </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="51D47598"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="FAEA90AC"/>
     <w:lvl w:ilvl="0" w:tplc="20000001">
       <w:start w:val="10"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:eastAsia="Times New Roman" w:hAnsi="Symbol" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="20000003" w:tentative="1">
       <w:start w:val="1"/>
@@ -11038,51 +10579,51 @@
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1931309865">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1304963063">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:embedSystemFonts/>
   <w:hideSpellingErrors/>
   <w:hideGrammaticalErrors/>
-  <w:proofState w:grammar="clean"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00FE26EC"/>
     <w:rsid w:val="00001662"/>
@@ -11143,50 +10684,51 @@
     <w:rsid w:val="00106BAA"/>
     <w:rsid w:val="00110173"/>
     <w:rsid w:val="0011208D"/>
     <w:rsid w:val="00112129"/>
     <w:rsid w:val="001221FC"/>
     <w:rsid w:val="00126D0D"/>
     <w:rsid w:val="00127724"/>
     <w:rsid w:val="0013108A"/>
     <w:rsid w:val="001312F8"/>
     <w:rsid w:val="0013161B"/>
     <w:rsid w:val="00136762"/>
     <w:rsid w:val="00140362"/>
     <w:rsid w:val="001408D5"/>
     <w:rsid w:val="00145AE5"/>
     <w:rsid w:val="001508D9"/>
     <w:rsid w:val="00150B82"/>
     <w:rsid w:val="0015730F"/>
     <w:rsid w:val="00163F11"/>
     <w:rsid w:val="00171AD1"/>
     <w:rsid w:val="001757D3"/>
     <w:rsid w:val="00177324"/>
     <w:rsid w:val="00183BED"/>
     <w:rsid w:val="001843C6"/>
     <w:rsid w:val="001871AB"/>
     <w:rsid w:val="0019333A"/>
+    <w:rsid w:val="0019541D"/>
     <w:rsid w:val="00195A14"/>
     <w:rsid w:val="001979AA"/>
     <w:rsid w:val="001A1D87"/>
     <w:rsid w:val="001A217D"/>
     <w:rsid w:val="001A28E3"/>
     <w:rsid w:val="001A32C8"/>
     <w:rsid w:val="001B0465"/>
     <w:rsid w:val="001B51D8"/>
     <w:rsid w:val="001B588E"/>
     <w:rsid w:val="001C48F0"/>
     <w:rsid w:val="001C780F"/>
     <w:rsid w:val="001D2CDD"/>
     <w:rsid w:val="001D5F86"/>
     <w:rsid w:val="001D6636"/>
     <w:rsid w:val="001E2682"/>
     <w:rsid w:val="001F004B"/>
     <w:rsid w:val="001F5A4B"/>
     <w:rsid w:val="00205637"/>
     <w:rsid w:val="00206CF4"/>
     <w:rsid w:val="00222B5D"/>
     <w:rsid w:val="0022681D"/>
     <w:rsid w:val="00227D01"/>
     <w:rsid w:val="00230A1E"/>
     <w:rsid w:val="00230B26"/>
     <w:rsid w:val="00232A43"/>
@@ -11250,63 +10792,65 @@
     <w:rsid w:val="00355F6F"/>
     <w:rsid w:val="00357C4D"/>
     <w:rsid w:val="0036016B"/>
     <w:rsid w:val="00365146"/>
     <w:rsid w:val="00366596"/>
     <w:rsid w:val="00367073"/>
     <w:rsid w:val="00370D18"/>
     <w:rsid w:val="0037333C"/>
     <w:rsid w:val="003767F0"/>
     <w:rsid w:val="003769B6"/>
     <w:rsid w:val="00376CFB"/>
     <w:rsid w:val="003819C5"/>
     <w:rsid w:val="00387C57"/>
     <w:rsid w:val="00390699"/>
     <w:rsid w:val="00397CA8"/>
     <w:rsid w:val="003A7CFE"/>
     <w:rsid w:val="003B1B69"/>
     <w:rsid w:val="003B2729"/>
     <w:rsid w:val="003B32C5"/>
     <w:rsid w:val="003B3599"/>
     <w:rsid w:val="003B77E6"/>
     <w:rsid w:val="003C396C"/>
     <w:rsid w:val="003C559B"/>
     <w:rsid w:val="003C6BBD"/>
     <w:rsid w:val="003D5179"/>
+    <w:rsid w:val="003E0252"/>
     <w:rsid w:val="003E0610"/>
     <w:rsid w:val="003E125E"/>
     <w:rsid w:val="003E319C"/>
     <w:rsid w:val="003E3893"/>
     <w:rsid w:val="003F0498"/>
     <w:rsid w:val="003F058D"/>
     <w:rsid w:val="003F4A68"/>
     <w:rsid w:val="003F50D8"/>
     <w:rsid w:val="004068BF"/>
     <w:rsid w:val="00406D5F"/>
     <w:rsid w:val="0041041D"/>
     <w:rsid w:val="004129E6"/>
     <w:rsid w:val="00414243"/>
+    <w:rsid w:val="004156C9"/>
     <w:rsid w:val="0041658C"/>
     <w:rsid w:val="00421533"/>
     <w:rsid w:val="00425503"/>
     <w:rsid w:val="004261FF"/>
     <w:rsid w:val="00426716"/>
     <w:rsid w:val="00431027"/>
     <w:rsid w:val="004326F6"/>
     <w:rsid w:val="00434E01"/>
     <w:rsid w:val="00436EB5"/>
     <w:rsid w:val="00443B25"/>
     <w:rsid w:val="00444132"/>
     <w:rsid w:val="00445B2C"/>
     <w:rsid w:val="00447B51"/>
     <w:rsid w:val="004512AA"/>
     <w:rsid w:val="004537E8"/>
     <w:rsid w:val="00453D2F"/>
     <w:rsid w:val="00455923"/>
     <w:rsid w:val="00460171"/>
     <w:rsid w:val="004623EC"/>
     <w:rsid w:val="00464663"/>
     <w:rsid w:val="004667B7"/>
     <w:rsid w:val="00470CDA"/>
     <w:rsid w:val="0047177C"/>
     <w:rsid w:val="00471858"/>
     <w:rsid w:val="0047254E"/>
@@ -11333,62 +10877,64 @@
     <w:rsid w:val="004C464F"/>
     <w:rsid w:val="004C5D7C"/>
     <w:rsid w:val="004C74F3"/>
     <w:rsid w:val="004D0336"/>
     <w:rsid w:val="004D5AEC"/>
     <w:rsid w:val="004D75DA"/>
     <w:rsid w:val="004D76A0"/>
     <w:rsid w:val="004E7709"/>
     <w:rsid w:val="004F4EC3"/>
     <w:rsid w:val="00507DEC"/>
     <w:rsid w:val="00513DAD"/>
     <w:rsid w:val="0052399D"/>
     <w:rsid w:val="00540BC5"/>
     <w:rsid w:val="00541391"/>
     <w:rsid w:val="005453F3"/>
     <w:rsid w:val="005503A6"/>
     <w:rsid w:val="005506B3"/>
     <w:rsid w:val="00550B64"/>
     <w:rsid w:val="005515E5"/>
     <w:rsid w:val="005540BB"/>
     <w:rsid w:val="00556811"/>
     <w:rsid w:val="005617C7"/>
     <w:rsid w:val="00561B2E"/>
     <w:rsid w:val="00562485"/>
     <w:rsid w:val="00562A8E"/>
+    <w:rsid w:val="00573A0F"/>
     <w:rsid w:val="0057469C"/>
     <w:rsid w:val="005908BF"/>
     <w:rsid w:val="005919CF"/>
     <w:rsid w:val="00592407"/>
     <w:rsid w:val="00594F08"/>
     <w:rsid w:val="005950A4"/>
     <w:rsid w:val="00595519"/>
     <w:rsid w:val="00595A75"/>
     <w:rsid w:val="005A2950"/>
     <w:rsid w:val="005A2B3A"/>
     <w:rsid w:val="005A326D"/>
     <w:rsid w:val="005A38A6"/>
+    <w:rsid w:val="005A5A4F"/>
     <w:rsid w:val="005A62DB"/>
     <w:rsid w:val="005C18A8"/>
     <w:rsid w:val="005C3715"/>
     <w:rsid w:val="005C4F2B"/>
     <w:rsid w:val="005C72C8"/>
     <w:rsid w:val="005D2A1A"/>
     <w:rsid w:val="005D4BB1"/>
     <w:rsid w:val="005D7077"/>
     <w:rsid w:val="005E0B8D"/>
     <w:rsid w:val="005E1D9B"/>
     <w:rsid w:val="005E4066"/>
     <w:rsid w:val="005E7F92"/>
     <w:rsid w:val="005F4511"/>
     <w:rsid w:val="005F4614"/>
     <w:rsid w:val="005F5D41"/>
     <w:rsid w:val="005F680C"/>
     <w:rsid w:val="00600C82"/>
     <w:rsid w:val="0060219B"/>
     <w:rsid w:val="00607BE1"/>
     <w:rsid w:val="0061056B"/>
     <w:rsid w:val="00617283"/>
     <w:rsid w:val="00617D63"/>
     <w:rsid w:val="00622206"/>
     <w:rsid w:val="0062260F"/>
     <w:rsid w:val="00626B0A"/>
@@ -11517,50 +11063,51 @@
     <w:rsid w:val="008728F1"/>
     <w:rsid w:val="0087726B"/>
     <w:rsid w:val="00881D8A"/>
     <w:rsid w:val="00881FFF"/>
     <w:rsid w:val="00886574"/>
     <w:rsid w:val="008953AE"/>
     <w:rsid w:val="008A07A4"/>
     <w:rsid w:val="008A24DD"/>
     <w:rsid w:val="008A43C9"/>
     <w:rsid w:val="008A49E8"/>
     <w:rsid w:val="008A6757"/>
     <w:rsid w:val="008A6B11"/>
     <w:rsid w:val="008B3399"/>
     <w:rsid w:val="008B5525"/>
     <w:rsid w:val="008B71E3"/>
     <w:rsid w:val="008B7C84"/>
     <w:rsid w:val="008C0890"/>
     <w:rsid w:val="008C1681"/>
     <w:rsid w:val="008C31CC"/>
     <w:rsid w:val="008D7C1B"/>
     <w:rsid w:val="008E491E"/>
     <w:rsid w:val="008F320C"/>
     <w:rsid w:val="008F6EFE"/>
     <w:rsid w:val="0090549D"/>
     <w:rsid w:val="00907321"/>
+    <w:rsid w:val="0091227E"/>
     <w:rsid w:val="009125FF"/>
     <w:rsid w:val="00913E4F"/>
     <w:rsid w:val="00915634"/>
     <w:rsid w:val="00916B13"/>
     <w:rsid w:val="00917F84"/>
     <w:rsid w:val="00921431"/>
     <w:rsid w:val="00921A55"/>
     <w:rsid w:val="00922C63"/>
     <w:rsid w:val="00925A53"/>
     <w:rsid w:val="00925E06"/>
     <w:rsid w:val="00925F36"/>
     <w:rsid w:val="009328CD"/>
     <w:rsid w:val="00940003"/>
     <w:rsid w:val="009452F5"/>
     <w:rsid w:val="00945C47"/>
     <w:rsid w:val="00946BE0"/>
     <w:rsid w:val="00947988"/>
     <w:rsid w:val="009506EB"/>
     <w:rsid w:val="0095269B"/>
     <w:rsid w:val="009544F5"/>
     <w:rsid w:val="009548E8"/>
     <w:rsid w:val="00956C6E"/>
     <w:rsid w:val="009577EE"/>
     <w:rsid w:val="009579B2"/>
     <w:rsid w:val="00960334"/>
@@ -11839,78 +11386,81 @@
     <w:rsid w:val="00EC3613"/>
     <w:rsid w:val="00EC51C3"/>
     <w:rsid w:val="00EC6F3D"/>
     <w:rsid w:val="00ED4019"/>
     <w:rsid w:val="00ED545C"/>
     <w:rsid w:val="00ED6C1D"/>
     <w:rsid w:val="00EE1E6A"/>
     <w:rsid w:val="00EE1FDD"/>
     <w:rsid w:val="00EE518B"/>
     <w:rsid w:val="00EE791C"/>
     <w:rsid w:val="00EF3EEC"/>
     <w:rsid w:val="00EF76F8"/>
     <w:rsid w:val="00F00AFE"/>
     <w:rsid w:val="00F04F74"/>
     <w:rsid w:val="00F10F3E"/>
     <w:rsid w:val="00F14607"/>
     <w:rsid w:val="00F213A2"/>
     <w:rsid w:val="00F22ACB"/>
     <w:rsid w:val="00F2476F"/>
     <w:rsid w:val="00F25813"/>
     <w:rsid w:val="00F269A2"/>
     <w:rsid w:val="00F30C6D"/>
     <w:rsid w:val="00F3293E"/>
     <w:rsid w:val="00F432B5"/>
     <w:rsid w:val="00F52213"/>
+    <w:rsid w:val="00F543AB"/>
     <w:rsid w:val="00F56DCF"/>
     <w:rsid w:val="00F5751F"/>
     <w:rsid w:val="00F613BD"/>
     <w:rsid w:val="00F62621"/>
+    <w:rsid w:val="00F65CA5"/>
     <w:rsid w:val="00F72AE4"/>
     <w:rsid w:val="00F7314B"/>
     <w:rsid w:val="00F74AF4"/>
     <w:rsid w:val="00F771A1"/>
     <w:rsid w:val="00F81AF4"/>
     <w:rsid w:val="00F83D56"/>
     <w:rsid w:val="00F844B8"/>
     <w:rsid w:val="00F87802"/>
     <w:rsid w:val="00F91FA1"/>
     <w:rsid w:val="00F94D82"/>
     <w:rsid w:val="00F96BAB"/>
     <w:rsid w:val="00FA081B"/>
     <w:rsid w:val="00FA140C"/>
     <w:rsid w:val="00FA3285"/>
     <w:rsid w:val="00FA725D"/>
     <w:rsid w:val="00FA72C6"/>
     <w:rsid w:val="00FA7A8B"/>
     <w:rsid w:val="00FB3843"/>
     <w:rsid w:val="00FC161C"/>
     <w:rsid w:val="00FC2CEE"/>
     <w:rsid w:val="00FC4F03"/>
     <w:rsid w:val="00FC5A2D"/>
     <w:rsid w:val="00FC606C"/>
     <w:rsid w:val="00FC6C59"/>
+    <w:rsid w:val="00FC784E"/>
     <w:rsid w:val="00FD23D9"/>
     <w:rsid w:val="00FD4C80"/>
     <w:rsid w:val="00FD59D6"/>
     <w:rsid w:val="00FD7BAE"/>
     <w:rsid w:val="00FE037E"/>
     <w:rsid w:val="00FE26EC"/>
     <w:rsid w:val="00FE3CD6"/>
     <w:rsid w:val="00FE490A"/>
     <w:rsid w:val="00FE7889"/>
     <w:rsid w:val="00FF1B25"/>
     <w:rsid w:val="00FF3040"/>
     <w:rsid w:val="00FF69EA"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
@@ -11939,50 +11489,94 @@
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="ru-BY" w:eastAsia="ru-BY" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="annotation text" w:uiPriority="99"/>
     <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="annotation reference" w:uiPriority="99"/>
     <w:lsdException w:name="Title" w:qFormat="1"/>
     <w:lsdException w:name="Subtitle" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:qFormat="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1" w:uiPriority="99"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1" w:uiPriority="99"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
@@ -12227,87 +11821,93 @@
     <w:rPr>
       <w:sz w:val="28"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="7">
     <w:name w:val="heading 7"/>
     <w:basedOn w:val="a"/>
     <w:next w:val="a"/>
     <w:link w:val="70"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="003244F8"/>
     <w:pPr>
       <w:spacing w:before="240" w:after="60"/>
       <w:outlineLvl w:val="6"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
       <w:lang w:val="x-none" w:eastAsia="x-none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
+    <w:uiPriority w:val="1"/>
     <w:semiHidden/>
+    <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
+    <w:uiPriority w:val="99"/>
     <w:semiHidden/>
+    <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
+    <w:uiPriority w:val="99"/>
     <w:semiHidden/>
+    <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:styleId="a3">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="a1"/>
     <w:rsid w:val="00FE26EC"/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="nil"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="NoSpacing">
-    <w:name w:val="No Spacing"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="1">
+    <w:name w:val="Без интервала1"/>
     <w:link w:val="NoSpacingChar"/>
     <w:rsid w:val="00D538BB"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a4">
     <w:name w:val="Без интервала Знак"/>
     <w:link w:val="a5"/>
     <w:uiPriority w:val="1"/>
     <w:locked/>
     <w:rsid w:val="00C15342"/>
     <w:rPr>
       <w:lang w:val="en-US" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a5">
     <w:name w:val="No Spacing"/>
     <w:link w:val="a4"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rsid w:val="00C15342"/>
@@ -12409,51 +12009,51 @@
     <w:name w:val="footer"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="ae"/>
     <w:rsid w:val="00DC4E60"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4677"/>
         <w:tab w:val="right" w:pos="9355"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="af">
     <w:name w:val="page number"/>
     <w:basedOn w:val="a0"/>
     <w:rsid w:val="00DC4E60"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="hps">
     <w:name w:val="hps"/>
     <w:rsid w:val="00015ACA"/>
     <w:rPr>
       <w:rFonts w:cs="Times New Roman"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="NoSpacingChar">
     <w:name w:val="No Spacing Char"/>
-    <w:link w:val="NoSpacing"/>
+    <w:link w:val="1"/>
     <w:locked/>
     <w:rsid w:val="00015ACA"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="3">
     <w:name w:val="заголовок 3"/>
     <w:basedOn w:val="a"/>
     <w:next w:val="a"/>
     <w:rsid w:val="00FA081B"/>
     <w:pPr>
       <w:keepNext/>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:before="40"/>
       <w:ind w:firstLine="87"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
@@ -12668,65 +12268,64 @@
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1268854256">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
-  <w:targetScreenSz w:val="800x600"/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
-<file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rIdWmImg1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/wm.png"/></Relationships>
+<file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rIdWmImg2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/wm.png"/></Relationships>
 
 </file>
 
-<file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rIdWmImg2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/wm.png"/></Relationships>
+<file path=word/_rels/footer2.xml.rels><?xml version="1.0" encoding="UTF-8"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rIdWmImg1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/wm.png"/></Relationships>
 
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
@@ -13001,70 +12600,70 @@
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{65B39B2A-4D79-4E14-919C-77240B38A1AE}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>7</Pages>
-[...1 lines deleted...]
-  <Characters>5875</Characters>
+  <Pages>10</Pages>
+  <Words>943</Words>
+  <Characters>5686</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>48</Lines>
+  <Lines>47</Lines>
   <Paragraphs>13</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>BelGISS</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>6892</CharactersWithSpaces>
+  <CharactersWithSpaces>6616</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Administrator</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>